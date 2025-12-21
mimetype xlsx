--- v0 (2025-10-06)
+++ v1 (2025-12-21)
@@ -1,152 +1,248 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2003 09:43:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
+  </si>
+  <si>
+    <t>01/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2003 09:43:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
+    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
   </si>
   <si>
     <t>c_451135</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juillet 2015</t>
+  </si>
+  <si>
+    <t>15/07/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046188/fr/commission-de-la-transparence-reunion-du-22-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2046188</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 juin 2014</t>
+  </si>
+  <si>
+    <t>06/06/2014 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1745376/fr/commission-de-la-transparence-reunion-du-11-juin-2014</t>
+  </si>
+  <si>
+    <t>c_1745376</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0186/DC/SEM du 17 juillet 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce des spécialités REZUROCK (bélumosudil)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité REZUROCK (bélumosudil) dans l'indication « Traitement des patients âgés de 12 ans et plus atteints d’une maladie du greffon contre l’hôte chronique (GvHD chronique) après l’échec d’au moins deux lignes antérieures de traitement systémique ».</t>
+  </si>
+  <si>
+    <t>17/07/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638324/fr/decision-n2025-0186/dc/sem-du-17-juillet-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-des-specialites-rezurock-belumosudil</t>
+  </si>
+  <si>
+    <t>p_3638324</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>NIPENT (pentostatine)</t>
+  </si>
+  <si>
+    <t>29/07/2014 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984735/fr/nipent-pentostatine</t>
+  </si>
+  <si>
+    <t>pprd_2984735</t>
+  </si>
+  <si>
+    <t>pentostatine</t>
+  </si>
+  <si>
+    <t>HOSPIRA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753526/fr/nipent-pentostatine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +267,288 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>34</v>
+      </c>
+      <c r="J1" t="s">
+        <v>35</v>
+      </c>
+      <c r="K1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>40</v>
+      </c>
+      <c r="H2" t="s">
+        <v>41</v>
+      </c>
+      <c r="I2" t="s">
+        <v>42</v>
+      </c>
+      <c r="J2" t="s">
+        <v>43</v>
+      </c>
+      <c r="K2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>