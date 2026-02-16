--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,1901 +1,11302 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Études et Rapports" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation en santé " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Communiqué de presse" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId13" sheetId="11"/>
+    <sheet name="Export Medicament" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="330" uniqueCount="217">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2173" uniqueCount="1336">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>BIOLOGICGLASS GRANULES</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>24/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2023 17:36:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471123/fr/biologicglass-granules</t>
+  </si>
+  <si>
+    <t>p_3471123</t>
+  </si>
+  <si>
+    <t>Substitut osseux synthétique</t>
+  </si>
+  <si>
+    <t>NORAKER</t>
+  </si>
+  <si>
+    <t>SMARTDRIVE MX2+</t>
+  </si>
+  <si>
+    <t>12/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2019 15:21:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906431/fr/smartdrive-mx2</t>
+  </si>
+  <si>
+    <t>c_2906431</t>
+  </si>
+  <si>
+    <t>Dispositif de propulsion électrique et d’assistance électrique à la propulsion pour fauteuil roulant manuel</t>
+  </si>
+  <si>
+    <t>SAS PERMOBIL FRANCE</t>
+  </si>
+  <si>
+    <t>GLASSBONE</t>
+  </si>
+  <si>
+    <t>29/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 12:31:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854461/fr/glassbone</t>
+  </si>
+  <si>
+    <t>c_2854461</t>
+  </si>
+  <si>
+    <t>substitut osseux synthétique</t>
+  </si>
+  <si>
+    <t>NANOSTIM</t>
+  </si>
+  <si>
+    <t>08/06/2018 16:37:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854897/fr/nanostim</t>
+  </si>
+  <si>
+    <t>c_2854897</t>
+  </si>
+  <si>
+    <t>substitut osseux synthétique injectable</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>PARVUM (sans ciment)</t>
+  </si>
+  <si>
+    <t>20/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/04/2018 09:22:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842305/fr/parvum-sans-ciment</t>
+  </si>
+  <si>
+    <t>c_2842305</t>
+  </si>
+  <si>
+    <t>tige fémorale à col modulaire</t>
+  </si>
+  <si>
+    <t>CERAM CONCEPT FRANCE</t>
+  </si>
+  <si>
+    <t>OSTIBONE</t>
+  </si>
+  <si>
+    <t>Substitut osseux synthétique injectable</t>
+  </si>
+  <si>
+    <t>12/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2017 16:00:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796174/fr/ostibone</t>
+  </si>
+  <si>
+    <t>c_2796174</t>
+  </si>
+  <si>
+    <t>FH ORTHOPEDICS SAS</t>
+  </si>
+  <si>
+    <t>VLIFT</t>
+  </si>
+  <si>
+    <t>Implant de reconstruction corporéale</t>
+  </si>
+  <si>
+    <t>24/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2017 14:52:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742292/fr/vlift</t>
+  </si>
+  <si>
+    <t>c_2742292</t>
+  </si>
+  <si>
+    <t>STRYKER France SAS</t>
+  </si>
+  <si>
+    <t>MATRI BONE- 03 mai 2011 (3397) avis</t>
+  </si>
+  <si>
+    <t>Substitut osseux CHIRURGIE – Nouveau dispositif Avis défavorable au remboursement pour le comblement de lésions osseuses d’origine chirurgicale, traumatique ou pathologique</t>
+  </si>
+  <si>
+    <t>03/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2011 13:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028382/fr/matri-bone-03-mai-2011-3397-avis</t>
+  </si>
+  <si>
+    <t>c_1028382</t>
+  </si>
+  <si>
+    <t>BIOM’UP SAS (France)</t>
+  </si>
+  <si>
+    <t>TUTOBONE</t>
+  </si>
+  <si>
+    <t>Substitut de l'os d'origine animale</t>
+  </si>
+  <si>
+    <t>05/05/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035141/fr/tutobone</t>
+  </si>
+  <si>
+    <t>c_2035141</t>
+  </si>
+  <si>
+    <t>TUTOGEN Médical France</t>
+  </si>
+  <si>
+    <t>CEMENTEK</t>
+  </si>
+  <si>
+    <t>Substitut synthétique de l'os</t>
+  </si>
+  <si>
+    <t>24/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2015 18:09:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024383/fr/cementek</t>
+  </si>
+  <si>
+    <t>c_2024383</t>
+  </si>
+  <si>
+    <t>TEKNIMED S.A.S</t>
+  </si>
+  <si>
+    <t>NEWCUP</t>
+  </si>
+  <si>
+    <t>Prothèse de hanche (élément) : cotyle</t>
+  </si>
+  <si>
+    <t>04/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2014 09:55:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776513/fr/newcup</t>
+  </si>
+  <si>
+    <t>c_1776513</t>
+  </si>
+  <si>
+    <t>MEDICAL MANUFACTURING</t>
+  </si>
+  <si>
+    <t>KetoCal</t>
+  </si>
+  <si>
+    <t>ADDFMS pour nutrition orale ou entérale</t>
+  </si>
+  <si>
+    <t>07/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2014 18:57:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768798/fr/ketocal</t>
+  </si>
+  <si>
+    <t>c_1768798</t>
+  </si>
+  <si>
+    <t>NUTRICIA NUTRITION CLINIQUE</t>
+  </si>
+  <si>
+    <t>CALCIBON</t>
+  </si>
+  <si>
+    <t>22/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2013 17:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1680962/fr/calcibon</t>
+  </si>
+  <si>
+    <t>c_1680962</t>
+  </si>
+  <si>
+    <t>BIOMET SAS</t>
+  </si>
+  <si>
+    <t>NANOSTIM , substitut osseux synthétique injectable</t>
+  </si>
+  <si>
+    <t>11/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2013 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603293/fr/nanostim-substitut-osseux-synthetique-injectable</t>
+  </si>
+  <si>
+    <t>c_1603293</t>
+  </si>
+  <si>
+    <t>aap Biomatérials GmbH</t>
+  </si>
+  <si>
+    <t>Substituts osseux</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2013 18:24:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600261/fr/substituts-osseux</t>
+  </si>
+  <si>
+    <t>c_1600261</t>
+  </si>
+  <si>
+    <t>Ministère</t>
+  </si>
+  <si>
+    <t>CEMENTEK, substitut osseux phosphocalcique</t>
+  </si>
+  <si>
+    <t>Substitut osseux phosphocalcique malléable</t>
+  </si>
+  <si>
+    <t>26/02/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>06/03/2013 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364163/fr/cementek-substitut-osseux-phosphocalcique</t>
+  </si>
+  <si>
+    <t>c_1364163</t>
+  </si>
+  <si>
+    <t>STAR - 22 mars 2011 (3354) avis</t>
+  </si>
+  <si>
+    <t>Prothèse totale de cheville</t>
+  </si>
+  <si>
+    <t>22/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2011 17:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1033034/fr/star-22-mars-2011-3354-avis</t>
+  </si>
+  <si>
+    <t>c_1033034</t>
+  </si>
+  <si>
+    <t>SMALL BONE INNOVATION S.A.S (France)</t>
+  </si>
+  <si>
+    <t>CHRONOS INJECT- CNEDiMTS du 04 mai 2010 (2483) avis</t>
+  </si>
+  <si>
+    <t>Substitut synthétique de l’os Orthopédie -Traumatologie – Nouveau dispositif Pas de progrès par rapport à CALCIBON pour compenser une perte de substance osseuse.</t>
+  </si>
+  <si>
+    <t>04/05/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2010 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953867/fr/chronos-inject-cnedimts-du-04-mai-2010-2483-avis</t>
+  </si>
+  <si>
+    <t>c_953867</t>
+  </si>
+  <si>
+    <t>Synthes SAS France</t>
+  </si>
+  <si>
+    <t>CAPHOSOL - CNEDiMTS du 06 avril 2010 (2378)</t>
+  </si>
+  <si>
+    <t>Solution électrolytique pour bain de bouche Oncologie – Nouveau dispositif Avis défavorable au remboursement dans la prévention et le traitement de la mucite secondaire à une radiothérapie ou à une chimiothérapie à haute dose</t>
+  </si>
+  <si>
+    <t>06/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2010 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939357/fr/caphosol-cnedimts-du-06-avril-2010-2378</t>
+  </si>
+  <si>
+    <t>c_939357</t>
+  </si>
+  <si>
+    <t>EUSA PHARMA SAS</t>
+  </si>
+  <si>
+    <t>NORIAN</t>
+  </si>
+  <si>
+    <t>Substitut synthétique de l’os</t>
+  </si>
+  <si>
+    <t>13/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2008 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632821/fr/norian</t>
+  </si>
+  <si>
+    <t>c_632821</t>
+  </si>
+  <si>
+    <t>SYNTHES SAS (France)</t>
+  </si>
+  <si>
+    <t>Avis Prothèses de hanche</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592051/fr/avis-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_592051</t>
+  </si>
+  <si>
+    <t>Ministre</t>
+  </si>
+  <si>
+    <t>CHARITE</t>
+  </si>
+  <si>
+    <t>Prothèse totale du disque lombaire</t>
+  </si>
+  <si>
+    <t>18/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2007 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522753/fr/charite</t>
+  </si>
+  <si>
+    <t>c_522753</t>
+  </si>
+  <si>
+    <t>DE PUY France</t>
+  </si>
+  <si>
+    <t>PRODISC L</t>
+  </si>
+  <si>
+    <t>18/04/2007 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522826/fr/prodisc-l</t>
+  </si>
+  <si>
+    <t>c_522826</t>
+  </si>
+  <si>
+    <t>SYNTHES SA (France)</t>
+  </si>
+  <si>
+    <t>BIATAIN AG</t>
+  </si>
+  <si>
+    <t>11/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2006 18:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451399/fr/biatain-ag</t>
+  </si>
+  <si>
+    <t>c_451399</t>
+  </si>
+  <si>
+    <t>Laboratoires Coloplast</t>
+  </si>
+  <si>
+    <t>HEALOS</t>
+  </si>
+  <si>
+    <t>Substitut osseux</t>
+  </si>
+  <si>
+    <t>22/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398339/fr/healos</t>
+  </si>
+  <si>
+    <t>c_398339</t>
+  </si>
+  <si>
+    <t>ORQUEST Inc (USA)</t>
+  </si>
+  <si>
+    <t>ALASKA</t>
+  </si>
+  <si>
+    <t>Substitut osseux d'origine synthétique</t>
+  </si>
+  <si>
+    <t>28/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398370/fr/alaska</t>
+  </si>
+  <si>
+    <t>c_398370</t>
+  </si>
+  <si>
+    <t>COATING INDUSTRIES</t>
+  </si>
+  <si>
+    <t>SUBSTITUTS SYNTHETIQUES DE L'OS</t>
+  </si>
+  <si>
+    <t>Ligne générique</t>
+  </si>
+  <si>
+    <t>26/03/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398472/fr/substituts-synthetiques-de-l-os</t>
+  </si>
+  <si>
+    <t>c_398472</t>
+  </si>
+  <si>
+    <t>Direction Générale de la Santé / Direction de la Sécurité Sociale</t>
+  </si>
+  <si>
+    <t>Ciment phosphocalcique</t>
+  </si>
+  <si>
+    <t>20/10/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398580/fr/cementek</t>
+  </si>
+  <si>
+    <t>c_398580</t>
+  </si>
+  <si>
+    <t>TEKNIMED S.A. (France)</t>
+  </si>
+  <si>
+    <t>CONDUIT R</t>
+  </si>
+  <si>
+    <t>Céramique phosphocalcique pour comblement osseux</t>
+  </si>
+  <si>
+    <t>15/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398581/fr/conduit-r</t>
+  </si>
+  <si>
+    <t>c_398581</t>
+  </si>
+  <si>
+    <t>DePuy France SAS (France)</t>
+  </si>
+  <si>
+    <t>STAR</t>
+  </si>
+  <si>
+    <t>15/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398686/fr/star</t>
+  </si>
+  <si>
+    <t>c_398686</t>
+  </si>
+  <si>
+    <t>LINK SARL (France)</t>
+  </si>
+  <si>
+    <t>CYSTISTAT 40mg/50ml</t>
+  </si>
+  <si>
+    <t>05/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398770/fr/cystistat-40mg/50ml</t>
+  </si>
+  <si>
+    <t>c_398770</t>
+  </si>
+  <si>
+    <t>BIONICHE</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladies des exostoses multiples</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de MEM. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806315/fr/maladies-des-exostoses-multiples</t>
+  </si>
+  <si>
+    <t>p_3806315</t>
+  </si>
+  <si>
+    <t>Hypoparathyroïdie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
+  </si>
+  <si>
+    <t>c_2789355</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Rachitismes rares vitamine D-dépendants</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de rachitisme génétique vitamine D-dépandant. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme de calcium et phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542916/fr/rachitismes-rares-vitamine-d-dependants</t>
+  </si>
+  <si>
+    <t>p_3542916</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Hypercalcémie infantile idiopathique (HII)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HII. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 17:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522489/fr/hypercalcemie-infantile-idiopathique-hii</t>
+  </si>
+  <si>
+    <t>p_3522489</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Hyperoxalurie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hyperoxalurie. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403890/fr/hyperoxalurie</t>
+  </si>
+  <si>
+    <t>p_3403890</t>
+  </si>
+  <si>
+    <t>iPPSD, les pathologies de l’inactivation de la signalisation PTH/PTHrP (anciennement pseudohypoparathyroïdies et maladies associées)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’iPPSD. Il a été élaboré par le Centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3404043/fr/ippsd-les-pathologies-de-l-inactivation-de-la-signalisation-pth/pthrp-anciennement-pseudohypoparathyroidies-et-maladies-associees</t>
+  </si>
+  <si>
+    <t>p_3404043</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390276/fr/paralysie-supranucleaire-progressive-et-syndrome-corticobasal</t>
+  </si>
+  <si>
+    <t>p_3390276</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Chondrodysplasies ponctuées : déficit de la biosynthèse du cholestérol et déficit en arylsulfatase E.</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de chondrodypalsie ponctuée par déficit de la biosynthèse du cholestérol et par déficit en arylsulfatase E. Il a été élaboré par le Centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392237/fr/chondrodysplasies-ponctuees-deficit-de-la-biosynthese-du-cholesterol-et-deficit-en-arylsulfatase-e</t>
+  </si>
+  <si>
+    <t>p_3392237</t>
+  </si>
+  <si>
+    <t>Papillomatose respiratoire récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392262/fr/papillomatose-respiratoire-recurrente</t>
+  </si>
+  <si>
+    <t>p_3392262</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Dysplasie et syndrome de McCune-Albright</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dysplasie fibreuse (DF), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de référence Dysplasie fibreuse et syndrome de McCune-Albright à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351116/fr/dysplasie-et-syndrome-de-mccune-albright</t>
+  </si>
+  <si>
+    <t>p_3351116</t>
+  </si>
+  <si>
+    <t>MPI-CDG Défaut de glycosylation des glycoprotéines par déficit en phosphomannose isomérase</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie admise en ALD au titre de l’ALD 17 : le déficit en phosphomannose isomérase (PMI), ou MPI-CDG, lié à des mutations dans le gène MPI. Il a été élaboré par la Filières de Santé Maladies Rares G2M et Filfoie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362759/fr/mpi-cdg-defaut-de-glycosylation-des-glycoproteines-par-deficit-en-phosphomannose-isomerase</t>
+  </si>
+  <si>
+    <t>p_3362759</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+  </si>
+  <si>
+    <t>p_3353115</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Fentes labiales et/ou palatines</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec une fente labiale et/ou palatine (FL/P). Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301614/fr/fentes-labiales-et/ou-palatines</t>
+  </si>
+  <si>
+    <t>p_3301614</t>
+  </si>
+  <si>
+    <t>Syndrome de Bartter</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Bartter. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298125/fr/syndrome-de-bartter</t>
+  </si>
+  <si>
+    <t>p_3298125</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Naevus congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de naevus congénital (NC). Il a été élaboré par la Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/10/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293857/fr/naevus-congenital</t>
+  </si>
+  <si>
+    <t>p_3293857</t>
+  </si>
+  <si>
+    <t>Amélogenèses imparfaites</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
+  </si>
+  <si>
+    <t>p_3284538</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Hypophosphatasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’hypophosphatasie (HPP). Il a été élaboré par le centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280131/fr/hypophosphatasie</t>
+  </si>
+  <si>
+    <t>p_3280131</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Fragilités osseuses secondaires de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3112119</t>
+  </si>
+  <si>
+    <t>Microdélétion 2q37</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de microdélétion 2q37. Il a été élaboré par le Centre de Référence "Anomalies du Développement et Syndromes Malformatifs" à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/08/2019 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097438/fr/microdeletion-2q37</t>
+  </si>
+  <si>
+    <t>p_3097438</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Rectocolite hémorragique</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2019 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671091/fr/ald-n-24-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>c_671091</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type V, Maladie de Mc Ardle</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de la maladie de McArdle. Il a été élaboré par le Centre de Référence des maladies neuromusculaires et de la SLA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/06/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076463/fr/glycogenose-de-type-v-maladie-de-mc-ardle</t>
+  </si>
+  <si>
+    <t>p_3076463</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Maladie de Crohn</t>
+  </si>
+  <si>
+    <t>11/06/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671094/fr/ald-n-24-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>c_671094</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Cystinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cystinose. Il a été élaboré par les centres de référence Néphrogones et MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867367/fr/cystinose</t>
+  </si>
+  <si>
+    <t>c_2867367</t>
+  </si>
+  <si>
+    <t>Hypophosphatémies héréditaires à FGF23 élevé  (dont hypophosphatémies liées à l’x)</t>
+  </si>
+  <si>
+    <t>14/05/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849265/fr/hypophosphatemies-hereditaires-a-fgf23-eleve-dont-hypophosphatemies-liees-a-l-x</t>
+  </si>
+  <si>
+    <t>c_2849265</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 février 2026</t>
+  </si>
+  <si>
+    <t>29/01/2026 11:51:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840663/fr/commission-de-la-transparence-reunion-du-4-fevrier-2026</t>
+  </si>
+  <si>
+    <t>p_3840663</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CTV - Réunion du 10 juin 2025</t>
+  </si>
+  <si>
+    <t>14/10/2025 11:09:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608312/fr/ctv-reunion-du-10-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3608312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 décembre 2024</t>
+  </si>
+  <si>
+    <t>04/12/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3565815/fr/commission-de-la-transparence-reunion-du-11-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3565815</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2024</t>
+  </si>
+  <si>
+    <t>15/11/2024 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556609/fr/commission-de-la-transparence-reunion-du-20-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3556609</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 avril 2024</t>
+  </si>
+  <si>
+    <t>17/04/2024 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508632/fr/commission-de-la-transparence-reunion-du-24-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3508632</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juillet 2023</t>
+  </si>
+  <si>
+    <t>06/07/2023 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451461/fr/commission-de-la-transparence-reunion-du-12-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3451461</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 avril 2023</t>
+  </si>
+  <si>
+    <t>25/04/2023 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3428526/fr/commission-de-la-transparence-reunion-du-26-avril-2023</t>
+  </si>
+  <si>
+    <t>p_3428526</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mars 2023</t>
+  </si>
+  <si>
+    <t>09/03/2023 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419579/fr/commission-de-la-transparence-reunion-du-15-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3419579</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 Janvier 2023</t>
+  </si>
+  <si>
+    <t>12/01/2023 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3404300/fr/commission-de-la-transparence-reunion-du-18-janvier-2023</t>
+  </si>
+  <si>
+    <t>p_3404300</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 Octobre 2022</t>
+  </si>
+  <si>
+    <t>14/10/2022 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377685/fr/commission-de-la-transparence-reunion-du-19-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3377685</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 16 février 2022</t>
+  </si>
+  <si>
+    <t>08/02/2022 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315369/fr/commission-de-la-transparence-reunion-du-16-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3315369</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 2 juin 2021</t>
+  </si>
+  <si>
+    <t>26/05/2021 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3268363/fr/commission-de-la-transparence-reunion-a-distance-du-2-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3268363</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 19 mai 2021</t>
+  </si>
+  <si>
+    <t>11/05/2021 13:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266397/fr/commission-de-la-transparence-reunion-a-distance-du-19-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3266397</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 17 février 2021</t>
+  </si>
+  <si>
+    <t>10/02/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236885/fr/commission-de-la-transparence-reunion-a-distance-du-17-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3236885</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 20 janvier 2021</t>
+  </si>
+  <si>
+    <t>14/01/2021 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3231150/fr/commission-de-la-transparence-reunion-a-distance-du-20-janvier-2021</t>
+  </si>
+  <si>
+    <t>p_3231150</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 18 novembre 2020</t>
+  </si>
+  <si>
+    <t>16/11/2020 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217678/fr/commission-de-la-transparence-reunion-a-distance-du-18-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3217678</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 21 octobre 2020</t>
+  </si>
+  <si>
+    <t>14/10/2020 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212898/fr/commission-de-la-transparence-reunion-a-distance-du-21-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3212898</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 septembre 2020</t>
+  </si>
+  <si>
+    <t>02/09/2020 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199995/fr/commission-de-la-transparence-reunion-a-distance-du-9-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199995</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 novembre 2018</t>
+  </si>
+  <si>
+    <t>14/11/2018 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884230/fr/commission-de-la-transparence-reunion-du-21-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2884230</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 mai 2018</t>
+  </si>
+  <si>
+    <t>23/05/2018 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2850532/fr/commission-de-la-transparence-reunion-du-30-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2850532</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 mars 2018</t>
+  </si>
+  <si>
+    <t>16/03/2018 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834836/fr/college-deliberatif-du-21-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2834836</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 janvier 2018</t>
+  </si>
+  <si>
+    <t>02/01/2018 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2817776/fr/commission-de-la-transparence-reunion-du-10-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2817776</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 avril 2017</t>
+  </si>
+  <si>
+    <t>29/03/2017 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754091/fr/commission-de-la-transparence-reunion-du-5-avril-2017</t>
+  </si>
+  <si>
+    <t>c_2754091</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 mai 2016</t>
+  </si>
+  <si>
+    <t>20/05/2016 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632843/fr/commission-de-la-transparence-reunion-du-25-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2632843</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 10 février 2016</t>
+  </si>
+  <si>
+    <t>05/02/2016 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2606962/fr/college-deliberatif-du-10-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2606962</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 12 Janvier 2016</t>
+  </si>
+  <si>
+    <t>08/01/2016 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586808/fr/cnedimts-reunion-du-12-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2586808</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 janvier 2015</t>
+  </si>
+  <si>
+    <t>20/01/2015 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006292/fr/commission-de-la-transparence-reunion-du-21-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2006292</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 avril 2014</t>
+  </si>
+  <si>
+    <t>01/04/2014 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730710/fr/commission-de-la-transparence-reunion-du-2-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1730710</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 novembre 2013</t>
+  </si>
+  <si>
+    <t>09/12/2013 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671979/fr/commission-de-la-transparence-reunion-du-6-novembre-2013</t>
+  </si>
+  <si>
+    <t>c_1671979</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2013</t>
+  </si>
+  <si>
+    <t>06/02/2013 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1357267/fr/commission-de-la-transparence-reunion-du-6-fevrier-2013</t>
+  </si>
+  <si>
+    <t>c_1357267</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité FOSRENOL par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>19/10/2011 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104210/fr/commission-de-la-transparence-reunion-du-19-octobre-2011</t>
+  </si>
+  <si>
+    <t>c_1104210</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2011</t>
+  </si>
+  <si>
+    <t>05/10/2011 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1101373/fr/commission-de-la-transparence-reunion-du-5-octobre-2011</t>
+  </si>
+  <si>
+    <t>c_1101373</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 mai 2010</t>
+  </si>
+  <si>
+    <t>19/05/2010 09:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_952509/fr/commission-de-la-transparence-reunion-du-19-mai-2010</t>
+  </si>
+  <si>
+    <t>c_952509</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 31 mars 2010</t>
+  </si>
+  <si>
+    <t>31/03/2010 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938329/fr/commission-de-la-transparence-reunion-du-31-mars-2010</t>
+  </si>
+  <si>
+    <t>c_938329</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 octobre 2009</t>
+  </si>
+  <si>
+    <t>07/10/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_858388/fr/commission-de-la-transparence-reunion-du-7-octobre-2009</t>
+  </si>
+  <si>
+    <t>c_858388</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Aspects immunologiques et virologiques de l’infection par le SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Lorsqu’un ou des vaccins contre le SARS-CoV-2 auront obtenu une autorisation de mise sur le marché, la HAS devra rendre un avis sur ces vaccins, dans les meilleurs délais, au vu des données déposées par les industriels et devra adopter une stratégie vaccinale, afin de poser les jalons de la campagne de vaccination qui sera organisée en France. Afin d’anticiper l’évaluation des différents vaccins, en particulier l’analyse des résultats des essais cliniques, une synthèse des connaissances a été conduite sur différents aspects de la réponse immunitaire au cours de l’infection par SARS-CoV-2 (variabilité génétique du virus, réponses immunitaires, plateformes vaccinales, modèles animaux, etc.). Ce document sera actualisé en fonction de l’état d’avancement des connaissances sur le SARS-Cov2.</t>
+  </si>
+  <si>
+    <t>01/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2020 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3221567</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients hémodialysés chroniques (DIA)</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2017 des indicateurs sur la prise en charge des patients hémodialysés chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2017 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2677037/fr/prise-en-charge-des-patients-hemodialyses-chroniques-dia</t>
+  </si>
+  <si>
+    <t>c_2677037</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale - Avis</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour l’avis concernant l’évaluation de la pertinence d’intégrer FLUCELVAX dans la stratégie vaccinale antigrippale chez l’enfant à partir de 6 mois, suite à l’extension de son indication.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2025 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3804134/fr/flucelvax-integration-de-l-extension-d-indication-chez-l-enfant-a-partir-de-6-mois-dans-la-strategie-antigrippale-avis</t>
+  </si>
+  <si>
+    <t>p_3804134</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
+  </si>
+  <si>
+    <t>07/07/2025 18:09:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3634637</t>
+  </si>
+  <si>
+    <t>Élargissement des critères d'éligibilité à la vaccination antipneumococcique chez les adultes - Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour la recommandation pour la vaccination contre les infections à pneumocoques chez les adultes séniors, tous niveaux de risque inclus.</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586414/fr/elargissement-des-criteres-d-eligibilite-a-la-vaccination-antipneumococcique-chez-les-adultes-recommandation-vaccinale</t>
+  </si>
+  <si>
+    <t>p_3586414</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations pour les étudiants et professionnels des secteurs sanitaire, médicosocial et en contacts étroits avec de jeunes enfants</t>
+  </si>
+  <si>
+    <t>La HAS préconise de faire évoluer le cadre juridique actuel afin que l’obligation vaccinale des professionnels soit fondée sur des critères liés à la catégorie professionnelle (en fonction du risque d’exposition professionnel et/ou de la personne prise en charge) et aux actes à risque susceptibles d’être réalisés, plutôt que sur une liste d’établissements ou organismes dans lesquels ils exercent. La HAS recommande fortement la vaccination contre la Covid-19, la diphtérie, le tétanos et la poliomyélite (sauf pour Mayotte où elle recommande un maintien de l’obligation pour le vaccin DTP) et maintient une obligation d’immunisation contre l’hépatite B et son élargissement aux professionnels libéraux.</t>
+  </si>
+  <si>
+    <t>29/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2023 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424586/fr/actualisation-des-recommandations-et-obligations-pour-les-etudiants-et-professionnels-des-secteurs-sanitaire-medicosocial-et-en-contacts-etroits-avec-de-jeunes-enfants</t>
+  </si>
+  <si>
+    <t>p_3424586</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections à pneumocoque - Place du vaccin VAXNEUVANCE chez l’enfant de 6 semaines à 18 ans</t>
+  </si>
+  <si>
+    <t>Le vaccin Vaxneuvance est un vaccin pneumococcique conjugué dirigé contre 15 sérotypes pneumococciques. Il a reçu une extension d’AMM a été obtenue le 21 octobre 2022 chez les nourrissons, les enfants et les adolescents âgés de 6 semaines à moins de 18 ans. L’objectif de ce rapport est d’évaluer l’ensemble des données disponibles afin de préciser sa place dans la stratégie de vaccination contre les infections à pneumocoques dans cette population (méthode AVIVAC). Au terme de son évaluation, la HAS considère que le vaccin Vaxneuvance peut être intégré en alternative au vaccin VPC13 dans la stratégie vaccinale française pour la prévention des infections invasives, des pneumonies et des otites moyennes aiguës à pneumocoque chez les nourrissons, les enfants et les adolescents de 6 semaines à moins de 18 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/08/2023 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457417/fr/strategie-de-vaccination-contre-les-infections-a-pneumocoque-place-du-vaccin-vaxneuvance-chez-l-enfant-de-6-semaines-a-18-ans</t>
+  </si>
+  <si>
+    <t>p_3457417</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections à pneumocoque - Place du vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) chez l’adulte</t>
+  </si>
+  <si>
+    <t>Le vaccin VPC 20 est un vaccin pneumococcique conjugué dirigé contre 20 sérotypes pneumococciques. Il a reçu une AMM européenne le 14 février 2022 chez les personnes âgées de 18 ans et plus. L’objectif de ce rapport est d’évaluer l’ensemble des données disponibles sur ce nouveau vaccin afin de préciser sa place dans la stratégie de vaccination contre les infections à pneumocoque dans cette population (méthode AVIVAC). Au terme de son évaluation, la HAS considère que le vaccin VPC 20 peut être intégré dans la stratégie vaccinale française pour la prévention des maladies invasives et des pneumonies à pneumocoque chez les personnes à risque âgées de 18 ans et plus. La HAS estime que les bénéfices supplémentaires conférés par l’ajout de sept sérotypes ainsi qu’une simplification du schéma vaccinal justifie l’utilisation préférentielle du vaccin VPC 20 seul en remplacement du schéma VPC 13 – VPP 23 actuellement en vigueur. La HAS ne recommande donc plus l’utilisation des vaccins VPC 13 et VPP 23 chez l’adulte.</t>
+  </si>
+  <si>
+    <t>04/08/2023 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457419/fr/strategie-de-vaccination-contre-les-infections-a-pneumocoque-place-du-vaccin-pneumococcique-polyosidique-conjugue-20-valent-adsorbe-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3457419</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations vaccinales des professionnels</t>
+  </si>
+  <si>
+    <t>La HAS préconise qu’une obligation d’immunisation contre la rougeole soit mise en place pour les étudiants et professionnels pour lesquels cette vaccination est actuellement recommandée. En l’absence de disponibilité d’un vaccin rougeole non combiné, la HAS préconise ainsi que l’administration de deux doses de vaccin trivalent ROR soit rendue obligatoire en milieu professionnel pour les personnes non vaccinées et sans antécédent documenté de rougeole. La HAS préconise également de maintenir les recommandations de vaccination contre la coqueluche, la grippe, l’hépatite A, et la varicelle.</t>
+  </si>
+  <si>
+    <t>31/07/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456351/fr/actualisation-des-recommandations-et-obligations-vaccinales-des-professionnels</t>
+  </si>
+  <si>
+    <t>p_3456351</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à rotavirus - Révision de la stratégie vaccinale et détermination de la place des vaccins Rotarix et RotaTeq</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre les rotavirus chez tous les nourrissons âgés de 6 semaines à 6 mois, selon un schéma vaccinal à deux doses (à 2 et 3 mois de vie) pour le vaccin monovalent (Rotarix) et à trois doses (à 2, 3 et 4 mois de vie) pour le vaccin pentavalent (RotaTeq). Le strict respect de ce calendrier vaccinal est primordial afin d’assurer la complétude du schéma vaccinal avant l’âge limite (6 mois pour Rotarix et 8 mois pour RotaTeq).</t>
+  </si>
+  <si>
+    <t>23/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2022 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321070/fr/recommandation-vaccinale-contre-les-infections-a-rotavirus-revision-de-la-strategie-vaccinale-et-determination-de-la-place-des-vaccins-rotarix-et-rotateq</t>
+  </si>
+  <si>
+    <t>p_3321070</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination pour la prévention des infections invasives à méningocoques : Le sérogroupe B et la place de TRUMENBA®</t>
+  </si>
+  <si>
+    <t>La HAS précise la place du vaccin TRUMENBA® chez les personnes de 10 ans et plus dans la stratégie actuelle de prévention des infections invasives à méningocoques (IIM) B en France. En France, les infections invasives à méningocoques du sérogroupe B (IIM B) sont majoritaires. Elles affectent plus particulièrement les nourrissons et les jeunes enfants chez lesquels elles représentent plus de 70 % des IIM.</t>
+  </si>
+  <si>
+    <t>03/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2021 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066917/fr/strategie-de-vaccination-pour-la-prevention-des-infections-invasives-a-meningocoques-le-serogroupe-b-et-la-place-de-trumenba</t>
+  </si>
+  <si>
+    <t>p_3066917</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Outils de sécurisation et d'auto-évaluation de l'administration des médicaments</t>
+  </si>
+  <si>
+    <t>Le guide a pour objectifs l’élaboration de préconisations spécifiques pour l’administration des médicaments et la mise à disposition pour les professionnels d’outils d’auto-évaluation et de sécurisation. Ces outils régulièrement utilisés à l’étranger sont adaptés au contexte français</t>
+  </si>
+  <si>
+    <t>17/03/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_946211/fr/outils-de-securisation-et-d-auto-evaluation-de-l-administration-des-medicaments</t>
+  </si>
+  <si>
+    <t>c_946211</t>
+  </si>
+  <si>
+    <t>Sondage urinaire</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447551/fr/sondage-urinaire</t>
+  </si>
+  <si>
+    <t>c_447551</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire – Actualisation des recommandations de santé publique - note de cadrage</t>
+  </si>
+  <si>
+    <t>La note de cadrage décrit le périmètre et la méthodologie du projet d’actualisation par la HAS de la recommandation de 2010 sur la prévention de la carie dentaire. Ce travail, inscrit dans le cadre du programme « Génération sans caries », vise à renforcer et actualiser les stratégies de prévention bucco-dentaire en France.</t>
+  </si>
+  <si>
+    <t>11/02/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737852/fr/strategies-de-prevention-de-la-carie-dentaire-actualisation-des-recommandations-de-sante-publique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3737852</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Conditions du développement de la chimiothérapie en hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2015 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1696038</t>
+  </si>
+  <si>
+    <t>Détection précoce du cancer de la prostate</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la détection précoce du cancer de la prostate à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2013 18:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623737/fr/detection-precoce-du-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>c_1623737</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire</t>
+  </si>
+  <si>
+    <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>31/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2010 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
+  </si>
+  <si>
+    <t>c_991247</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Prévention, diagnostic et prise en charge du syndrome du nez vide</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique s’intègre dans le parcours de soin des patients présentant une obstruction nasale chronique ou ayant développé un SNV après un geste turbinal. Elle s’inscrit dans le cadre d’une concertation pluridisciplinaire (associant l’ORL, le médecin généraliste et d’autres professionnels si nécessaire) et d’une décision partagée avec le patient dûment informé.</t>
+  </si>
+  <si>
+    <t>15/12/2022 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395700/fr/prevention-diagnostic-et-prise-en-charge-du-syndrome-du-nez-vide</t>
+  </si>
+  <si>
+    <t>p_3395700</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse de la douleur chez l’enfant : alternatives à la codéine</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont d’identifier les situations cliniques de douleur aiguë et prolongée problématiques depuis le retrait de la codéine chez l’enfant ainsi que de proposer des alternatives thérapeutiques dans les situations cliniques identifiées (molécules, galéniques, place des morphiniques) et leurs modalités d'utilisation</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
+  </si>
+  <si>
+    <t>c_2010340</t>
+  </si>
+  <si>
+    <t>Transfusion de plasma thérapeutique : produits, indications</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les indications cliniques du plasma thérapeutique, ainsi que les situations dans lesquelles son utilisation n’est pas recommandée.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2012 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264081/fr/transfusion-de-plasma-therapeutique-produits-indications</t>
+  </si>
+  <si>
+    <t>c_1264081</t>
+  </si>
+  <si>
+    <t>Dangerosité psychiatrique : étude et évaluation des facteurs de risque de violence hétéro-agressive chez les personnes ayant des troubles schizophréniques ou des troubles de l’humeur</t>
+  </si>
+  <si>
+    <t>A la demande du Ministère de la Santé, la HAS a organisé une audition publique sur l'évaluation de la dangerosité psychiatrique. Il s’agissait d'aborder la dimension psychiatrique de la dangerosité et de son évaluation pour aider la prise en charge des patients dans un objectif de prévention des passages à l'acte violent par une meilleure prise en compte de la clinique.</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2011 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069220/fr/dangerosite-psychiatrique-etude-et-evaluation-des-facteurs-de-risque-de-violence-hetero-agressive-chez-les-personnes-ayant-des-troubles-schizophreniques-ou-des-troubles-de-l-humeur</t>
+  </si>
+  <si>
+    <t>c_1069220</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Cryopréservation de tissus, cellules et liquides biologiques issus du soin</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont une actualisation des « Recommandations pour la cryopréservation de cellules et tissus tumoraux dans le but de réaliser des analyses moléculaires », élaborées conjointement par la Société française de pathologie, la Société française d’hématologie et la Société française de cancérologie publiées en mai 2000. Cette actualisation a été demandée à la HAS par la Société française de pathologie.</t>
+  </si>
+  <si>
+    <t>02/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923153/fr/cryopreservation-de-tissus-cellules-et-liquides-biologiques-issus-du-soin</t>
+  </si>
+  <si>
+    <t>c_923153</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Periodontal disease: diagnosis and treatment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Preventing and managing postoperative pain after oral surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Définition des conditions de réalisation des tests de détection des mutations activatrices de l’EGFR et des mutations BRAF, NRAS, et KRAS</t>
+  </si>
+  <si>
+    <t>L'évaluation de la HAS vise à préciser la population cible et les conditions de réalisation des quatre tests de détection des mutations activatrices du gène codant pour le domaine tyrosine kinase du récepteur EGFR (EGFR-TK) et des mutations des gènes BRAF, NRAS, et KRAS, en vue de permettre leur hiérarchisation et la mise en œuvre de la procédure de leur inscription sur la liste des actes et prestations.</t>
+  </si>
+  <si>
+    <t>09/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2021 09:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194755/fr/definition-des-conditions-de-realisation-des-tests-de-detection-des-mutations-activatrices-de-l-egfr-et-des-mutations-braf-nras-et-kras</t>
+  </si>
+  <si>
+    <t>p_3194755</t>
+  </si>
+  <si>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’une lésion superficielle du rectum à potentiel cancéreux jugée à faible risque d’envahissement ganglionnaire, en comparaison à la mucosectomie et aux techniques chirurgicales, afin de statuer sur la pertinence de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
+  </si>
+  <si>
+    <t>Évaluer l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel du côlon jugé à faible risque d’envahissement ganglionnaire</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...2 lines deleted...]
-    <t>A summary statement in English will be available in due course.</t>
+    <t>Évaluation des sondes de défibrillation cardiaque</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
   </si>
   <si>
     <t>01/01/2017 00:00:00</t>
   </si>
   <si>
-    <t>03/01/2017 10:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
+    <t>01/03/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
   </si>
   <si>
     <t>c_2744218</t>
   </si>
   <si>
-    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Reassessment of bone substitutes</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
+    <t>Évaluation des substituts osseux</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de proposer une mise à jour des modalités de remboursement des substituts osseux inscrits sur la LPPR.# Deux grandes catégories de substituts osseux sont distinguées par la Commission : * les substituts osseux synthétiques ne comportant aucun dérivé ou tissu d’origine biologique ou n’étant pas issu de tels dérivés ; * les substituts osseux issus de dérivés, de tissus d'origine animale non viables ou en comportant.</t>
+  </si>
+  <si>
+    <t>19/07/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/fr/evaluation-des-substituts-osseux</t>
   </si>
   <si>
     <t>c_1225008</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...2 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Clinical utility of the measurement of vitamin D</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1356838/en/clinical-utility-of-the-measurement-of-vitamin-d</t>
+    <t>Utilité clinique du dosage de la vitamine D - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de préciser les situations cliniques pour lesquelles la mesure de la concentration sérique en 25(OH)D est utile.</t>
+  </si>
+  <si>
+    <t>09/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>30/10/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356838/fr/utilite-clinique-du-dosage-de-la-vitamine-d-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1356838</t>
   </si>
   <si>
-    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+    <t>Conditions pré-analytiques de réalisation de la recherche du génome (ADN) des Papillomavirus Humains (HPV) oncogènes à partir de frottis cervico-utérins – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>L'objectif de travail qui se place dans le cadre de l'indication de recherche du génome (ADN) des HPV oncogènes, recommandée et prise en charge par l'Assurance Maladie (frottis cervico-utérin ASC-US), était : * d'identifier les facteurs pré-analytiques succeptibles d'interférer avec les résultats de la recherche du génome (ADN) et des HPV oncogènes * d'établir les conditions de réalisation de la phase pré-analytique de cette recherche</t>
+  </si>
+  <si>
+    <t>02/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2013 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264004/fr/conditions-pre-analytiques-de-realisation-de-la-recherche-du-genome-adn-des-papillomavirus-humains-hpv-oncogenes-a-partir-de-frottis-cervico-uterins-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1264004</t>
+  </si>
+  <si>
+    <t>Évaluation des vêtements compressifs sur mesure pour grands brûlés</t>
+  </si>
+  <si>
+    <t>Les vêtements compressifs sur mesure pour grands brûlés exercent localement une pression continue au cours de la cicatrisation. Ils sont destinés à éviter l’apparition de cicatrices hypertrophiques ou rétractiles, à en améliorer l’aspect ou à réduire l’intensité des signes fonctionnels liés à la phase inflammatoire, après une brûlure avec atteinte du derme (ou le cas échéant un traumatisme assimilable à cette situation).</t>
+  </si>
+  <si>
+    <t>24/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2013 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648783/fr/evaluation-des-vetements-compressifs-sur-mesure-pour-grands-brules</t>
+  </si>
+  <si>
+    <t>c_1648783</t>
+  </si>
+  <si>
+    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>12/14/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/12/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1169049</t>
   </si>
   <si>
-    <t>Studies and Reports</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984287/en/sivextro-tedizolide-phosphate-de</t>
+    <t>Évaluation des hémostatiques chirurgicaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les hémostatiques chirurgicaux, financés au travers de prestations hospitalières afin notamment de :# * Analyser les données cliniques disponibles * Définir les situations cliniques pouvant justifier l’utilisation des hémostatiques chirurgicaux * Promouvoir une utilisation rationnelle de ces produits</t>
+  </si>
+  <si>
+    <t>08/08/2011 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069650/fr/evaluation-des-hemostatiques-chirurgicaux</t>
+  </si>
+  <si>
+    <t>c_1069650</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses de hanche</t>
+  </si>
+  <si>
+    <t>L’évaluation des prothèses de hanche a été réalisée suite à l’arrêté du 25 juillet 2005. Elle a concerné les prothèses totales de hanche et les prothèses fémorales, ne remplaçant que le versant fémoral de l’articulation. L’objectif était de : définir les indications et les situations cliniques d’utilisation des différents types de prothèses existantes ; décrire les caractéristiques techniques auxquelles doivent répondre les prothèses inscrites sur la LPPR, ainsi que leurs conditions de prise en charge ; préciser les conditions de renouvellement d’inscription, en particulier les données cliniques complémentaires à fournir ; émettre des recommandations sur les études cliniques à mettre en œuvre pour améliorer l’évaluation des prothèses de hanche.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2008 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_674535/fr/evaluation-des-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_674535</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0274/DC/SEM du 21 juillet 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité CRYSVITA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce pré-AMM (autorisation de mise sur le marché) octroyée à la spécialité CRYSVITA dans l'indication « Traitement de l’hypophosphatémie liée au FGF23 chez les patients pédiatriques âgés d’un an et plus et chez les adultes atteints d’ostéomalacie oncogénique associée aux tumeurs mésenchymateuses phosphaturiques qui ne relèvent pas d’une exérèse à visée curative ou ne peuvent pas être localisées ».</t>
+  </si>
+  <si>
+    <t>21/07/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>04/08/2022 13:51:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359197/fr/decision-n2022-0274/dc/sem-du-21-juillet-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-crysvita</t>
+  </si>
+  <si>
+    <t>p_3359197</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0160/DC/SEM du 26 septembre 2018 du collège de la Haute Autorité de santé portant la recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation, dans l’indication « Traitement de la dégénérescence maculaire liée à l’âge néovasculaire », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>26/09/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>11/10/2018 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877192/fr/decision-n-2018-0160/dc/sem-du-26-septembre-2018-du-college-de-la-haute-autorite-de-sante-portant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-avastin-bevacizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2877192</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0010/AC/SEM du 21 mars 2018 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité CRYSVITA (burosumab)</t>
+  </si>
+  <si>
+    <t>L’indication de la spécialité CRYSVITA (burosumab), validée par le CHMP, qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation, correspond à « Traitement des enfants à partir d’un an et des adolescents en période de croissance présentant un rachitisme hypophosphatémique lié à l’X avec des lésions osseuses, et ayant une concentration sérique de phosphate &lt; 1,3 mmol/L, répondeurs ou tolérants aux traitements conventionnels ».## Dans cette indication, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.#</t>
+  </si>
+  <si>
+    <t>21/03/2018 10:09:00</t>
+  </si>
+  <si>
+    <t>04/05/2018 11:57:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848229/fr/avis-n-2018-0010/ac/sem-du-21-mars-2018-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-crysvita-burosumab</t>
+  </si>
+  <si>
+    <t>c_2848229</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0028/DC/SEM du 21 février 2018 du collège de la Haute Autorité de santé portant adoption d’une recommandation sur les allergènes préparés spécialement pour un seul individu (APSI)</t>
+  </si>
+  <si>
+    <t>La recommandation intitulée « Allergènes préparés spécialement pour un seul individu », ci-jointe, est adoptée. ---++++ Recommandations Considérant : * le projet de recommandation de la commission de la Transparence fondé sur l’analyse de la littérature, les données fournies par les 2 laboratoires concernés, l’audition d’experts et de parties prenantes, * l’audition des 2 laboratoires concernés, * les observations transmises à la HAS dans le cadre d’une consultation publique, le Collège estime que : * les APSI concernent des allergies qui peuvent dégrader la qualité de vie en raison des perturbations qu'elles entraînent, voire, dans le cas de l’asthme, entrainer de rares complications à prendre en charge en urgence, * les données disponibles montrent une efficacité des APSI faible et mal démontrée, * les APSI ne présentent que des effets indésirables généralement bénins mais la voie sous cutanée peut entrainer des effets indésirables graves plus fréquemment que la voie sublinguale, * la place des APSI, eu égard aux alternatives thérapeutiques (ACARIZAX, GRAZAX ou ORALAIR), devrait être en deuxième intention, après les traitements symptomatiques médicamenteux, ou en troisième intention (lorsque ces alternatives peuvent être utilisées), * malgré l’importance de la population concernée et en l’état actuel des données, les APSI ne sont pas susceptibles d’avoir un intérêt pour la santé publique. En conséquence, le Collège recommande que les modalités de prise en charge des APSI soient harmonisées sur celles de leurs alternatives thérapeutiques, à l’exception des formes injectables qui ne devraient pas relever d’une prise en charge par la solidarité nationale. Dans le cas d’une décision de modification des conditions de remboursement, au vu des possibles difficultés financières auxquelles seraient confrontés les patients en cours de traitement, les traitements pouvant être pluriannuels, le Collège recommande des modalités particulières d’application de la décision permettant d’assurer la continuité des soins engagés. Par ailleurs, le Collège prend note que, lors des auditions, les industriels concernés ont proposé de nouvelles études avec pour objectif de démontrer l’impact clinique d’un traitement par APSI. En conséquence, le Collège souhaite réévaluer ces produits dans un délai maximal de 5 ans, espérant que ces études répondront aux qualités méthodologiques actuelles qui permettront de conclure.</t>
+  </si>
+  <si>
+    <t>21/02/2018 15:37:00</t>
+  </si>
+  <si>
+    <t>27/03/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2832239/fr/decision-n-2018-0028/dc/sem-du-21-fevrier-2018-du-college-de-la-haute-autorite-de-sante-portant-adoption-d-une-recommandation-sur-les-allergenes-prepares-specialement-pour-un-seul-individu-apsi</t>
+  </si>
+  <si>
+    <t>c_2832239</t>
+  </si>
+  <si>
+    <t>Décision n°2017.0178/DC/SEM du 13 décembre 2017 du collège de la Haute Autorité de santé portant adoption d’un projet de recommandation sur les allergènes préparés spécialement pour un seul individu (APSI), en vue de sa publication pour consultation publique</t>
+  </si>
+  <si>
+    <t>Le projet de recommandation, intitulé « Allergènes préparés spécialement pour un seul individu », ci-joint, est adopté, en vue de sa publication pour consultation publique.</t>
+  </si>
+  <si>
+    <t>13/12/2017 14:15:00</t>
+  </si>
+  <si>
+    <t>14/12/2017 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2812602/fr/decision-n2017-0178/dc/sem-du-13-decembre-2017-du-college-de-la-haute-autorite-de-sante-portant-adoption-d-un-projet-de-recommandation-sur-les-allergenes-prepares-specialement-pour-un-seul-individu-apsi-en-vue-de-sa-publication-pour-consultation-publique</t>
+  </si>
+  <si>
+    <t>c_2812602</t>
+  </si>
+  <si>
+    <t>Décision n° 2016.0107/DC/SEM du 6 juillet 2016 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de TRUVADA (Emcitrabine / fumarate de ténofovir disoproxil) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de TRUVADA (Emcitrabine / fumarate de ténofovir disoproxil) dans le cadre d’une recommandation temporaire d’utilisation dans le traitement « Prophylaxie pré-exposition du VIH chez les personnes âgées de 18 ans et plus à haut risque d’acquisition du VIH par voie sexuelle en tant qu’outil additionnel d’une stratégie de prévention diversifiée. », ci-jointe, est adoptée.# Elle remplace la recommandation adoptée par la décision n°2015.0279/DC/SEM du 9 décembre 2015 du collège de la Haute Autorité de santé.</t>
+  </si>
+  <si>
+    <t>04/05/2016 10:43:00</t>
+  </si>
+  <si>
+    <t>13/07/2016 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656276/fr/decision-n-2016-0107/dc/sem-du-6-juillet-2016-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-truvada-emcitrabine-/-fumarate-de-tenofovir-disoproxil-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2656276</t>
+  </si>
+  <si>
+    <t>Décision n° 2015.0279/DC/SEM du 9 décembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de TRUVADA (Emcitrabine / fumarate de ténofovir disoproxil) dans le cadre d’une recommandation temporaire d’utilisation - RTU ABROGEE 28/02/2017</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes : l’infection par le VIH, qui est une maladie grave mettant en jeu le pronostic vital le fait que l’utilisation de ce médicament ait un intérêt thérapeutique pour la prévention de la transmission du VIH de les personnes à haut risque d’acquisition du VIH par voie sexuelle, telles que définies dans l’annexe III du protocole de la RTU. l’absence d’alternative appropriée et remboursable à ce jour chez ces personnes, le Collège de la HAS considère que la spécialité TRUVADA (emtricitabine/ténofovir disoproxil) peut faire l’objet d’une prise en charge dérogatoire dans l’indication : « Prophylaxie pré-exposition du VIH chez les personnes âgées de 18 ans et plus à haut risque d’acquisition du VIH par voie sexuelle en tant qu’outil additionnel d’une stratégie de prévention diversifiée » si le prescripteur estime qu’elle est indispensable pour la prévention de la transmission du VIH de les sujets à haut risque d’acquisition du VIH par voie sexuelle. Le Collège de la HAS rappelle que La mise à disposition de la spécialité TRUVADA dans le cadre d’une RTU dans la Prophylaxie pré-exposition du VIH chez les personnes âgées de 18 ans et plus à haut risque d’acquisition du VIH par voie sexuelle en tant qu’outil additionnel d’une stratégie de prévention diversifiée, ne dispense pas du respect des mesures élémentaires de prévention de la transmission du VIH reposant principalement sur l’utilisation du préservatif. RTU ABROGEE 28/02/2017 par l'ANSM. La fin de cette RTU fait suite à la modification de l’autorisation de mise sur le marché (AMM) de TRUVADA par la Commission Européenne en date du 18 août 2016, dans l’indication : «Prophylaxie pré-exposition (PrEP) : Truvada, associé à des pratiques sexuelles à moindre risque, est indiqué en prophylaxie pré-exposition pour réduire le risque d’infection par le VIH-1 par voie sexuelle chez les adultes à haut risque de contamination».*</t>
+  </si>
+  <si>
+    <t>09/12/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2015 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582227/fr/decision-n-2015-0279/dc/sem-du-9-decembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-truvada-emcitrabine-/-fumarate-de-tenofovir-disoproxil-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-28/02/2017</t>
+  </si>
+  <si>
+    <t>c_2582227</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0178/DC/SEM du 8 juillet 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire d'AVASTIN (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# * la dégénérescence maculaire liée à l’âge (DMLA), première de cause de malvoyance après 65 ans dans les pays occidentaux. * l’absence de spécialité remboursable de même principe actif, de même dosage et de même forme pharmaceutique ; * le fait que le bevacizumab ait un intérêt thérapeutique pour les patients atteints de dégénérescence maculaire liée à l’âge exsudative néovasculaire choroïdienne rétrofovéolaire,# le Collège de la HAS considère que la spécialité AVASTIN 25 mg/ml, solution à diluer pour perfusion peut faire l’objet d’une prise en charge dérogatoire dans le traitement de la dégénérescence maculaire liée à l’âge exsudative néovasculaire choroïdienne rétrofovéolaire dans les situations où le prescripteur juge son utilisation indispensable pour améliorer l’état de santé des patients ou éviter leur dégradation.</t>
+  </si>
+  <si>
+    <t>08/07/2015 17:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2015 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045913/fr/decision-n-2015-0178/dc/sem-du-8-juillet-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-avastin-bevacizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2045913</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>PRIMAQUINE SANOFI (primaquine phosphate)</t>
+  </si>
+  <si>
+    <t>06/10/2025 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318410/fr/primaquine-sanofi-primaquine-phosphate</t>
+  </si>
+  <si>
+    <t>p_3318410</t>
+  </si>
+  <si>
+    <t>primaquine phosphate</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318397/fr/primaquine-primaquine-phosphate-paludisme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426693/fr/primaquine-primaquine-phosphate-paludisme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519815/fr/primaquine-primaquine-phosphate-paludisme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577039/fr/primaquine-sanofi-primaquine-phosphate-paludisme</t>
+  </si>
+  <si>
+    <t>SIVEXTRO (phosphate de tédizolid)</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:38:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984287/fr/sivextro-phosphate-de-tedizolid</t>
   </si>
   <si>
     <t>pprd_2984287</t>
   </si>
   <si>
     <t>phosphate de tédizolid</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2581332/en/sivextro-tedizolid-antibiotic-of-the-oxazolidinone-class</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3607243/en/sivextro-phosphate-de-tedizolid-antibiotiques</t>
+    <t>https://www.has-sante.fr/jcms/c_2581332/fr/sivextro-tedizolide-antibiotique-de-la-classe-des-oxazolidinones</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478083/fr/sivextro-phosphate-de-tedizolid-infections-de-la-peau</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607243/fr/sivextro-phosphate-de-tedizolid-antibiotiques</t>
+  </si>
+  <si>
+    <t>CODOLIPRANE (paracétamol/codéine)</t>
+  </si>
+  <si>
+    <t>29/04/2024 11:39:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983690/fr/codoliprane-paracetamol/codeine</t>
+  </si>
+  <si>
+    <t>pprd_2983690</t>
+  </si>
+  <si>
+    <t>paracétamol,codéine (phosphate de) hémihydraté</t>
+  </si>
+  <si>
+    <t>OPELLA HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399418/fr/codoliprane-enfants-comprime-secable-boites-de-16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473962/fr/codoliprane-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172464/fr/codoliprane-adulte-enfant-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670245/fr/codoliprane-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676687/fr/codoliprane-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751845/fr/codoliprane-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3513277/fr/codoliprane-paracetamol/codeine-douleurs-aigues-chez-les-patients-ages-de-plus-de-12-ans</t>
+  </si>
+  <si>
+    <t>KLIPAL (codéine (phosphate de) hémihydraté/ paracétamol)</t>
+  </si>
+  <si>
+    <t>01/08/2023 14:08:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983938/fr/klipal-codeine-phosphate-de-hemihydrate/-paracetamol</t>
+  </si>
+  <si>
+    <t>pprd_2983938</t>
+  </si>
+  <si>
+    <t>codéine (phosphate de) hémihydraté,paracétamol</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400096/fr/klipal-codeine-phosphate-de-codeine-hemihydrate/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_883289/fr/klipal-codeine-codeine-phosphate-de-hemihydrate/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676711/fr/klipal-codeine-codeine-phosphate-de-hemihydrate/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352226/fr/klipal-codeine-phosphate-de-hemihydrate/-paracetamol-douleurs-aigues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455711/fr/klipal-paracetamol/phosphate-de-codeine-douleur-association-paracetamol/codeine</t>
+  </si>
+  <si>
+    <t>DAFALGAN CODEINE - EFFERALGAN CODEINE (codéine (phosphate de)/ paracétamol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145265/fr/dafalgan-codeine-efferalgan-codeine-codeine-phosphate-de-/-paracetamol</t>
+  </si>
+  <si>
+    <t>p_3145265</t>
+  </si>
+  <si>
+    <t>codéine (phosphate de),paracétamol</t>
+  </si>
+  <si>
+    <t>UPSA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473972/fr/dafalgan-codeine-efferalgan-codeine-codeine-phosphate-de-/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192717/fr/dafalgan-codeine-codeine-phosphate-de-/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676696/fr/dafalgan-codeine-codeine-phosphate-de-/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455693/fr/dafalgan-codeine-paracetamol/phosphate-de-codeine-douleur</t>
+  </si>
+  <si>
+    <t>SOFTACORT (phosphate sodique d'hydrocortisone)</t>
+  </si>
+  <si>
+    <t>13/04/2023 14:26:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983384/fr/softacort-phosphate-sodique-d-hydrocortisone</t>
+  </si>
+  <si>
+    <t>pprd_2983384</t>
+  </si>
+  <si>
+    <t>phosphate sodique d'hydrocortisone</t>
+  </si>
+  <si>
+    <t>THEA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827588/fr/softacort-hydrocortisone-phosphate-sodique-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427080/fr/softacort-phosphate-sodique-d-hydrocortisone-inflammation-oculaire</t>
   </si>
   <si>
     <t>JANUMET (metformine / sitagliptine)</t>
   </si>
   <si>
-    <t>09/03/2021 16:17:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984420/en/janumet-metformine-/-sitagliptine</t>
+    <t>03/09/2021 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984420/fr/janumet-metformine-/-sitagliptine</t>
   </si>
   <si>
     <t>pprd_2984420</t>
   </si>
   <si>
     <t>metformine (chlorhydrate de),sitagliptine (phosphate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_798062/en/janumet-metformine-chlorhydrate-de-/-sitagliptine-phosphate-de</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982787/en/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_798062/fr/janumet-metformine-chlorhydrate-de-/-sitagliptine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046976/fr/janumet-metformine-chlorhydrate-de-/-sitagliptine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558832/fr/janumet-metformine-chlorhydrate-de-/-sitagliptine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283461/fr/janumet-sitagliptine/metformine-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>XELEVIA (metformine/ sitagliptine)</t>
+  </si>
+  <si>
+    <t>31/08/2021 10:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982787/fr/xelevia-metformine/-sitagliptine</t>
   </si>
   <si>
     <t>pprd_2982787</t>
   </si>
   <si>
     <t>metformine,sitagliptine (phosphate de) monohydraté</t>
   </si>
   <si>
-    <t>PIERRE FABRE MEDICAMENT</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3282764/en/xelevia-sitagliptine</t>
+    <t>https://www.has-sante.fr/jcms/c_623592/fr/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818411/fr/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284610/fr/xelevia-velmetia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320625/fr/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559130/fr/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046970/fr/xelevia-50-mg-sitagliptine-inhibiteur-de-la-dpp-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964768/fr/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282764/fr/xelevia-sitagliptine-diabete-de-type-2</t>
   </si>
   <si>
     <t>CHIBRO CADRON (phosphate de dexaméthasone/ sulfate de néomycine)</t>
   </si>
   <si>
-    <t>03/18/2021 16:06:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985053/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+    <t>18/03/2021 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985053/fr/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
   </si>
   <si>
     <t>pprd_2985053</t>
   </si>
   <si>
     <t>phosphate de dexaméthasone,sulfate de néomycine</t>
   </si>
   <si>
-    <t>THEA FRANCE</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3243902/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+    <t>https://www.has-sante.fr/jcms/c_1215840/fr/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455264/fr/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243902/fr/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>PARACETAMOL CODEINE (paracétamol/ phosphate de codéine hémihydraté)</t>
+  </si>
+  <si>
+    <t>04/11/2020 16:32:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109568/fr/paracetamol-codeine-paracetamol/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>p_3109568</t>
+  </si>
+  <si>
+    <t>paracétamol,phosphate de codéine hémihydraté</t>
+  </si>
+  <si>
+    <t>ALMUS France / BIOGARAN / EG LABO-LABORATOIRES EUROGENERICS / SANDOZ / MYLAN SAS / TEVA SANTE / CRISTERS / ARROW GENERIQUES / SANDOZ SAS / GNR-Pharma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763741/fr/paracetamol-codeine-eg-paracetamol-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108927/fr/paracetamol-codeine-eg-paracetamol/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676690/fr/paracetamol-codeine-eg-paracetamol/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_727520/fr/paracetamol-codeine-sandoz-paracetamol-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108942/fr/paracetamol-codeine-sandoz-paracetamol/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743859/fr/paracetamol-codeine-sandoz-paracetamol/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923063/fr/paracetamol-codeine-mylan-paracetamol-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109935/fr/paracetamol-codeine-mylan-paracetamol/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676684/fr/paracetamol-codeine-mylan-paracetamol/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900494/fr/paracetamol-mylan-paracetamol-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_808798/fr/paracetamol-codeine-teva-paracetamol-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676699/fr/paracetamol-codeine-teva-paracetamol/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215561/fr/paracetamol/codeine-teva-codeine/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969195/fr/paracetamol/codeine-teva-codeine/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108933/fr/paracetamol-codeine-cristers-paracetamol/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676678/fr/paracetamol-codeine-cristers-paracetamol/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474541/fr/paracetamol-codeine-arrow-paracetamol-phosphate-de-codeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2805042/fr/paracetamol-codeine-arrow-paracetamol/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277934/fr/paracetamol-codeine-arrow-paracetamol/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399278/fr/paracetamol-codeine-arrow-paracetamol/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676717/fr/paracetamol-codeine-biogaran-ref-paracetamol/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1108565/fr/paracetamol-codeine-almus-paracetamol-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732620/fr/paracetamol-codeine-biogaran-paracetamol-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108979/fr/paracetamol-codeine-biogaran-paracetamol/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399509/fr/paracetamol-codeine-gnr-paracetamol-phosphate-de-codeine</t>
+  </si>
+  <si>
+    <t>ORATORIA (phosphate de dexaméthasone)</t>
+  </si>
+  <si>
+    <t>23/09/2020 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202580/fr/oratoria-phosphate-de-dexamethasone</t>
+  </si>
+  <si>
+    <t>p_3202580</t>
+  </si>
+  <si>
+    <t>phosphate de dexaméthasone</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202351/fr/oratoria-phosphate-de-dexamethasone</t>
+  </si>
+  <si>
+    <t>DEXLIQ (dexaméthasone (phosphate sodique de))</t>
+  </si>
+  <si>
+    <t>21/01/2019 08:59:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982909/fr/dexliq-dexamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>pprd_2982909</t>
+  </si>
+  <si>
+    <t>dexaméthasone (phosphate sodique de)</t>
+  </si>
+  <si>
+    <t>CTRS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2898719/fr/dexliq-dexamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>PHOCYTAN (glucose-1- phosphate disodique tétrahydraté)</t>
+  </si>
+  <si>
+    <t>11/01/2019 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982930/fr/phocytan-glucose-1-phosphate-disodique-tetrahydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982930</t>
+  </si>
+  <si>
+    <t>glucose-1- phosphate disodique tétrahydraté</t>
+  </si>
+  <si>
+    <t>AGUETTANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937962/fr/phocytan-glucose-1-phosphate-disodique-tetrahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894909/fr/phocytan-glucose-1-phosphate-disodique-tetrahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400172/fr/phocytan-solution-a-diluer-pour-perfusion-boite-de-10-ampoules-bouteilles-verre-de-20-ml-code-cip-364-286-8-boite-de-50-ampoules-bouteilles-verre-de-20-ml-code-cip-364-288-0</t>
+  </si>
+  <si>
+    <t>FLUDARABINE ACCORD (fludarabine (phosphate de))</t>
+  </si>
+  <si>
+    <t>28/08/2018 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983145/fr/fludarabine-accord-fludarabine-phosphate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983145</t>
+  </si>
+  <si>
+    <t>fludarabine (phosphate de)</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867472/fr/fludarabine-accord-fludarabine-phosphate-de</t>
+  </si>
+  <si>
+    <t>BETNESOL (bétaméthasone (phosphate sodique de))</t>
+  </si>
+  <si>
+    <t>29/05/2018 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983283/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>pprd_2983283</t>
+  </si>
+  <si>
+    <t>bétaméthasone (phosphate sodique de)</t>
+  </si>
+  <si>
+    <t>ALFASIGMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605748/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361975/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851031/fr/betnesol-betamethasone-phosphate-sodique-de</t>
   </si>
   <si>
     <t>AURICULARUM (nystatine/ oxytétracycline (chlorhydrate d')/ polymyxine B (sulfate de...)</t>
   </si>
   <si>
-    <t>06/27/2018 09:18:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983326/en/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
+    <t>27/06/2018 09:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983326/fr/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
   </si>
   <si>
     <t>pprd_2983326</t>
   </si>
   <si>
     <t>nystatine,oxytétracycline (chlorhydrate d'),polymyxine B (sulfate de),dexaméthasone (phosphate sodique de)</t>
   </si>
   <si>
     <t>GRIMBERG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400288/en/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2844528/en/auricularum-oxytetracycline-polymyxin-b-dexamethasone-nystatin-anti-infective-and-corticosteroid-in-combination</t>
+    <t>https://www.has-sante.fr/jcms/c_400288/fr/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585417/fr/auricularum-oxytetracycline-polymyxine-b-dexamethasone-nystatine-association-fixe-d-antibiotiques-antimycosique-corticoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844528/fr/auricularum-oxytetracycline-polymyxine-b-dexamethasone-nystatine-anti-infectieux-et-corticoide-en-association</t>
   </si>
   <si>
     <t>Anti-infectieux associés à un corticoïde en gouttes auriculaires (oxytétracycline, polymyxine B, nystatine, dexaméthasone)</t>
   </si>
   <si>
-    <t>07/06/2018 11:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983414/en/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-oxytetracycline-polymyxine-b-nystatine-dexamethasone</t>
+    <t>06/07/2018 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983414/fr/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-oxytetracycline-polymyxine-b-nystatine-dexamethasone</t>
   </si>
   <si>
     <t>pprd_2983414</t>
   </si>
   <si>
     <t>dexaméthasone,ciprofloxacine (chlorhydrate de),polymyxine B (sulfate de),néomycine (sulfate de),acétonide de fluocinolone,dexaméthasone (métasulfobenzoate sodique de),lidocaïne (chlorhydrate de),fludrocortisone (acétate de),framycétine (sulfate de),dexaméthasone (phosphate sodique de),nystatine,oxytétracycline (chlorhydrate d')</t>
   </si>
   <si>
     <t>GRIMBERG / JOLLY-JATEL / ZAMBON FRANCE / BOUCHARA RECORDATI / NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2824464/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-ciloxadex-ciprofloxacin-dexamethasone</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2824491/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-auricularum-oxytetracycline-polymyxin-b-nystatin-dexamethasone</t>
+    <t>https://www.has-sante.fr/jcms/c_2824464/fr/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-ciloxadex-ciprofloxacine-dexamethasone-otite-externe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824473/fr/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-antibio-synalar-neomycine-polymixine-b-fluocinolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824476/fr/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-polydexa-neomycine-polymyxine-b-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824479/fr/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-panotile-polymyxine-b-neomycine-fludrocortisone-lidocaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824485/fr/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-framyxone-framycetine-polymyxine-b-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824491/fr/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-auricularum-oxytetracycline-polymyxine-b-nystatine-dexamethasone-otite-externe</t>
+  </si>
+  <si>
+    <t>PHOSPHONEUROS (phosphate disodique/ magnésium (glycérophosphate de)/ phosphorique (ac...)</t>
+  </si>
+  <si>
+    <t>25/01/2018 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983428/fr/phosphoneuros-phosphate-disodique/-magnesium-glycerophosphate-de-/-phosphorique-ac</t>
+  </si>
+  <si>
+    <t>pprd_2983428</t>
+  </si>
+  <si>
+    <t>phosphate disodique,magnésium (glycérophosphate de),phosphorique (acide) concentré,bis dihydrogénophosphate de calcium</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713162/fr/phosphoneuros-phosphate-disodique/-magnesium-glycerophosphate-de-/-phosphorique-ac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367958/fr/phosphoneuros-phosphate-disodique/-magnesium-glycerophosphate-de-/-phosphorique-ac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632558/fr/phosphoneuros-phosphate-disodique/-magnesium-glycerophosphate-de-/-phosphorique-ac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821747/fr/phosphoneuros-phosphate-disodique/-magnesium-glycerophosphate-de-/-phosphorique-ac</t>
+  </si>
+  <si>
+    <t>PHOSPHALUGEL (phosphate d’aluminium (gel colloïdal à 20%))</t>
+  </si>
+  <si>
+    <t>20/11/2017 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983479/fr/phosphalugel-phosphate-d-aluminium-gel-colloidal-a-20</t>
+  </si>
+  <si>
+    <t>pprd_2983479</t>
+  </si>
+  <si>
+    <t>phosphate d’aluminium (gel colloïdal à 20%)</t>
+  </si>
+  <si>
+    <t>ASTELLAS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632362/fr/phosphalugel-phosphate-d-aluminium-gel-colloidal-a-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221570/fr/phosphalugel-phosphate-d-aluminium-gel-colloidal-a-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322218/fr/phosphalugel-phosphate-d-aluminium-gel-colloidal-a-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2804106/fr/phosphalugel-phosphate-d-aluminium-gel-colloidal-a-20</t>
+  </si>
+  <si>
+    <t>DEXAFREE (dexaméthasone (phosphate sodique de))</t>
+  </si>
+  <si>
+    <t>20/06/2017 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983587/fr/dexafree-dexamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>pprd_2983587</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455331/fr/dexafree-dexamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329538/fr/dexafree-dexamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774642/fr/dexafree-dexamethasone-phosphate-sodique-de</t>
   </si>
   <si>
     <t>FIRDAPSE (amifampridine (phosphate d'))</t>
   </si>
   <si>
-    <t>04/21/2017 16:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983648/en/firdapse-amifampridine-phosphate-d</t>
+    <t>21/04/2017 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983648/fr/firdapse-amifampridine-phosphate-d</t>
   </si>
   <si>
     <t>pprd_2983648</t>
   </si>
   <si>
     <t>amifampridine (phosphate d')</t>
   </si>
   <si>
     <t>BIOMARIN EUROPE Limited</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_962465/en/firdapse</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2757143/en/firdapse-amifampridine-phosphate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_962465/fr/firdapse-amifampridine-phosphate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757143/fr/firdapse-amifampridine-phosphate-d</t>
   </si>
   <si>
     <t>ANTARENE (ibuprofène/ codéine (phosphate de))</t>
   </si>
   <si>
-    <t>11/03/2016 13:54:37</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983920/en/antarene-ibuprofene/-codeine-phosphate-de</t>
+    <t>03/11/2016 13:54:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983920/fr/antarene-ibuprofene/-codeine-phosphate-de</t>
   </si>
   <si>
     <t>pprd_2983920</t>
   </si>
   <si>
     <t>ibuprofène,codéine (phosphate de)</t>
   </si>
   <si>
     <t>ELERTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398820/en/antarene-5-gel-tube-de-50-g</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2678856/en/antarene-ibuprofene/-codeine-phosphate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_398820/fr/antarene-5-gel-tube-de-50-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523355/fr/antarene-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951422/fr/antarene-codeine-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352551/fr/antarene-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702130/fr/antarene-codeine-200-mg/30-mg-et-400-mg/60-mg-ibuprofene/codeine-association-ains-opioide-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678856/fr/antarene-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>LINDILANE (codéine (phosphate de) hémihydraté/ paracétamol)</t>
+  </si>
+  <si>
+    <t>14/10/2016 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983925/fr/lindilane-codeine-phosphate-de-hemihydrate/-paracetamol</t>
+  </si>
+  <si>
+    <t>pprd_2983925</t>
+  </si>
+  <si>
+    <t>GRUNENTHAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474361/fr/lindilane-codeine-phosphate-de-hemihydrate/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172467/fr/lindilane-codeine-phosphate-de-hemihydrate/-paracetamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676765/fr/lindilane-codeine-phosphate-de-hemihydrate/-paracetamol</t>
+  </si>
+  <si>
+    <t>CLARADOL - CLARADOL CODEINE - CLARADOL CAFEINE (paracétamol/ codéine (phosphate de) hémihydraté/ caféine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983926/fr/claradol-claradol-codeine-claradol-cafeine-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>pprd_2983926</t>
+  </si>
+  <si>
+    <t>paracétamol,codéine (phosphate de) hémihydraté,caféine</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE Division Consumer Health</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459833/fr/claradol-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473954/fr/claradol-codeine-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_537982/fr/claradol-cafeine-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013239/fr/claradol-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638590/fr/claradol-cafeine-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572157/fr/claradol-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573233/fr/claradol-cafeine-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676762/fr/claradol-codeine-paracetamol/-codeine-phosphate-de-hemihydrate/-cafeine</t>
+  </si>
+  <si>
+    <t>ALGISEDAL (paracétamol/ codéine (phosphate de) hémihydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983929/fr/algisedal-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983929</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473474/fr/algisedal-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1172461/fr/algisedal-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676753/fr/algisedal-paracetamol/-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>PADERYL (codéine (phosphate de) hémihydraté)</t>
+  </si>
+  <si>
+    <t>29/08/2016 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983983/fr/paderyl-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983983</t>
+  </si>
+  <si>
+    <t>codéine (phosphate de) hémihydraté</t>
+  </si>
+  <si>
+    <t>GERDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456419/fr/paderyl-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072228/fr/paderyl-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661853/fr/paderyl-codeine-phosphate-de-hemihydrate</t>
+  </si>
+  <si>
+    <t>BIPHOZYL (sodium/ potassium/ magnésium/ phosphate d’hydrogène/ chlorure/ bicarbo...)</t>
+  </si>
+  <si>
+    <t>09/06/2016 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984091/fr/biphozyl-sodium/-potassium/-magnesium/-phosphate-d-hydrogene/-chlorure/-bicarbo</t>
+  </si>
+  <si>
+    <t>pprd_2984091</t>
+  </si>
+  <si>
+    <t>sodium,potassium,magnésium,phosphate d’hydrogène,chlorure,bicarbonate</t>
+  </si>
+  <si>
+    <t>GAMBRO HOSPAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636942/fr/biphozyl-sodium/-potassium/-magnesium/-phosphate-d-hydrogene/-chlorure/-bicarbo</t>
   </si>
   <si>
     <t>COLOKIT (phosphate disodique anhydre/ phosphate monosodique monohydraté)</t>
   </si>
   <si>
-    <t>10/02/2015 15:09:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984424/en/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
+    <t>02/10/2015 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984424/fr/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
   </si>
   <si>
     <t>pprd_2984424</t>
   </si>
   <si>
     <t>phosphate disodique anhydre,phosphate monosodique monohydraté</t>
   </si>
   <si>
     <t>MAYOLY SPINDLER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_963197/en/colokit</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2558814/en/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_963197/fr/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558814/fr/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
+  </si>
+  <si>
+    <t>ISUDRINE (oxyde de magnésium/ phosphate d'aluminium)</t>
+  </si>
+  <si>
+    <t>08/06/2012 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985023/fr/isudrine-oxyde-de-magnesium/-phosphate-d-aluminium</t>
+  </si>
+  <si>
+    <t>pprd_2985023</t>
+  </si>
+  <si>
+    <t>oxyde de magnésium,phosphate d'aluminium</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631258/fr/isudrine-oxyde-de-magnesium/-phosphate-d-aluminium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221616/fr/isudrine-oxyde-de-magnesium/-phosphate-d-aluminium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251934/fr/isudrine-oxyde-de-magnesium/-phosphate-d-aluminium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399637/fr/isudrine-suspension-buvable-en-sachets-de-20-g-boites-de-12</t>
+  </si>
+  <si>
+    <t>CODENFAN (phosphate de codéine hémihydraté)</t>
+  </si>
+  <si>
+    <t>06/07/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985145/fr/codenfan-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985145</t>
+  </si>
+  <si>
+    <t>phosphate de codéine hémihydraté</t>
+  </si>
+  <si>
+    <t>Laboratoire BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398876/fr/codenfan-1-mg/ml-sirop-flacon-de-200-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459837/fr/codenfan-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1074095/fr/codenfan-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>CORTICETINE (sulfate de framycétine/ phosphate sodique de déxaméthasone)</t>
+  </si>
+  <si>
+    <t>04/07/2007 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985436/fr/corticetine-sulfate-de-framycetine/-phosphate-sodique-de-dexamethasone</t>
+  </si>
+  <si>
+    <t>pprd_2985436</t>
+  </si>
+  <si>
+    <t>sulfate de framycétine,phosphate sodique de déxaméthasone</t>
+  </si>
+  <si>
+    <t>Laboratoire  CHAUVIN – Groupe BAUSCH &amp; LOMB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574379/fr/corticetine-sulfate-de-framycetine/-phosphate-sodique-de-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399540/fr/corticetine-solution-pour-instillation-auriculaire-flacon-de-5-ml</t>
+  </si>
+  <si>
+    <t>DEXAGRANE (dexaméthasone (phosphate)/ néomycine (sulfate))</t>
+  </si>
+  <si>
+    <t>31/01/2007 15:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985460/fr/dexagrane-dexamethasone-phosphate-/-neomycine-sulfate</t>
+  </si>
+  <si>
+    <t>pprd_2985460</t>
+  </si>
+  <si>
+    <t>dexaméthasone (phosphate),néomycine (sulfate)</t>
+  </si>
+  <si>
+    <t>IOLTECH S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399487/fr/dexagrane-dexamethasone-phosphate-/-neomycine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490515/fr/dexagrane-dexamethasone-phosphate-/-neomycine-sulfate</t>
+  </si>
+  <si>
+    <t>CEBEDEXACOL (phosphate sodique de dexaméthasone/ chloramphénicol)</t>
+  </si>
+  <si>
+    <t>18/10/2006 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985530/fr/cebedexacol-phosphate-sodique-de-dexamethasone/-chloramphenicol</t>
+  </si>
+  <si>
+    <t>pprd_2985530</t>
+  </si>
+  <si>
+    <t>phosphate sodique de dexaméthasone,chloramphénicol</t>
+  </si>
+  <si>
+    <t>CHAUVIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455247/fr/cebedexacol-phosphate-sodique-de-dexamethasone/-chloramphenicol</t>
+  </si>
+  <si>
+    <t>AMPECYCLAL (phosphate d’adenosine et d’heptamino)</t>
+  </si>
+  <si>
+    <t>08/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985824/fr/ampecyclal-phosphate-d-adenosine-et-d-heptamino</t>
+  </si>
+  <si>
+    <t>pprd_2985824</t>
+  </si>
+  <si>
+    <t>phosphate d’adenosine et d’heptamino</t>
+  </si>
+  <si>
+    <t>EREMPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400376/fr/ampecyclal-300-mg-phosphate-d-adenosine-et-d-heptamino</t>
+  </si>
+  <si>
+    <t>ADENYL (phosphate d'adenosine monohydrate)</t>
+  </si>
+  <si>
+    <t>11/05/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985827/fr/adenyl-phosphate-d-adenosine-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985827</t>
+  </si>
+  <si>
+    <t>phosphate d'adenosine monohydrate</t>
+  </si>
+  <si>
+    <t>AEROCID</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400360/fr/adenyl-phosphate-d-adenosine-monohydrate</t>
+  </si>
+  <si>
+    <t>CODEGIC (acétylsalicylate de DL lysine/ phosphate de codéine hémihydraté)</t>
+  </si>
+  <si>
+    <t>04/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985985/fr/codegic-acetylsalicylate-de-dl-lysine/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985985</t>
+  </si>
+  <si>
+    <t>acétylsalicylate de DL lysine,phosphate de codéine hémihydraté</t>
+  </si>
+  <si>
+    <t>SANOFI-SYNTHELABO France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399613/fr/codegic-acetylsalicylate-de-dl-lysine/-phosphate-de-codeine-hemihydrate</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>IPAQSS 2017 - DIA MCO : tout pour le recueil de la campagne 2017</t>
+  </si>
+  <si>
+    <t>Vous trouverez dans cette page tous les outils, courriers et formations relatifs au recueil des indicateurs du thème « Qualité de la prise en charge des patients hémodialysés chroniques » (DIA).</t>
+  </si>
+  <si>
+    <t>03/04/2018 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1219705/fr/ipaqss-2017-dia-mco-tout-pour-le-recueil-de-la-campagne-2017</t>
+  </si>
+  <si>
+    <t>c_1219705</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J32"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I5" t="s">
+        <v>36</v>
+      </c>
+      <c r="J5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+      <c r="I6" t="s">
+        <v>43</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H7" t="s">
+        <v>50</v>
+      </c>
+      <c r="I7" t="s">
+        <v>46</v>
+      </c>
+      <c r="J7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" t="s">
+        <v>55</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>56</v>
+      </c>
+      <c r="H8" t="s">
+        <v>57</v>
+      </c>
+      <c r="I8" t="s">
+        <v>53</v>
+      </c>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>61</v>
+      </c>
+      <c r="E9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>63</v>
+      </c>
+      <c r="H9" t="s">
+        <v>64</v>
+      </c>
+      <c r="I9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C10" t="s">
+        <v>67</v>
+      </c>
+      <c r="D10" t="s">
+        <v>68</v>
+      </c>
+      <c r="E10" t="s">
+        <v>69</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10" t="s">
+        <v>71</v>
+      </c>
+      <c r="I10" t="s">
+        <v>67</v>
+      </c>
+      <c r="J10" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>73</v>
+      </c>
+      <c r="C11" t="s">
+        <v>74</v>
+      </c>
+      <c r="D11" t="s">
+        <v>75</v>
+      </c>
+      <c r="E11" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>77</v>
+      </c>
+      <c r="H11" t="s">
+        <v>78</v>
+      </c>
+      <c r="I11" t="s">
+        <v>74</v>
+      </c>
+      <c r="J11" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>80</v>
+      </c>
+      <c r="C12" t="s">
+        <v>81</v>
+      </c>
+      <c r="D12" t="s">
+        <v>82</v>
+      </c>
+      <c r="E12" t="s">
+        <v>83</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>84</v>
+      </c>
+      <c r="H12" t="s">
+        <v>85</v>
+      </c>
+      <c r="I12" t="s">
+        <v>81</v>
+      </c>
+      <c r="J12" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>87</v>
+      </c>
+      <c r="C13" t="s">
+        <v>88</v>
+      </c>
+      <c r="D13" t="s">
+        <v>89</v>
+      </c>
+      <c r="E13" t="s">
+        <v>90</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>91</v>
+      </c>
+      <c r="H13" t="s">
+        <v>92</v>
+      </c>
+      <c r="I13" t="s">
+        <v>88</v>
+      </c>
+      <c r="J13" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>94</v>
+      </c>
+      <c r="C14" t="s">
+        <v>74</v>
+      </c>
+      <c r="D14" t="s">
+        <v>95</v>
+      </c>
+      <c r="E14" t="s">
+        <v>96</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>97</v>
+      </c>
+      <c r="H14" t="s">
+        <v>98</v>
+      </c>
+      <c r="I14" t="s">
+        <v>74</v>
+      </c>
+      <c r="J14" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>100</v>
+      </c>
+      <c r="C15" t="s">
+        <v>46</v>
+      </c>
+      <c r="D15" t="s">
+        <v>101</v>
+      </c>
+      <c r="E15" t="s">
+        <v>102</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>103</v>
+      </c>
+      <c r="H15" t="s">
+        <v>104</v>
+      </c>
+      <c r="I15" t="s">
+        <v>46</v>
+      </c>
+      <c r="J15" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>106</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>107</v>
+      </c>
+      <c r="E16" t="s">
+        <v>108</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>109</v>
+      </c>
+      <c r="H16" t="s">
+        <v>110</v>
+      </c>
+      <c r="I16" t="s">
+        <v>12</v>
+      </c>
+      <c r="J16" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>112</v>
+      </c>
+      <c r="C17" t="s">
+        <v>113</v>
+      </c>
+      <c r="D17" t="s">
+        <v>114</v>
+      </c>
+      <c r="E17" t="s">
+        <v>115</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>116</v>
+      </c>
+      <c r="H17" t="s">
+        <v>117</v>
+      </c>
+      <c r="I17" t="s">
+        <v>113</v>
+      </c>
+      <c r="J17" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>118</v>
+      </c>
+      <c r="C18" t="s">
+        <v>119</v>
+      </c>
+      <c r="D18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H18" t="s">
+        <v>123</v>
+      </c>
+      <c r="I18" t="s">
+        <v>119</v>
+      </c>
+      <c r="J18" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D19" t="s">
+        <v>127</v>
+      </c>
+      <c r="E19" t="s">
+        <v>128</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>129</v>
+      </c>
+      <c r="H19" t="s">
+        <v>130</v>
+      </c>
+      <c r="I19" t="s">
+        <v>12</v>
+      </c>
+      <c r="J19" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>132</v>
+      </c>
+      <c r="C20" t="s">
+        <v>133</v>
+      </c>
+      <c r="D20" t="s">
+        <v>134</v>
+      </c>
+      <c r="E20" t="s">
+        <v>135</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>136</v>
+      </c>
+      <c r="H20" t="s">
+        <v>137</v>
+      </c>
+      <c r="I20" t="s">
+        <v>12</v>
+      </c>
+      <c r="J20" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>139</v>
+      </c>
+      <c r="C21" t="s">
+        <v>140</v>
+      </c>
+      <c r="D21" t="s">
+        <v>141</v>
+      </c>
+      <c r="E21" t="s">
+        <v>142</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>143</v>
+      </c>
+      <c r="H21" t="s">
+        <v>144</v>
+      </c>
+      <c r="I21" t="s">
+        <v>140</v>
+      </c>
+      <c r="J21" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>146</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>147</v>
+      </c>
+      <c r="E22" t="s">
+        <v>148</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>149</v>
+      </c>
+      <c r="H22" t="s">
+        <v>150</v>
+      </c>
+      <c r="I22" t="s">
+        <v>12</v>
+      </c>
+      <c r="J22" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>152</v>
+      </c>
+      <c r="C23" t="s">
+        <v>153</v>
+      </c>
+      <c r="D23" t="s">
+        <v>154</v>
+      </c>
+      <c r="E23" t="s">
+        <v>155</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>156</v>
+      </c>
+      <c r="H23" t="s">
+        <v>157</v>
+      </c>
+      <c r="I23" t="s">
+        <v>153</v>
+      </c>
+      <c r="J23" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>159</v>
+      </c>
+      <c r="C24" t="s">
+        <v>153</v>
+      </c>
+      <c r="D24" t="s">
+        <v>154</v>
+      </c>
+      <c r="E24" t="s">
+        <v>160</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>161</v>
+      </c>
+      <c r="H24" t="s">
+        <v>162</v>
+      </c>
+      <c r="I24" t="s">
+        <v>153</v>
+      </c>
+      <c r="J24" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>164</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>165</v>
+      </c>
+      <c r="E25" t="s">
+        <v>166</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>167</v>
+      </c>
+      <c r="H25" t="s">
+        <v>168</v>
+      </c>
+      <c r="I25" t="s">
+        <v>12</v>
+      </c>
+      <c r="J25" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>170</v>
+      </c>
+      <c r="C26" t="s">
+        <v>171</v>
+      </c>
+      <c r="D26" t="s">
+        <v>172</v>
+      </c>
+      <c r="E26" t="s">
+        <v>172</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>173</v>
+      </c>
+      <c r="H26" t="s">
+        <v>174</v>
+      </c>
+      <c r="I26" t="s">
+        <v>171</v>
+      </c>
+      <c r="J26" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>176</v>
+      </c>
+      <c r="C27" t="s">
+        <v>177</v>
+      </c>
+      <c r="D27" t="s">
+        <v>178</v>
+      </c>
+      <c r="E27" t="s">
+        <v>178</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>179</v>
+      </c>
+      <c r="H27" t="s">
+        <v>180</v>
+      </c>
+      <c r="I27" t="s">
+        <v>177</v>
+      </c>
+      <c r="J27" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>182</v>
+      </c>
+      <c r="C28" t="s">
+        <v>183</v>
+      </c>
+      <c r="D28" t="s">
+        <v>184</v>
+      </c>
+      <c r="E28" t="s">
+        <v>184</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>185</v>
+      </c>
+      <c r="H28" t="s">
+        <v>186</v>
+      </c>
+      <c r="I28" t="s">
+        <v>183</v>
+      </c>
+      <c r="J28" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>73</v>
+      </c>
+      <c r="C29" t="s">
+        <v>188</v>
+      </c>
+      <c r="D29" t="s">
+        <v>189</v>
+      </c>
+      <c r="E29" t="s">
+        <v>189</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>190</v>
+      </c>
+      <c r="H29" t="s">
+        <v>191</v>
+      </c>
+      <c r="I29" t="s">
+        <v>188</v>
+      </c>
+      <c r="J29" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>193</v>
+      </c>
+      <c r="C30" t="s">
+        <v>194</v>
+      </c>
+      <c r="D30" t="s">
+        <v>195</v>
+      </c>
+      <c r="E30" t="s">
+        <v>195</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>196</v>
+      </c>
+      <c r="H30" t="s">
+        <v>197</v>
+      </c>
+      <c r="I30" t="s">
+        <v>194</v>
+      </c>
+      <c r="J30" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>199</v>
+      </c>
+      <c r="C31" t="s">
+        <v>119</v>
+      </c>
+      <c r="D31" t="s">
+        <v>200</v>
+      </c>
+      <c r="E31" t="s">
+        <v>200</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>201</v>
+      </c>
+      <c r="H31" t="s">
+        <v>202</v>
+      </c>
+      <c r="I31" t="s">
+        <v>119</v>
+      </c>
+      <c r="J31" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" t="s">
+        <v>204</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>205</v>
+      </c>
+      <c r="E32" t="s">
+        <v>205</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>206</v>
+      </c>
+      <c r="H32" t="s">
+        <v>207</v>
+      </c>
+      <c r="I32" t="s">
+        <v>12</v>
+      </c>
+      <c r="J32" t="s">
+        <v>208</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>823</v>
+      </c>
+      <c r="B2" t="s">
+        <v>824</v>
+      </c>
+      <c r="C2" t="s">
+        <v>825</v>
+      </c>
+      <c r="D2" t="s">
+        <v>826</v>
+      </c>
+      <c r="E2" t="s">
+        <v>827</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>828</v>
+      </c>
+      <c r="H2" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>823</v>
+      </c>
+      <c r="B3" t="s">
+        <v>830</v>
+      </c>
+      <c r="C3" t="s">
+        <v>831</v>
+      </c>
+      <c r="D3" t="s">
+        <v>826</v>
+      </c>
+      <c r="E3" t="s">
+        <v>832</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>833</v>
+      </c>
+      <c r="H3" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>823</v>
+      </c>
+      <c r="B4" t="s">
+        <v>835</v>
+      </c>
+      <c r="C4" t="s">
+        <v>836</v>
+      </c>
+      <c r="D4" t="s">
+        <v>837</v>
+      </c>
+      <c r="E4" t="s">
+        <v>838</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>839</v>
+      </c>
+      <c r="H4" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>823</v>
+      </c>
+      <c r="B5" t="s">
+        <v>841</v>
+      </c>
+      <c r="C5" t="s">
+        <v>842</v>
+      </c>
+      <c r="D5" t="s">
+        <v>843</v>
+      </c>
+      <c r="E5" t="s">
+        <v>844</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>845</v>
+      </c>
+      <c r="H5" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>823</v>
+      </c>
+      <c r="B6" t="s">
+        <v>847</v>
+      </c>
+      <c r="C6" t="s">
+        <v>848</v>
+      </c>
+      <c r="D6" t="s">
+        <v>849</v>
+      </c>
+      <c r="E6" t="s">
+        <v>850</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>851</v>
+      </c>
+      <c r="H6" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>823</v>
+      </c>
+      <c r="B7" t="s">
+        <v>853</v>
+      </c>
+      <c r="C7" t="s">
+        <v>854</v>
+      </c>
+      <c r="D7" t="s">
+        <v>855</v>
+      </c>
+      <c r="E7" t="s">
+        <v>856</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>857</v>
+      </c>
+      <c r="H7" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>823</v>
+      </c>
+      <c r="B8" t="s">
+        <v>859</v>
+      </c>
+      <c r="C8" t="s">
+        <v>860</v>
+      </c>
+      <c r="D8" t="s">
+        <v>861</v>
+      </c>
+      <c r="E8" t="s">
+        <v>862</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>863</v>
+      </c>
+      <c r="H8" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>823</v>
+      </c>
+      <c r="B9" t="s">
+        <v>865</v>
+      </c>
+      <c r="C9" t="s">
+        <v>866</v>
+      </c>
+      <c r="D9" t="s">
+        <v>867</v>
+      </c>
+      <c r="E9" t="s">
+        <v>868</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>869</v>
+      </c>
+      <c r="H9" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>823</v>
+      </c>
+      <c r="B10" t="s">
+        <v>871</v>
+      </c>
+      <c r="C10" t="s">
+        <v>872</v>
+      </c>
+      <c r="D10" t="s">
+        <v>873</v>
+      </c>
+      <c r="E10" t="s">
+        <v>874</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>875</v>
+      </c>
+      <c r="H10" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>823</v>
+      </c>
+      <c r="B11" t="s">
+        <v>877</v>
+      </c>
+      <c r="C11" t="s">
+        <v>878</v>
+      </c>
+      <c r="D11" t="s">
+        <v>107</v>
+      </c>
+      <c r="E11" t="s">
+        <v>879</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>880</v>
+      </c>
+      <c r="H11" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>823</v>
+      </c>
+      <c r="B12" t="s">
+        <v>882</v>
+      </c>
+      <c r="C12" t="s">
+        <v>883</v>
+      </c>
+      <c r="D12" t="s">
+        <v>884</v>
+      </c>
+      <c r="E12" t="s">
+        <v>885</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>886</v>
+      </c>
+      <c r="H12" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>823</v>
+      </c>
+      <c r="B13" t="s">
+        <v>888</v>
+      </c>
+      <c r="C13" t="s">
+        <v>889</v>
+      </c>
+      <c r="D13" t="s">
+        <v>890</v>
+      </c>
+      <c r="E13" t="s">
+        <v>891</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>892</v>
+      </c>
+      <c r="H13" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>823</v>
+      </c>
+      <c r="B14" t="s">
+        <v>894</v>
+      </c>
+      <c r="C14" t="s">
+        <v>895</v>
+      </c>
+      <c r="D14" t="s">
+        <v>896</v>
+      </c>
+      <c r="E14" t="s">
+        <v>897</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>898</v>
+      </c>
+      <c r="H14" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>823</v>
+      </c>
+      <c r="B15" t="s">
+        <v>900</v>
+      </c>
+      <c r="C15" t="s">
+        <v>901</v>
+      </c>
+      <c r="D15" t="s">
+        <v>902</v>
+      </c>
+      <c r="E15" t="s">
+        <v>903</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>904</v>
+      </c>
+      <c r="H15" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>823</v>
+      </c>
+      <c r="B16" t="s">
+        <v>906</v>
+      </c>
+      <c r="C16" t="s">
+        <v>907</v>
+      </c>
+      <c r="D16" t="s">
+        <v>908</v>
+      </c>
+      <c r="E16" t="s">
+        <v>909</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>910</v>
+      </c>
+      <c r="H16" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>823</v>
+      </c>
+      <c r="B17" t="s">
+        <v>912</v>
+      </c>
+      <c r="C17" t="s">
+        <v>913</v>
+      </c>
+      <c r="D17" t="s">
+        <v>914</v>
+      </c>
+      <c r="E17" t="s">
+        <v>915</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>916</v>
+      </c>
+      <c r="H17" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>823</v>
+      </c>
+      <c r="B18" t="s">
+        <v>918</v>
+      </c>
+      <c r="C18" t="s">
+        <v>919</v>
+      </c>
+      <c r="D18" t="s">
+        <v>920</v>
+      </c>
+      <c r="E18" t="s">
+        <v>921</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>922</v>
+      </c>
+      <c r="H18" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>823</v>
+      </c>
+      <c r="B19" t="s">
+        <v>924</v>
+      </c>
+      <c r="C19" t="s">
+        <v>925</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>926</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>927</v>
+      </c>
+      <c r="H19" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>823</v>
+      </c>
+      <c r="B20" t="s">
+        <v>929</v>
+      </c>
+      <c r="C20" t="s">
+        <v>930</v>
+      </c>
+      <c r="D20" t="s">
+        <v>931</v>
+      </c>
+      <c r="E20" t="s">
+        <v>932</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>933</v>
+      </c>
+      <c r="H20" t="s">
+        <v>934</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>935</v>
+      </c>
+      <c r="B2" t="s">
+        <v>936</v>
+      </c>
+      <c r="C2" t="s">
+        <v>937</v>
+      </c>
+      <c r="D2" t="s">
+        <v>938</v>
+      </c>
+      <c r="E2" t="s">
+        <v>939</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>940</v>
+      </c>
+      <c r="H2" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>935</v>
+      </c>
+      <c r="B3" t="s">
+        <v>942</v>
+      </c>
+      <c r="C3" t="s">
+        <v>943</v>
+      </c>
+      <c r="D3" t="s">
+        <v>944</v>
+      </c>
+      <c r="E3" t="s">
+        <v>945</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>946</v>
+      </c>
+      <c r="H3" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>935</v>
+      </c>
+      <c r="B4" t="s">
+        <v>948</v>
+      </c>
+      <c r="C4" t="s">
+        <v>949</v>
+      </c>
+      <c r="D4" t="s">
+        <v>950</v>
+      </c>
+      <c r="E4" t="s">
+        <v>951</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>952</v>
+      </c>
+      <c r="H4" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>935</v>
+      </c>
+      <c r="B5" t="s">
+        <v>954</v>
+      </c>
+      <c r="C5" t="s">
+        <v>955</v>
+      </c>
+      <c r="D5" t="s">
+        <v>956</v>
+      </c>
+      <c r="E5" t="s">
+        <v>957</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>958</v>
+      </c>
+      <c r="H5" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>935</v>
+      </c>
+      <c r="B6" t="s">
+        <v>960</v>
+      </c>
+      <c r="C6" t="s">
+        <v>961</v>
+      </c>
+      <c r="D6" t="s">
+        <v>962</v>
+      </c>
+      <c r="E6" t="s">
+        <v>963</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>964</v>
+      </c>
+      <c r="H6" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>935</v>
+      </c>
+      <c r="B7" t="s">
+        <v>966</v>
+      </c>
+      <c r="C7" t="s">
+        <v>967</v>
+      </c>
+      <c r="D7" t="s">
+        <v>968</v>
+      </c>
+      <c r="E7" t="s">
+        <v>969</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>970</v>
+      </c>
+      <c r="H7" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>935</v>
+      </c>
+      <c r="B8" t="s">
+        <v>972</v>
+      </c>
+      <c r="C8" t="s">
+        <v>973</v>
+      </c>
+      <c r="D8" t="s">
+        <v>974</v>
+      </c>
+      <c r="E8" t="s">
+        <v>975</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>976</v>
+      </c>
+      <c r="H8" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>935</v>
+      </c>
+      <c r="B9" t="s">
+        <v>978</v>
+      </c>
+      <c r="C9" t="s">
+        <v>979</v>
+      </c>
+      <c r="D9" t="s">
+        <v>980</v>
+      </c>
+      <c r="E9" t="s">
+        <v>981</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>982</v>
+      </c>
+      <c r="H9" t="s">
+        <v>983</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:AL37"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>984</v>
+      </c>
+      <c r="J1" t="s">
         <v>9</v>
       </c>
+      <c r="K1" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>986</v>
+      </c>
+      <c r="B2" t="s">
+        <v>987</v>
+      </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>988</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>989</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>990</v>
+      </c>
+      <c r="I2" t="s">
+        <v>991</v>
+      </c>
+      <c r="J2" t="s">
+        <v>992</v>
+      </c>
+      <c r="K2" t="s">
+        <v>993</v>
+      </c>
+      <c r="L2" t="s">
+        <v>994</v>
+      </c>
+      <c r="M2" t="s">
+        <v>995</v>
+      </c>
+      <c r="N2" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>986</v>
+      </c>
+      <c r="B3" t="s">
+        <v>997</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>998</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>999</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1001</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1002</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1004</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>986</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1009</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1010</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1011</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1012</v>
+      </c>
+      <c r="L4" t="s">
+        <v>1013</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1014</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1015</v>
+      </c>
+      <c r="O4" t="s">
+        <v>1016</v>
+      </c>
+      <c r="P4" t="s">
+        <v>1017</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>986</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1022</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1024</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1025</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="M5" t="s">
+        <v>1027</v>
+      </c>
+      <c r="N5" t="s">
+        <v>1028</v>
+      </c>
+      <c r="O5" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>986</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1032</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1033</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1034</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1035</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1036</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1037</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>986</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1042</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1043</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1044</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1045</v>
+      </c>
+      <c r="L7" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>986</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1048</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1050</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1051</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1002</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1052</v>
+      </c>
+      <c r="L8" t="s">
+        <v>1053</v>
+      </c>
+      <c r="M8" t="s">
+        <v>1054</v>
+      </c>
+      <c r="N8" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>986</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1057</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1059</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1060</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1024</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1061</v>
+      </c>
+      <c r="L9" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1063</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1064</v>
+      </c>
+      <c r="O9" t="s">
+        <v>1065</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1066</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>1067</v>
+      </c>
+      <c r="R9" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>986</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1070</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1072</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1073</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1044</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1074</v>
+      </c>
+      <c r="L10" t="s">
+        <v>1075</v>
+      </c>
+      <c r="M10" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>986</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1080</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1081</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1082</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1083</v>
+      </c>
+      <c r="L11" t="s">
+        <v>1084</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1085</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1086</v>
+      </c>
+      <c r="O11" t="s">
+        <v>1087</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1088</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>1089</v>
+      </c>
+      <c r="R11" t="s">
+        <v>1090</v>
+      </c>
+      <c r="S11" t="s">
+        <v>1091</v>
+      </c>
+      <c r="T11" t="s">
+        <v>1092</v>
+      </c>
+      <c r="U11" t="s">
+        <v>1093</v>
+      </c>
+      <c r="V11" t="s">
+        <v>1094</v>
+      </c>
+      <c r="W11" t="s">
+        <v>1095</v>
+      </c>
+      <c r="X11" t="s">
+        <v>1096</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>1097</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>1098</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>1099</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>1100</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>1101</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>1102</v>
+      </c>
+      <c r="AE11" t="s">
+        <v>1086</v>
+      </c>
+      <c r="AF11" t="s">
+        <v>1087</v>
+      </c>
+      <c r="AG11" t="s">
+        <v>1088</v>
+      </c>
+      <c r="AH11" t="s">
+        <v>1103</v>
+      </c>
+      <c r="AI11" t="s">
+        <v>1104</v>
+      </c>
+      <c r="AJ11" t="s">
+        <v>1105</v>
+      </c>
+      <c r="AK11" t="s">
+        <v>1106</v>
+      </c>
+      <c r="AL11" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>986</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1111</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1112</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1113</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>986</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1118</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1119</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1120</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>986</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1125</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1126</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1127</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1128</v>
+      </c>
+      <c r="L14" t="s">
+        <v>1129</v>
+      </c>
+      <c r="M14" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>986</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1135</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1136</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>986</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1141</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1142</v>
+      </c>
+      <c r="J16" t="s">
+        <v>1143</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1144</v>
+      </c>
+      <c r="L16" t="s">
+        <v>1145</v>
+      </c>
+      <c r="M16" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>986</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1149</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1150</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1151</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1152</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1153</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1154</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>986</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1159</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1160</v>
+      </c>
+      <c r="J18" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1162</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1163</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1164</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1165</v>
+      </c>
+      <c r="O18" t="s">
+        <v>1166</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>986</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1169</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1171</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1173</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1174</v>
+      </c>
+      <c r="L19" t="s">
+        <v>1175</v>
+      </c>
+      <c r="M19" t="s">
+        <v>1176</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>986</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1179</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1181</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1182</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1183</v>
+      </c>
+      <c r="K20" t="s">
+        <v>1184</v>
+      </c>
+      <c r="L20" t="s">
+        <v>1185</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1186</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>986</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1191</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1119</v>
+      </c>
+      <c r="J21" t="s">
+        <v>1044</v>
+      </c>
+      <c r="K21" t="s">
+        <v>1192</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1193</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>986</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1198</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1199</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1200</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1201</v>
+      </c>
+      <c r="L22" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>986</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1206</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1207</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1208</v>
+      </c>
+      <c r="K23" t="s">
+        <v>1209</v>
+      </c>
+      <c r="L23" t="s">
+        <v>1210</v>
+      </c>
+      <c r="M23" t="s">
+        <v>1211</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1212</v>
+      </c>
+      <c r="O23" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P23" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>986</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1219</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1220</v>
+      </c>
+      <c r="L24" t="s">
+        <v>1221</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>986</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1225</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1226</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1227</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1228</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1229</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1230</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1231</v>
+      </c>
+      <c r="O25" t="s">
+        <v>1232</v>
+      </c>
+      <c r="P25" t="s">
+        <v>1233</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>1234</v>
+      </c>
+      <c r="R25" t="s">
+        <v>1235</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>986</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1238</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1010</v>
+      </c>
+      <c r="J26" t="s">
+        <v>1239</v>
+      </c>
+      <c r="K26" t="s">
+        <v>1240</v>
+      </c>
+      <c r="L26" t="s">
+        <v>1241</v>
+      </c>
+      <c r="M26" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>986</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1247</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1248</v>
+      </c>
+      <c r="K27" t="s">
+        <v>1249</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1250</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>986</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1252</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1255</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1256</v>
+      </c>
+      <c r="J28" t="s">
+        <v>1257</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>986</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1262</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1263</v>
+      </c>
+      <c r="J29" t="s">
+        <v>1264</v>
+      </c>
+      <c r="K29" t="s">
+        <v>1265</v>
+      </c>
+      <c r="L29" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>986</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1270</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1271</v>
+      </c>
+      <c r="J30" t="s">
+        <v>1272</v>
+      </c>
+      <c r="K30" t="s">
+        <v>1273</v>
+      </c>
+      <c r="L30" t="s">
+        <v>1274</v>
+      </c>
+      <c r="M30" t="s">
+        <v>1275</v>
+      </c>
+      <c r="N30" t="s">
+        <v>1276</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>986</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1278</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1280</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1281</v>
+      </c>
+      <c r="J31" t="s">
+        <v>1282</v>
+      </c>
+      <c r="K31" t="s">
+        <v>1283</v>
+      </c>
+      <c r="L31" t="s">
+        <v>1284</v>
+      </c>
+      <c r="M31" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>986</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1288</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1289</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1290</v>
+      </c>
+      <c r="J32" t="s">
+        <v>1291</v>
+      </c>
+      <c r="K32" t="s">
+        <v>1292</v>
+      </c>
+      <c r="L32" t="s">
+        <v>1293</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>986</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1295</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1296</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1297</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1298</v>
+      </c>
+      <c r="J33" t="s">
+        <v>1299</v>
+      </c>
+      <c r="K33" t="s">
+        <v>1300</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>986</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1305</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1306</v>
+      </c>
+      <c r="J34" t="s">
+        <v>1307</v>
+      </c>
+      <c r="K34" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>986</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1310</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1311</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1312</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1313</v>
+      </c>
+      <c r="J35" t="s">
+        <v>1314</v>
+      </c>
+      <c r="K35" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>986</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1317</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1319</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1320</v>
+      </c>
+      <c r="J36" t="s">
+        <v>1321</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>986</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1324</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1326</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1327</v>
+      </c>
+      <c r="J37" t="s">
+        <v>1328</v>
+      </c>
+      <c r="K37" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1335</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H51"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>209</v>
+      </c>
+      <c r="B2" t="s">
+        <v>210</v>
+      </c>
+      <c r="C2" t="s">
+        <v>211</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>212</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>213</v>
+      </c>
+      <c r="H2" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>209</v>
+      </c>
+      <c r="B3" t="s">
+        <v>215</v>
+      </c>
+      <c r="C3" t="s">
+        <v>216</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>217</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>218</v>
+      </c>
+      <c r="H3" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>209</v>
+      </c>
+      <c r="B4" t="s">
+        <v>220</v>
+      </c>
+      <c r="C4" t="s">
+        <v>221</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>222</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>223</v>
+      </c>
+      <c r="H4" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>209</v>
+      </c>
+      <c r="B5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C5" t="s">
+        <v>226</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>227</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>228</v>
+      </c>
+      <c r="H5" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>209</v>
+      </c>
+      <c r="B6" t="s">
+        <v>230</v>
+      </c>
+      <c r="C6" t="s">
+        <v>231</v>
+      </c>
+      <c r="D6" t="s">
+        <v>232</v>
+      </c>
+      <c r="E6" t="s">
+        <v>233</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>234</v>
+      </c>
+      <c r="H6" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>209</v>
+      </c>
+      <c r="B7" t="s">
+        <v>236</v>
+      </c>
+      <c r="C7" t="s">
+        <v>237</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>238</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>239</v>
+      </c>
+      <c r="H7" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>209</v>
+      </c>
+      <c r="B8" t="s">
+        <v>241</v>
+      </c>
+      <c r="C8" t="s">
+        <v>242</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>243</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>244</v>
+      </c>
+      <c r="H8" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>209</v>
+      </c>
+      <c r="B9" t="s">
+        <v>246</v>
+      </c>
+      <c r="C9" t="s">
+        <v>247</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>248</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>249</v>
+      </c>
+      <c r="H9" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>209</v>
+      </c>
+      <c r="B10" t="s">
+        <v>251</v>
+      </c>
+      <c r="C10" t="s">
+        <v>252</v>
+      </c>
+      <c r="D10" t="s">
+        <v>253</v>
+      </c>
+      <c r="E10" t="s">
+        <v>254</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>255</v>
+      </c>
+      <c r="H10" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>209</v>
+      </c>
+      <c r="B11" t="s">
+        <v>257</v>
+      </c>
+      <c r="C11" t="s">
+        <v>258</v>
+      </c>
+      <c r="D11" t="s">
+        <v>259</v>
+      </c>
+      <c r="E11" t="s">
+        <v>260</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>261</v>
+      </c>
+      <c r="H11" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>209</v>
+      </c>
+      <c r="B12" t="s">
+        <v>263</v>
+      </c>
+      <c r="C12" t="s">
+        <v>264</v>
+      </c>
+      <c r="D12" t="s">
+        <v>265</v>
+      </c>
+      <c r="E12" t="s">
+        <v>266</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>267</v>
+      </c>
+      <c r="H12" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>209</v>
+      </c>
+      <c r="B13" t="s">
+        <v>269</v>
+      </c>
+      <c r="C13" t="s">
+        <v>270</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>271</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>272</v>
+      </c>
+      <c r="H13" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>209</v>
+      </c>
+      <c r="B14" t="s">
+        <v>274</v>
+      </c>
+      <c r="C14" t="s">
+        <v>275</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>271</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>276</v>
+      </c>
+      <c r="H14" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>209</v>
+      </c>
+      <c r="B15" t="s">
+        <v>278</v>
+      </c>
+      <c r="C15" t="s">
+        <v>279</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>280</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>281</v>
+      </c>
+      <c r="H15" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>209</v>
+      </c>
+      <c r="B16" t="s">
+        <v>283</v>
+      </c>
+      <c r="C16" t="s">
+        <v>284</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>285</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>286</v>
+      </c>
+      <c r="H16" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>209</v>
+      </c>
+      <c r="B17" t="s">
+        <v>288</v>
+      </c>
+      <c r="C17" t="s">
+        <v>289</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>285</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>290</v>
+      </c>
+      <c r="H17" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>209</v>
+      </c>
+      <c r="B18" t="s">
+        <v>292</v>
+      </c>
+      <c r="C18" t="s">
+        <v>293</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>285</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>294</v>
+      </c>
+      <c r="H18" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>209</v>
+      </c>
+      <c r="B19" t="s">
+        <v>296</v>
+      </c>
+      <c r="C19" t="s">
+        <v>297</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>285</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>298</v>
+      </c>
+      <c r="H19" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>209</v>
+      </c>
+      <c r="B20" t="s">
+        <v>300</v>
+      </c>
+      <c r="C20" t="s">
+        <v>301</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>285</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>302</v>
+      </c>
+      <c r="H20" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>209</v>
+      </c>
+      <c r="B21" t="s">
+        <v>304</v>
+      </c>
+      <c r="C21" t="s">
+        <v>305</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>306</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>307</v>
+      </c>
+      <c r="H21" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>209</v>
+      </c>
+      <c r="B22" t="s">
+        <v>309</v>
+      </c>
+      <c r="C22" t="s">
+        <v>310</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>311</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>312</v>
+      </c>
+      <c r="H22" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>209</v>
+      </c>
+      <c r="B23" t="s">
+        <v>314</v>
+      </c>
+      <c r="C23" t="s">
+        <v>315</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>316</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>317</v>
+      </c>
+      <c r="H23" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>209</v>
+      </c>
+      <c r="B24" t="s">
+        <v>319</v>
+      </c>
+      <c r="C24" t="s">
+        <v>320</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>321</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>322</v>
+      </c>
+      <c r="H24" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>209</v>
+      </c>
+      <c r="B25" t="s">
+        <v>324</v>
+      </c>
+      <c r="C25" t="s">
+        <v>325</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>326</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>327</v>
+      </c>
+      <c r="H25" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>209</v>
+      </c>
+      <c r="B26" t="s">
+        <v>329</v>
+      </c>
+      <c r="C26" t="s">
+        <v>330</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>331</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>332</v>
+      </c>
+      <c r="H26" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>209</v>
+      </c>
+      <c r="B27" t="s">
+        <v>334</v>
+      </c>
+      <c r="C27" t="s">
+        <v>335</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>336</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>337</v>
+      </c>
+      <c r="H27" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>209</v>
+      </c>
+      <c r="B28" t="s">
+        <v>339</v>
+      </c>
+      <c r="C28" t="s">
+        <v>340</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>341</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>342</v>
+      </c>
+      <c r="H28" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>209</v>
+      </c>
+      <c r="B29" t="s">
+        <v>344</v>
+      </c>
+      <c r="C29" t="s">
+        <v>345</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>346</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>347</v>
+      </c>
+      <c r="H29" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>209</v>
+      </c>
+      <c r="B30" t="s">
+        <v>349</v>
+      </c>
+      <c r="C30" t="s">
+        <v>350</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>346</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>351</v>
+      </c>
+      <c r="H30" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>209</v>
+      </c>
+      <c r="B31" t="s">
+        <v>353</v>
+      </c>
+      <c r="C31" t="s">
+        <v>354</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>355</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>356</v>
+      </c>
+      <c r="H31" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>209</v>
+      </c>
+      <c r="B32" t="s">
+        <v>358</v>
+      </c>
+      <c r="C32" t="s">
+        <v>359</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>360</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>361</v>
+      </c>
+      <c r="H32" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>209</v>
+      </c>
+      <c r="B33" t="s">
+        <v>363</v>
+      </c>
+      <c r="C33" t="s">
+        <v>364</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>365</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>366</v>
+      </c>
+      <c r="H33" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>209</v>
+      </c>
+      <c r="B34" t="s">
+        <v>368</v>
+      </c>
+      <c r="C34" t="s">
+        <v>369</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>370</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>371</v>
+      </c>
+      <c r="H34" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>209</v>
+      </c>
+      <c r="B35" t="s">
+        <v>373</v>
+      </c>
+      <c r="C35" t="s">
+        <v>374</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>375</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>376</v>
+      </c>
+      <c r="H35" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>209</v>
+      </c>
+      <c r="B36" t="s">
+        <v>378</v>
+      </c>
+      <c r="C36" t="s">
+        <v>379</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>380</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>381</v>
+      </c>
+      <c r="H36" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>209</v>
+      </c>
+      <c r="B37" t="s">
+        <v>383</v>
+      </c>
+      <c r="C37" t="s">
+        <v>384</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>385</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>386</v>
+      </c>
+      <c r="H37" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>209</v>
+      </c>
+      <c r="B38" t="s">
+        <v>388</v>
+      </c>
+      <c r="C38" t="s">
+        <v>389</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>390</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>391</v>
+      </c>
+      <c r="H38" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>209</v>
+      </c>
+      <c r="B39" t="s">
+        <v>393</v>
+      </c>
+      <c r="C39" t="s">
+        <v>394</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>395</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>396</v>
+      </c>
+      <c r="H39" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>209</v>
+      </c>
+      <c r="B40" t="s">
+        <v>398</v>
+      </c>
+      <c r="C40" t="s">
+        <v>399</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>400</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>401</v>
+      </c>
+      <c r="H40" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>209</v>
+      </c>
+      <c r="B41" t="s">
+        <v>403</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>404</v>
+      </c>
+      <c r="E41" t="s">
+        <v>405</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>406</v>
+      </c>
+      <c r="H41" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>209</v>
+      </c>
+      <c r="B42" t="s">
+        <v>408</v>
+      </c>
+      <c r="C42" t="s">
+        <v>409</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>410</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>411</v>
+      </c>
+      <c r="H42" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>209</v>
+      </c>
+      <c r="B43" t="s">
+        <v>413</v>
+      </c>
+      <c r="C43" t="s">
+        <v>414</v>
+      </c>
+      <c r="D43" t="s">
+        <v>415</v>
+      </c>
+      <c r="E43" t="s">
+        <v>416</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>417</v>
+      </c>
+      <c r="H43" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>209</v>
+      </c>
+      <c r="B44" t="s">
+        <v>419</v>
+      </c>
+      <c r="C44" t="s">
+        <v>420</v>
+      </c>
+      <c r="D44" t="s">
+        <v>421</v>
+      </c>
+      <c r="E44" t="s">
+        <v>422</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>423</v>
+      </c>
+      <c r="H44" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>209</v>
+      </c>
+      <c r="B45" t="s">
+        <v>425</v>
+      </c>
+      <c r="C45" t="s">
+        <v>426</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>427</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>428</v>
+      </c>
+      <c r="H45" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>209</v>
+      </c>
+      <c r="B46" t="s">
+        <v>430</v>
+      </c>
+      <c r="C46" t="s">
+        <v>420</v>
+      </c>
+      <c r="D46" t="s">
+        <v>421</v>
+      </c>
+      <c r="E46" t="s">
+        <v>431</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>432</v>
+      </c>
+      <c r="H46" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>209</v>
+      </c>
+      <c r="B47" t="s">
+        <v>434</v>
+      </c>
+      <c r="C47" t="s">
+        <v>435</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>436</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>437</v>
+      </c>
+      <c r="H47" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>209</v>
+      </c>
+      <c r="B48" t="s">
+        <v>439</v>
+      </c>
+      <c r="C48" t="s">
+        <v>440</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>441</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>442</v>
+      </c>
+      <c r="H48" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>209</v>
+      </c>
+      <c r="B49" t="s">
+        <v>444</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>445</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>446</v>
+      </c>
+      <c r="H49" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>209</v>
+      </c>
+      <c r="B50" t="s">
+        <v>448</v>
+      </c>
+      <c r="C50" t="s">
+        <v>449</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>450</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>451</v>
+      </c>
+      <c r="H50" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>209</v>
+      </c>
+      <c r="B51" t="s">
+        <v>453</v>
+      </c>
+      <c r="C51" t="s">
+        <v>454</v>
+      </c>
+      <c r="D51" t="s">
+        <v>455</v>
+      </c>
+      <c r="E51" t="s">
+        <v>456</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>457</v>
+      </c>
+      <c r="H51" t="s">
+        <v>458</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I38"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>460</v>
+      </c>
+      <c r="B2" t="s">
+        <v>461</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>462</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>463</v>
+      </c>
+      <c r="H2" t="s">
+        <v>464</v>
+      </c>
+      <c r="I2" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>460</v>
+      </c>
+      <c r="B3" t="s">
+        <v>466</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>467</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>468</v>
+      </c>
+      <c r="H3" t="s">
+        <v>469</v>
+      </c>
+      <c r="I3" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>460</v>
+      </c>
+      <c r="B4" t="s">
+        <v>470</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>471</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>472</v>
+      </c>
+      <c r="H4" t="s">
+        <v>473</v>
+      </c>
+      <c r="I4" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>460</v>
+      </c>
+      <c r="B5" t="s">
+        <v>474</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>475</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>476</v>
+      </c>
+      <c r="H5" t="s">
+        <v>477</v>
+      </c>
+      <c r="I5" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>460</v>
+      </c>
+      <c r="B6" t="s">
+        <v>478</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>479</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>480</v>
+      </c>
+      <c r="H6" t="s">
+        <v>481</v>
+      </c>
+      <c r="I6" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>460</v>
+      </c>
+      <c r="B7" t="s">
+        <v>482</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>483</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>484</v>
+      </c>
+      <c r="H7" t="s">
+        <v>485</v>
+      </c>
+      <c r="I7" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>460</v>
+      </c>
+      <c r="B8" t="s">
+        <v>486</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>487</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>488</v>
+      </c>
+      <c r="H8" t="s">
+        <v>489</v>
+      </c>
+      <c r="I8" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>460</v>
+      </c>
+      <c r="B9" t="s">
+        <v>490</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>491</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>492</v>
+      </c>
+      <c r="H9" t="s">
+        <v>493</v>
+      </c>
+      <c r="I9" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>460</v>
+      </c>
+      <c r="B10" t="s">
+        <v>494</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>495</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>496</v>
+      </c>
+      <c r="H10" t="s">
+        <v>497</v>
+      </c>
+      <c r="I10" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>460</v>
+      </c>
+      <c r="B11" t="s">
+        <v>498</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>499</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>500</v>
+      </c>
+      <c r="H11" t="s">
+        <v>501</v>
+      </c>
+      <c r="I11" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>460</v>
+      </c>
+      <c r="B12" t="s">
+        <v>502</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>503</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>504</v>
+      </c>
+      <c r="H12" t="s">
+        <v>505</v>
+      </c>
+      <c r="I12" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>460</v>
+      </c>
+      <c r="B13" t="s">
+        <v>506</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>507</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>508</v>
+      </c>
+      <c r="H13" t="s">
+        <v>509</v>
+      </c>
+      <c r="I13" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>460</v>
+      </c>
+      <c r="B14" t="s">
+        <v>510</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>511</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>512</v>
+      </c>
+      <c r="H14" t="s">
+        <v>513</v>
+      </c>
+      <c r="I14" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>460</v>
+      </c>
+      <c r="B15" t="s">
+        <v>514</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>515</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>516</v>
+      </c>
+      <c r="H15" t="s">
+        <v>517</v>
+      </c>
+      <c r="I15" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>460</v>
+      </c>
+      <c r="B16" t="s">
+        <v>518</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>519</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>520</v>
+      </c>
+      <c r="H16" t="s">
+        <v>521</v>
+      </c>
+      <c r="I16" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>460</v>
+      </c>
+      <c r="B17" t="s">
+        <v>522</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>523</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>524</v>
+      </c>
+      <c r="H17" t="s">
+        <v>525</v>
+      </c>
+      <c r="I17" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>460</v>
+      </c>
+      <c r="B18" t="s">
+        <v>526</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>527</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>528</v>
+      </c>
+      <c r="H18" t="s">
+        <v>529</v>
+      </c>
+      <c r="I18" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>460</v>
+      </c>
+      <c r="B19" t="s">
+        <v>530</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>531</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>532</v>
+      </c>
+      <c r="H19" t="s">
+        <v>533</v>
+      </c>
+      <c r="I19" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>460</v>
+      </c>
+      <c r="B20" t="s">
+        <v>534</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>535</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>536</v>
+      </c>
+      <c r="H20" t="s">
+        <v>537</v>
+      </c>
+      <c r="I20" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>460</v>
+      </c>
+      <c r="B21" t="s">
+        <v>538</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>539</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>540</v>
+      </c>
+      <c r="H21" t="s">
+        <v>541</v>
+      </c>
+      <c r="I21" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>460</v>
+      </c>
+      <c r="B22" t="s">
+        <v>542</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>543</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>544</v>
+      </c>
+      <c r="H22" t="s">
+        <v>545</v>
+      </c>
+      <c r="I22" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>460</v>
+      </c>
+      <c r="B23" t="s">
+        <v>546</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>547</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>548</v>
+      </c>
+      <c r="H23" t="s">
+        <v>549</v>
+      </c>
+      <c r="I23" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>460</v>
+      </c>
+      <c r="B24" t="s">
+        <v>550</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>551</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>552</v>
+      </c>
+      <c r="H24" t="s">
+        <v>553</v>
+      </c>
+      <c r="I24" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>460</v>
+      </c>
+      <c r="B25" t="s">
+        <v>554</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>555</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>556</v>
+      </c>
+      <c r="H25" t="s">
+        <v>557</v>
+      </c>
+      <c r="I25" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>460</v>
+      </c>
+      <c r="B26" t="s">
+        <v>558</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>559</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>560</v>
+      </c>
+      <c r="H26" t="s">
+        <v>561</v>
+      </c>
+      <c r="I26" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>460</v>
+      </c>
+      <c r="B27" t="s">
+        <v>562</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>563</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>564</v>
+      </c>
+      <c r="H27" t="s">
+        <v>565</v>
+      </c>
+      <c r="I27" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>460</v>
+      </c>
+      <c r="B28" t="s">
+        <v>566</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>567</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>568</v>
+      </c>
+      <c r="H28" t="s">
+        <v>569</v>
+      </c>
+      <c r="I28" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>460</v>
+      </c>
+      <c r="B29" t="s">
+        <v>570</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>571</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>572</v>
+      </c>
+      <c r="H29" t="s">
+        <v>573</v>
+      </c>
+      <c r="I29" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>460</v>
+      </c>
+      <c r="B30" t="s">
+        <v>574</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>575</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>576</v>
+      </c>
+      <c r="H30" t="s">
+        <v>577</v>
+      </c>
+      <c r="I30" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>460</v>
+      </c>
+      <c r="B31" t="s">
+        <v>578</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>579</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>580</v>
+      </c>
+      <c r="H31" t="s">
+        <v>581</v>
+      </c>
+      <c r="I31" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>460</v>
+      </c>
+      <c r="B32" t="s">
+        <v>582</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>583</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>584</v>
+      </c>
+      <c r="H32" t="s">
+        <v>585</v>
+      </c>
+      <c r="I32" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>460</v>
+      </c>
+      <c r="B33" t="s">
+        <v>586</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>587</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>588</v>
+      </c>
+      <c r="H33" t="s">
+        <v>589</v>
+      </c>
+      <c r="I33" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>460</v>
+      </c>
+      <c r="B34" t="s">
+        <v>590</v>
+      </c>
+      <c r="C34" t="s">
+        <v>591</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>592</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>593</v>
+      </c>
+      <c r="H34" t="s">
+        <v>594</v>
+      </c>
+      <c r="I34" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>460</v>
+      </c>
+      <c r="B35" t="s">
+        <v>595</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>596</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>597</v>
+      </c>
+      <c r="H35" t="s">
+        <v>598</v>
+      </c>
+      <c r="I35" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>460</v>
+      </c>
+      <c r="B36" t="s">
+        <v>599</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>600</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>601</v>
+      </c>
+      <c r="H36" t="s">
+        <v>602</v>
+      </c>
+      <c r="I36" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>460</v>
+      </c>
+      <c r="B37" t="s">
+        <v>603</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>604</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>605</v>
+      </c>
+      <c r="H37" t="s">
+        <v>606</v>
+      </c>
+      <c r="I37" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>460</v>
+      </c>
+      <c r="B38" t="s">
+        <v>607</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>608</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>609</v>
+      </c>
+      <c r="H38" t="s">
+        <v>610</v>
+      </c>
+      <c r="I38" t="s">
+        <v>465</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>611</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>612</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>613</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>614</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>615</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>616</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>617</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>611</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>618</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>619</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>25</v>
+        <v>620</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>26</v>
+        <v>621</v>
       </c>
       <c r="H3" t="s">
-        <v>27</v>
+        <v>622</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>623</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>624</v>
       </c>
       <c r="C2" t="s">
-        <v>30</v>
+        <v>625</v>
       </c>
       <c r="D2" t="s">
-        <v>31</v>
+        <v>626</v>
       </c>
       <c r="E2" t="s">
-        <v>31</v>
+        <v>627</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>32</v>
+        <v>628</v>
       </c>
       <c r="H2" t="s">
-        <v>33</v>
+        <v>629</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>623</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>630</v>
       </c>
       <c r="C3" t="s">
-        <v>35</v>
+        <v>631</v>
       </c>
       <c r="D3" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>37</v>
+        <v>632</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>633</v>
       </c>
       <c r="H3" t="s">
-        <v>39</v>
+        <v>634</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>623</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>635</v>
       </c>
       <c r="C4" t="s">
-        <v>41</v>
+        <v>636</v>
       </c>
       <c r="D4" t="s">
-        <v>36</v>
+        <v>637</v>
       </c>
       <c r="E4" t="s">
-        <v>37</v>
+        <v>638</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>639</v>
       </c>
       <c r="H4" t="s">
-        <v>43</v>
+        <v>640</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>623</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>641</v>
       </c>
       <c r="C5" t="s">
-        <v>45</v>
+        <v>642</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>643</v>
       </c>
       <c r="E5" t="s">
-        <v>47</v>
+        <v>644</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>48</v>
+        <v>645</v>
       </c>
       <c r="H5" t="s">
-        <v>49</v>
+        <v>646</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>623</v>
+      </c>
+      <c r="B6" t="s">
+        <v>647</v>
+      </c>
+      <c r="C6" t="s">
+        <v>648</v>
+      </c>
+      <c r="D6" t="s">
+        <v>649</v>
+      </c>
+      <c r="E6" t="s">
+        <v>650</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>651</v>
+      </c>
+      <c r="H6" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>623</v>
+      </c>
+      <c r="B7" t="s">
+        <v>653</v>
+      </c>
+      <c r="C7" t="s">
+        <v>654</v>
+      </c>
+      <c r="D7" t="s">
+        <v>649</v>
+      </c>
+      <c r="E7" t="s">
+        <v>655</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>656</v>
+      </c>
+      <c r="H7" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>623</v>
+      </c>
+      <c r="B8" t="s">
+        <v>658</v>
+      </c>
+      <c r="C8" t="s">
+        <v>659</v>
+      </c>
+      <c r="D8" t="s">
+        <v>649</v>
+      </c>
+      <c r="E8" t="s">
+        <v>660</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>661</v>
+      </c>
+      <c r="H8" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>623</v>
+      </c>
+      <c r="B9" t="s">
+        <v>663</v>
+      </c>
+      <c r="C9" t="s">
+        <v>664</v>
+      </c>
+      <c r="D9" t="s">
+        <v>665</v>
+      </c>
+      <c r="E9" t="s">
+        <v>666</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>667</v>
+      </c>
+      <c r="H9" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>623</v>
+      </c>
+      <c r="B10" t="s">
+        <v>669</v>
+      </c>
+      <c r="C10" t="s">
+        <v>670</v>
+      </c>
+      <c r="D10" t="s">
+        <v>671</v>
+      </c>
+      <c r="E10" t="s">
+        <v>672</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>673</v>
+      </c>
+      <c r="H10" t="s">
+        <v>674</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>675</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>676</v>
       </c>
       <c r="C2" t="s">
-        <v>52</v>
+        <v>677</v>
       </c>
       <c r="D2" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>54</v>
+        <v>678</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>55</v>
+        <v>679</v>
       </c>
       <c r="H2" t="s">
-        <v>56</v>
+        <v>680</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>50</v>
+        <v>675</v>
       </c>
       <c r="B3" t="s">
-        <v>57</v>
+        <v>681</v>
       </c>
       <c r="C3" t="s">
-        <v>58</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>60</v>
+        <v>682</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>61</v>
+        <v>683</v>
       </c>
       <c r="H3" t="s">
-        <v>62</v>
-[...233 lines deleted...]
-        <v>115</v>
+        <v>684</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>685</v>
+      </c>
+      <c r="B2" t="s">
+        <v>686</v>
+      </c>
+      <c r="C2" t="s">
+        <v>687</v>
+      </c>
+      <c r="D2" t="s">
+        <v>688</v>
+      </c>
+      <c r="E2" t="s">
+        <v>689</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>690</v>
+      </c>
+      <c r="H2" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>685</v>
+      </c>
+      <c r="B3" t="s">
+        <v>692</v>
+      </c>
+      <c r="C3" t="s">
+        <v>693</v>
+      </c>
+      <c r="D3" t="s">
+        <v>232</v>
+      </c>
+      <c r="E3" t="s">
+        <v>694</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>695</v>
+      </c>
+      <c r="H3" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>685</v>
+      </c>
+      <c r="B4" t="s">
+        <v>697</v>
+      </c>
+      <c r="C4" t="s">
+        <v>698</v>
+      </c>
+      <c r="D4" t="s">
+        <v>699</v>
+      </c>
+      <c r="E4" t="s">
+        <v>700</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>701</v>
+      </c>
+      <c r="H4" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>685</v>
+      </c>
+      <c r="B5" t="s">
+        <v>703</v>
+      </c>
+      <c r="C5" t="s">
+        <v>704</v>
+      </c>
+      <c r="D5" t="s">
+        <v>705</v>
+      </c>
+      <c r="E5" t="s">
+        <v>706</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>707</v>
+      </c>
+      <c r="H5" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>685</v>
+      </c>
+      <c r="B6" t="s">
+        <v>709</v>
+      </c>
+      <c r="C6" t="s">
+        <v>710</v>
+      </c>
+      <c r="D6" t="s">
+        <v>711</v>
+      </c>
+      <c r="E6" t="s">
+        <v>712</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>713</v>
+      </c>
+      <c r="H6" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>685</v>
+      </c>
+      <c r="B7" t="s">
+        <v>715</v>
+      </c>
+      <c r="C7" t="s">
+        <v>716</v>
+      </c>
+      <c r="D7" t="s">
+        <v>717</v>
+      </c>
+      <c r="E7" t="s">
+        <v>718</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>719</v>
+      </c>
+      <c r="H7" t="s">
+        <v>720</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>721</v>
+      </c>
+      <c r="B2" t="s">
+        <v>722</v>
+      </c>
+      <c r="C2" t="s">
+        <v>723</v>
+      </c>
+      <c r="D2" t="s">
+        <v>724</v>
+      </c>
+      <c r="E2" t="s">
+        <v>725</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>726</v>
+      </c>
+      <c r="H2" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>721</v>
+      </c>
+      <c r="B3" t="s">
+        <v>728</v>
+      </c>
+      <c r="C3" t="s">
+        <v>729</v>
+      </c>
+      <c r="D3" t="s">
+        <v>232</v>
+      </c>
+      <c r="E3" t="s">
+        <v>730</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>731</v>
+      </c>
+      <c r="H3" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>721</v>
+      </c>
+      <c r="B4" t="s">
+        <v>733</v>
+      </c>
+      <c r="C4" t="s">
+        <v>734</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>735</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>736</v>
+      </c>
+      <c r="H4" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>721</v>
+      </c>
+      <c r="B5" t="s">
+        <v>738</v>
+      </c>
+      <c r="C5" t="s">
+        <v>739</v>
+      </c>
+      <c r="D5" t="s">
+        <v>421</v>
+      </c>
+      <c r="E5" t="s">
+        <v>740</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>741</v>
+      </c>
+      <c r="H5" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>721</v>
+      </c>
+      <c r="B6" t="s">
+        <v>743</v>
+      </c>
+      <c r="C6" t="s">
+        <v>744</v>
+      </c>
+      <c r="D6" t="s">
+        <v>745</v>
+      </c>
+      <c r="E6" t="s">
+        <v>746</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>747</v>
+      </c>
+      <c r="H6" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>721</v>
+      </c>
+      <c r="B7" t="s">
+        <v>749</v>
+      </c>
+      <c r="C7" t="s">
+        <v>750</v>
+      </c>
+      <c r="D7" t="s">
+        <v>751</v>
+      </c>
+      <c r="E7" t="s">
+        <v>752</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>753</v>
+      </c>
+      <c r="H7" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>721</v>
+      </c>
+      <c r="B8" t="s">
+        <v>755</v>
+      </c>
+      <c r="C8" t="s">
+        <v>756</v>
+      </c>
+      <c r="D8" t="s">
+        <v>757</v>
+      </c>
+      <c r="E8" t="s">
+        <v>758</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>759</v>
+      </c>
+      <c r="H8" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>721</v>
+      </c>
+      <c r="B9" t="s">
+        <v>761</v>
+      </c>
+      <c r="C9" t="s">
+        <v>762</v>
+      </c>
+      <c r="D9" t="s">
+        <v>763</v>
+      </c>
+      <c r="E9" t="s">
+        <v>764</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>765</v>
+      </c>
+      <c r="H9" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>721</v>
+      </c>
+      <c r="B10" t="s">
+        <v>767</v>
+      </c>
+      <c r="C10" t="s">
+        <v>768</v>
+      </c>
+      <c r="D10" t="s">
+        <v>769</v>
+      </c>
+      <c r="E10" t="s">
+        <v>770</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>771</v>
+      </c>
+      <c r="H10" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>721</v>
+      </c>
+      <c r="B11" t="s">
+        <v>773</v>
+      </c>
+      <c r="C11" t="s">
+        <v>774</v>
+      </c>
+      <c r="D11" t="s">
+        <v>775</v>
+      </c>
+      <c r="E11" t="s">
+        <v>776</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>777</v>
+      </c>
+      <c r="H11" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>721</v>
+      </c>
+      <c r="B12" t="s">
+        <v>779</v>
+      </c>
+      <c r="C12" t="s">
+        <v>780</v>
+      </c>
+      <c r="D12" t="s">
+        <v>781</v>
+      </c>
+      <c r="E12" t="s">
+        <v>782</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>783</v>
+      </c>
+      <c r="H12" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>721</v>
+      </c>
+      <c r="B13" t="s">
+        <v>785</v>
+      </c>
+      <c r="C13" t="s">
+        <v>786</v>
+      </c>
+      <c r="D13" t="s">
+        <v>787</v>
+      </c>
+      <c r="E13" t="s">
+        <v>788</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>789</v>
+      </c>
+      <c r="H13" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>721</v>
+      </c>
+      <c r="B14" t="s">
+        <v>791</v>
+      </c>
+      <c r="C14" t="s">
+        <v>792</v>
+      </c>
+      <c r="D14" t="s">
+        <v>793</v>
+      </c>
+      <c r="E14" t="s">
+        <v>793</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>794</v>
+      </c>
+      <c r="H14" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>721</v>
+      </c>
+      <c r="B15" t="s">
+        <v>796</v>
+      </c>
+      <c r="C15" t="s">
+        <v>797</v>
+      </c>
+      <c r="D15" t="s">
+        <v>798</v>
+      </c>
+      <c r="E15" t="s">
+        <v>799</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>800</v>
+      </c>
+      <c r="H15" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>721</v>
+      </c>
+      <c r="B16" t="s">
+        <v>802</v>
+      </c>
+      <c r="C16" t="s">
+        <v>803</v>
+      </c>
+      <c r="D16" t="s">
+        <v>798</v>
+      </c>
+      <c r="E16" t="s">
+        <v>799</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>804</v>
+      </c>
+      <c r="H16" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>721</v>
+      </c>
+      <c r="B17" t="s">
+        <v>806</v>
+      </c>
+      <c r="C17" t="s">
+        <v>807</v>
+      </c>
+      <c r="D17" t="s">
+        <v>808</v>
+      </c>
+      <c r="E17" t="s">
+        <v>809</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>810</v>
+      </c>
+      <c r="H17" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>721</v>
+      </c>
+      <c r="B18" t="s">
+        <v>812</v>
+      </c>
+      <c r="C18" t="s">
+        <v>813</v>
+      </c>
+      <c r="D18" t="s">
+        <v>814</v>
+      </c>
+      <c r="E18" t="s">
+        <v>815</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>816</v>
+      </c>
+      <c r="H18" t="s">
+        <v>817</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>116</v>
+        <v>818</v>
       </c>
       <c r="B2" t="s">
-        <v>117</v>
+        <v>819</v>
       </c>
       <c r="C2" t="s">
-        <v>118</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>119</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>120</v>
+        <v>820</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>121</v>
+        <v>821</v>
       </c>
       <c r="H2" t="s">
-        <v>122</v>
+        <v>822</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...446 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>