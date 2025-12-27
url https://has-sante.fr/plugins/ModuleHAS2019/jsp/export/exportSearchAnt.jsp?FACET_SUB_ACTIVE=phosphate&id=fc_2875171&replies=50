--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -45,51 +45,51 @@
     <sheet name="Export Communiqué de presse" r:id="rId11" sheetId="9"/>
     <sheet name="Export Evaluation des technolog" r:id="rId12" sheetId="10"/>
     <sheet name="Export Avis et décisions de la " r:id="rId13" sheetId="11"/>
     <sheet name="Export Medicament" r:id="rId14" sheetId="12"/>
     <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2140" uniqueCount="1315">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2164" uniqueCount="1332">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -677,50 +677,65 @@
   <si>
     <t>c_398686</t>
   </si>
   <si>
     <t>LINK SARL (France)</t>
   </si>
   <si>
     <t>CYSTISTAT 40mg/50ml</t>
   </si>
   <si>
     <t>05/04/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398770/fr/cystistat-40mg/50ml</t>
   </si>
   <si>
     <t>c_398770</t>
   </si>
   <si>
     <t>BIONICHE</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Maladies des exostoses multiples</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de MEM. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806315/fr/maladies-des-exostoses-multiples</t>
+  </si>
+  <si>
+    <t>p_3806315</t>
+  </si>
+  <si>
     <t>Hypoparathyroïdie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
   </si>
   <si>
     <t>c_2789355</t>
   </si>
   <si>
     <t>Mucopolysaccharidoses (MPS)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/01/2025 08:28:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
@@ -1892,50 +1907,68 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
   </si>
   <si>
     <t>p_3221567</t>
   </si>
   <si>
     <t>Prise en charge des patients hémodialysés chroniques (DIA)</t>
   </si>
   <si>
     <t>Résultats nationaux campagne 2017 des indicateurs sur la prise en charge des patients hémodialysés chroniques.</t>
   </si>
   <si>
     <t>19/12/2017 10:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2677037/fr/prise-en-charge-des-patients-hemodialyses-chroniques-dia</t>
   </si>
   <si>
     <t>c_2677037</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
+    <t>FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale - Avis</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour l’avis concernant l’évaluation de la pertinence d’intégrer FLUCELVAX dans la stratégie vaccinale antigrippale chez l’enfant à partir de 6 mois, suite à l’extension de son indication.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2025 09:50:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3804134/fr/flucelvax-integration-de-l-extension-d-indication-chez-l-enfant-a-partir-de-6-mois-dans-la-strategie-antigrippale-avis</t>
+  </si>
+  <si>
+    <t>p_3804134</t>
+  </si>
+  <si>
     <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
   </si>
   <si>
     <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
   </si>
   <si>
     <t>07/07/2025 18:09:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3634637</t>
   </si>
   <si>
     <t>Élargissement des critères d'éligibilité à la vaccination antipneumococcique chez les adultes - Recommandation vaccinale</t>
   </si>
   <si>
     <t>La HAS publie ce jour la recommandation pour la vaccination contre les infections à pneumocoques chez les adultes séniors, tous niveaux de risque inclus.</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>28/01/2025 10:58:00</t>
@@ -2058,50 +2091,68 @@
     <t>Le guide a pour objectifs l’élaboration de préconisations spécifiques pour l’administration des médicaments et la mise à disposition pour les professionnels d’outils d’auto-évaluation et de sécurisation. Ces outils régulièrement utilisés à l’étranger sont adaptés au contexte français</t>
   </si>
   <si>
     <t>17/03/2016 12:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_946211/fr/outils-de-securisation-et-d-auto-evaluation-de-l-administration-des-medicaments</t>
   </si>
   <si>
     <t>c_946211</t>
   </si>
   <si>
     <t>Sondage urinaire</t>
   </si>
   <si>
     <t>01/06/2005 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_447551/fr/sondage-urinaire</t>
   </si>
   <si>
     <t>c_447551</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire – Actualisation des recommandations de santé publique</t>
+  </si>
+  <si>
+    <t>La note de cadrage décrit le périmètre et la méthodologie du projet d’actualisation par la HAS de la recommandation de 2010 sur la prévention de la carie dentaire. Ce travail, inscrit dans le cadre du programme « Génération sans caries », vise à renforcer et actualiser les stratégies de prévention bucco-dentaire en France.</t>
+  </si>
+  <si>
+    <t>05/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737852/fr/strategies-de-prevention-de-la-carie-dentaire-actualisation-des-recommandations-de-sante-publique</t>
+  </si>
+  <si>
+    <t>p_3737852</t>
   </si>
   <si>
     <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
   </si>
   <si>
     <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
   </si>
   <si>
     <t>13/02/2024 13:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
   </si>
   <si>
     <t>p_3426280</t>
   </si>
   <si>
     <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
     <t>22/01/2020 00:00:00</t>
   </si>
@@ -5112,2486 +5163,2486 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B2" t="s">
-        <v>803</v>
+        <v>820</v>
       </c>
       <c r="C2" t="s">
-        <v>804</v>
+        <v>821</v>
       </c>
       <c r="D2" t="s">
-        <v>805</v>
+        <v>822</v>
       </c>
       <c r="E2" t="s">
-        <v>806</v>
+        <v>823</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>807</v>
+        <v>824</v>
       </c>
       <c r="H2" t="s">
-        <v>808</v>
+        <v>825</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B3" t="s">
-        <v>809</v>
+        <v>826</v>
       </c>
       <c r="C3" t="s">
-        <v>810</v>
+        <v>827</v>
       </c>
       <c r="D3" t="s">
-        <v>805</v>
+        <v>822</v>
       </c>
       <c r="E3" t="s">
-        <v>811</v>
+        <v>828</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>812</v>
+        <v>829</v>
       </c>
       <c r="H3" t="s">
-        <v>813</v>
+        <v>830</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B4" t="s">
-        <v>814</v>
+        <v>831</v>
       </c>
       <c r="C4" t="s">
-        <v>815</v>
+        <v>832</v>
       </c>
       <c r="D4" t="s">
-        <v>816</v>
+        <v>833</v>
       </c>
       <c r="E4" t="s">
-        <v>817</v>
+        <v>834</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>818</v>
+        <v>835</v>
       </c>
       <c r="H4" t="s">
-        <v>819</v>
+        <v>836</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B5" t="s">
-        <v>820</v>
+        <v>837</v>
       </c>
       <c r="C5" t="s">
-        <v>821</v>
+        <v>838</v>
       </c>
       <c r="D5" t="s">
-        <v>822</v>
+        <v>839</v>
       </c>
       <c r="E5" t="s">
-        <v>823</v>
+        <v>840</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>824</v>
+        <v>841</v>
       </c>
       <c r="H5" t="s">
-        <v>825</v>
+        <v>842</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B6" t="s">
-        <v>826</v>
+        <v>843</v>
       </c>
       <c r="C6" t="s">
-        <v>827</v>
+        <v>844</v>
       </c>
       <c r="D6" t="s">
-        <v>828</v>
+        <v>845</v>
       </c>
       <c r="E6" t="s">
-        <v>829</v>
+        <v>846</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>830</v>
+        <v>847</v>
       </c>
       <c r="H6" t="s">
-        <v>831</v>
+        <v>848</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B7" t="s">
-        <v>832</v>
+        <v>849</v>
       </c>
       <c r="C7" t="s">
-        <v>833</v>
+        <v>850</v>
       </c>
       <c r="D7" t="s">
-        <v>834</v>
+        <v>851</v>
       </c>
       <c r="E7" t="s">
-        <v>835</v>
+        <v>852</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>836</v>
+        <v>853</v>
       </c>
       <c r="H7" t="s">
-        <v>837</v>
+        <v>854</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B8" t="s">
-        <v>838</v>
+        <v>855</v>
       </c>
       <c r="C8" t="s">
-        <v>839</v>
+        <v>856</v>
       </c>
       <c r="D8" t="s">
-        <v>840</v>
+        <v>857</v>
       </c>
       <c r="E8" t="s">
-        <v>841</v>
+        <v>858</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>842</v>
+        <v>859</v>
       </c>
       <c r="H8" t="s">
-        <v>843</v>
+        <v>860</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B9" t="s">
-        <v>844</v>
+        <v>861</v>
       </c>
       <c r="C9" t="s">
-        <v>845</v>
+        <v>862</v>
       </c>
       <c r="D9" t="s">
-        <v>846</v>
+        <v>863</v>
       </c>
       <c r="E9" t="s">
-        <v>847</v>
+        <v>864</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>848</v>
+        <v>865</v>
       </c>
       <c r="H9" t="s">
-        <v>849</v>
+        <v>866</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B10" t="s">
-        <v>850</v>
+        <v>867</v>
       </c>
       <c r="C10" t="s">
-        <v>851</v>
+        <v>868</v>
       </c>
       <c r="D10" t="s">
-        <v>852</v>
+        <v>869</v>
       </c>
       <c r="E10" t="s">
-        <v>853</v>
+        <v>870</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>854</v>
+        <v>871</v>
       </c>
       <c r="H10" t="s">
-        <v>855</v>
+        <v>872</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B11" t="s">
-        <v>856</v>
+        <v>873</v>
       </c>
       <c r="C11" t="s">
-        <v>857</v>
+        <v>874</v>
       </c>
       <c r="D11" t="s">
         <v>107</v>
       </c>
       <c r="E11" t="s">
-        <v>858</v>
+        <v>875</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>859</v>
+        <v>876</v>
       </c>
       <c r="H11" t="s">
-        <v>860</v>
+        <v>877</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B12" t="s">
-        <v>861</v>
+        <v>878</v>
       </c>
       <c r="C12" t="s">
-        <v>862</v>
+        <v>879</v>
       </c>
       <c r="D12" t="s">
-        <v>863</v>
+        <v>880</v>
       </c>
       <c r="E12" t="s">
-        <v>864</v>
+        <v>881</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>865</v>
+        <v>882</v>
       </c>
       <c r="H12" t="s">
-        <v>866</v>
+        <v>883</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B13" t="s">
-        <v>867</v>
+        <v>884</v>
       </c>
       <c r="C13" t="s">
-        <v>868</v>
+        <v>885</v>
       </c>
       <c r="D13" t="s">
-        <v>869</v>
+        <v>886</v>
       </c>
       <c r="E13" t="s">
-        <v>870</v>
+        <v>887</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>871</v>
+        <v>888</v>
       </c>
       <c r="H13" t="s">
-        <v>872</v>
+        <v>889</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B14" t="s">
-        <v>873</v>
+        <v>890</v>
       </c>
       <c r="C14" t="s">
-        <v>874</v>
+        <v>891</v>
       </c>
       <c r="D14" t="s">
-        <v>875</v>
+        <v>892</v>
       </c>
       <c r="E14" t="s">
-        <v>876</v>
+        <v>893</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>877</v>
+        <v>894</v>
       </c>
       <c r="H14" t="s">
-        <v>878</v>
+        <v>895</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B15" t="s">
-        <v>879</v>
+        <v>896</v>
       </c>
       <c r="C15" t="s">
-        <v>880</v>
+        <v>897</v>
       </c>
       <c r="D15" t="s">
-        <v>881</v>
+        <v>898</v>
       </c>
       <c r="E15" t="s">
-        <v>882</v>
+        <v>899</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>883</v>
+        <v>900</v>
       </c>
       <c r="H15" t="s">
-        <v>884</v>
+        <v>901</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B16" t="s">
-        <v>885</v>
+        <v>902</v>
       </c>
       <c r="C16" t="s">
-        <v>886</v>
+        <v>903</v>
       </c>
       <c r="D16" t="s">
-        <v>887</v>
+        <v>904</v>
       </c>
       <c r="E16" t="s">
-        <v>888</v>
+        <v>905</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>889</v>
+        <v>906</v>
       </c>
       <c r="H16" t="s">
-        <v>890</v>
+        <v>907</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B17" t="s">
-        <v>891</v>
+        <v>908</v>
       </c>
       <c r="C17" t="s">
-        <v>892</v>
+        <v>909</v>
       </c>
       <c r="D17" t="s">
-        <v>893</v>
+        <v>910</v>
       </c>
       <c r="E17" t="s">
-        <v>894</v>
+        <v>911</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>895</v>
+        <v>912</v>
       </c>
       <c r="H17" t="s">
-        <v>896</v>
+        <v>913</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B18" t="s">
-        <v>897</v>
+        <v>914</v>
       </c>
       <c r="C18" t="s">
-        <v>898</v>
+        <v>915</v>
       </c>
       <c r="D18" t="s">
-        <v>899</v>
+        <v>916</v>
       </c>
       <c r="E18" t="s">
-        <v>900</v>
+        <v>917</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>901</v>
+        <v>918</v>
       </c>
       <c r="H18" t="s">
-        <v>902</v>
+        <v>919</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B19" t="s">
-        <v>903</v>
+        <v>920</v>
       </c>
       <c r="C19" t="s">
-        <v>904</v>
+        <v>921</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>905</v>
+        <v>922</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>906</v>
+        <v>923</v>
       </c>
       <c r="H19" t="s">
-        <v>907</v>
+        <v>924</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>802</v>
+        <v>819</v>
       </c>
       <c r="B20" t="s">
-        <v>908</v>
+        <v>925</v>
       </c>
       <c r="C20" t="s">
-        <v>909</v>
+        <v>926</v>
       </c>
       <c r="D20" t="s">
-        <v>910</v>
+        <v>927</v>
       </c>
       <c r="E20" t="s">
-        <v>911</v>
+        <v>928</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>912</v>
+        <v>929</v>
       </c>
       <c r="H20" t="s">
-        <v>913</v>
+        <v>930</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>914</v>
+        <v>931</v>
       </c>
       <c r="B2" t="s">
-        <v>915</v>
+        <v>932</v>
       </c>
       <c r="C2" t="s">
-        <v>916</v>
+        <v>933</v>
       </c>
       <c r="D2" t="s">
-        <v>917</v>
+        <v>934</v>
       </c>
       <c r="E2" t="s">
-        <v>918</v>
+        <v>935</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>919</v>
+        <v>936</v>
       </c>
       <c r="H2" t="s">
-        <v>920</v>
+        <v>937</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>914</v>
+        <v>931</v>
       </c>
       <c r="B3" t="s">
-        <v>921</v>
+        <v>938</v>
       </c>
       <c r="C3" t="s">
-        <v>922</v>
+        <v>939</v>
       </c>
       <c r="D3" t="s">
-        <v>923</v>
+        <v>940</v>
       </c>
       <c r="E3" t="s">
-        <v>924</v>
+        <v>941</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>925</v>
+        <v>942</v>
       </c>
       <c r="H3" t="s">
-        <v>926</v>
+        <v>943</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>914</v>
+        <v>931</v>
       </c>
       <c r="B4" t="s">
-        <v>927</v>
+        <v>944</v>
       </c>
       <c r="C4" t="s">
-        <v>928</v>
+        <v>945</v>
       </c>
       <c r="D4" t="s">
-        <v>929</v>
+        <v>946</v>
       </c>
       <c r="E4" t="s">
-        <v>930</v>
+        <v>947</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>931</v>
+        <v>948</v>
       </c>
       <c r="H4" t="s">
-        <v>932</v>
+        <v>949</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>914</v>
+        <v>931</v>
       </c>
       <c r="B5" t="s">
-        <v>933</v>
+        <v>950</v>
       </c>
       <c r="C5" t="s">
-        <v>934</v>
+        <v>951</v>
       </c>
       <c r="D5" t="s">
-        <v>935</v>
+        <v>952</v>
       </c>
       <c r="E5" t="s">
-        <v>936</v>
+        <v>953</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>937</v>
+        <v>954</v>
       </c>
       <c r="H5" t="s">
-        <v>938</v>
+        <v>955</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>914</v>
+        <v>931</v>
       </c>
       <c r="B6" t="s">
-        <v>939</v>
+        <v>956</v>
       </c>
       <c r="C6" t="s">
-        <v>940</v>
+        <v>957</v>
       </c>
       <c r="D6" t="s">
-        <v>941</v>
+        <v>958</v>
       </c>
       <c r="E6" t="s">
-        <v>942</v>
+        <v>959</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>943</v>
+        <v>960</v>
       </c>
       <c r="H6" t="s">
-        <v>944</v>
+        <v>961</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>914</v>
+        <v>931</v>
       </c>
       <c r="B7" t="s">
-        <v>945</v>
+        <v>962</v>
       </c>
       <c r="C7" t="s">
-        <v>946</v>
+        <v>963</v>
       </c>
       <c r="D7" t="s">
-        <v>947</v>
+        <v>964</v>
       </c>
       <c r="E7" t="s">
-        <v>948</v>
+        <v>965</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>949</v>
+        <v>966</v>
       </c>
       <c r="H7" t="s">
-        <v>950</v>
+        <v>967</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>914</v>
+        <v>931</v>
       </c>
       <c r="B8" t="s">
-        <v>951</v>
+        <v>968</v>
       </c>
       <c r="C8" t="s">
-        <v>952</v>
+        <v>969</v>
       </c>
       <c r="D8" t="s">
-        <v>953</v>
+        <v>970</v>
       </c>
       <c r="E8" t="s">
-        <v>954</v>
+        <v>971</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>955</v>
+        <v>972</v>
       </c>
       <c r="H8" t="s">
-        <v>956</v>
+        <v>973</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>914</v>
+        <v>931</v>
       </c>
       <c r="B9" t="s">
-        <v>957</v>
+        <v>974</v>
       </c>
       <c r="C9" t="s">
-        <v>958</v>
+        <v>975</v>
       </c>
       <c r="D9" t="s">
-        <v>959</v>
+        <v>976</v>
       </c>
       <c r="E9" t="s">
-        <v>960</v>
+        <v>977</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>961</v>
+        <v>978</v>
       </c>
       <c r="H9" t="s">
-        <v>962</v>
+        <v>979</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AL37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>963</v>
+        <v>980</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>964</v>
+        <v>981</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B2" t="s">
-        <v>966</v>
+        <v>983</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>967</v>
+        <v>984</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>968</v>
+        <v>985</v>
       </c>
       <c r="H2" t="s">
-        <v>969</v>
+        <v>986</v>
       </c>
       <c r="I2" t="s">
-        <v>970</v>
+        <v>987</v>
       </c>
       <c r="J2" t="s">
-        <v>971</v>
+        <v>988</v>
       </c>
       <c r="K2" t="s">
-        <v>972</v>
+        <v>989</v>
       </c>
       <c r="L2" t="s">
-        <v>973</v>
+        <v>990</v>
       </c>
       <c r="M2" t="s">
-        <v>974</v>
+        <v>991</v>
       </c>
       <c r="N2" t="s">
-        <v>975</v>
+        <v>992</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B3" t="s">
-        <v>976</v>
+        <v>993</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>977</v>
+        <v>994</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>978</v>
+        <v>995</v>
       </c>
       <c r="H3" t="s">
-        <v>979</v>
+        <v>996</v>
       </c>
       <c r="I3" t="s">
-        <v>980</v>
+        <v>997</v>
       </c>
       <c r="J3" t="s">
-        <v>981</v>
+        <v>998</v>
       </c>
       <c r="K3" t="s">
-        <v>982</v>
+        <v>999</v>
       </c>
       <c r="L3" t="s">
-        <v>983</v>
+        <v>1000</v>
       </c>
       <c r="M3" t="s">
-        <v>984</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B4" t="s">
-        <v>985</v>
+        <v>1002</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>986</v>
+        <v>1003</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>987</v>
+        <v>1004</v>
       </c>
       <c r="H4" t="s">
-        <v>988</v>
+        <v>1005</v>
       </c>
       <c r="I4" t="s">
-        <v>989</v>
+        <v>1006</v>
       </c>
       <c r="J4" t="s">
-        <v>990</v>
+        <v>1007</v>
       </c>
       <c r="K4" t="s">
-        <v>991</v>
+        <v>1008</v>
       </c>
       <c r="L4" t="s">
-        <v>992</v>
+        <v>1009</v>
       </c>
       <c r="M4" t="s">
-        <v>993</v>
+        <v>1010</v>
       </c>
       <c r="N4" t="s">
-        <v>994</v>
+        <v>1011</v>
       </c>
       <c r="O4" t="s">
-        <v>995</v>
+        <v>1012</v>
       </c>
       <c r="P4" t="s">
-        <v>996</v>
+        <v>1013</v>
       </c>
       <c r="Q4" t="s">
-        <v>997</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B5" t="s">
-        <v>998</v>
+        <v>1015</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>999</v>
+        <v>1016</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>1000</v>
+        <v>1017</v>
       </c>
       <c r="H5" t="s">
-        <v>1001</v>
+        <v>1018</v>
       </c>
       <c r="I5" t="s">
-        <v>1002</v>
+        <v>1019</v>
       </c>
       <c r="J5" t="s">
-        <v>1003</v>
+        <v>1020</v>
       </c>
       <c r="K5" t="s">
-        <v>1004</v>
+        <v>1021</v>
       </c>
       <c r="L5" t="s">
-        <v>1005</v>
+        <v>1022</v>
       </c>
       <c r="M5" t="s">
-        <v>1006</v>
+        <v>1023</v>
       </c>
       <c r="N5" t="s">
-        <v>1007</v>
+        <v>1024</v>
       </c>
       <c r="O5" t="s">
-        <v>1008</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B6" t="s">
-        <v>1009</v>
+        <v>1026</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>999</v>
+        <v>1016</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>1010</v>
+        <v>1027</v>
       </c>
       <c r="H6" t="s">
-        <v>1011</v>
+        <v>1028</v>
       </c>
       <c r="I6" t="s">
-        <v>1012</v>
+        <v>1029</v>
       </c>
       <c r="J6" t="s">
-        <v>1013</v>
+        <v>1030</v>
       </c>
       <c r="K6" t="s">
-        <v>1014</v>
+        <v>1031</v>
       </c>
       <c r="L6" t="s">
-        <v>1015</v>
+        <v>1032</v>
       </c>
       <c r="M6" t="s">
-        <v>1016</v>
+        <v>1033</v>
       </c>
       <c r="N6" t="s">
-        <v>1017</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B7" t="s">
-        <v>1018</v>
+        <v>1035</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>1019</v>
+        <v>1036</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>1020</v>
+        <v>1037</v>
       </c>
       <c r="H7" t="s">
-        <v>1021</v>
+        <v>1038</v>
       </c>
       <c r="I7" t="s">
-        <v>1022</v>
+        <v>1039</v>
       </c>
       <c r="J7" t="s">
-        <v>1023</v>
+        <v>1040</v>
       </c>
       <c r="K7" t="s">
-        <v>1024</v>
+        <v>1041</v>
       </c>
       <c r="L7" t="s">
-        <v>1025</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B8" t="s">
-        <v>1026</v>
+        <v>1043</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>1027</v>
+        <v>1044</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>1028</v>
+        <v>1045</v>
       </c>
       <c r="H8" t="s">
-        <v>1029</v>
+        <v>1046</v>
       </c>
       <c r="I8" t="s">
-        <v>1030</v>
+        <v>1047</v>
       </c>
       <c r="J8" t="s">
-        <v>981</v>
+        <v>998</v>
       </c>
       <c r="K8" t="s">
-        <v>1031</v>
+        <v>1048</v>
       </c>
       <c r="L8" t="s">
-        <v>1032</v>
+        <v>1049</v>
       </c>
       <c r="M8" t="s">
-        <v>1033</v>
+        <v>1050</v>
       </c>
       <c r="N8" t="s">
-        <v>1034</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B9" t="s">
-        <v>1035</v>
+        <v>1052</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>1036</v>
+        <v>1053</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>1037</v>
+        <v>1054</v>
       </c>
       <c r="H9" t="s">
-        <v>1038</v>
+        <v>1055</v>
       </c>
       <c r="I9" t="s">
-        <v>1039</v>
+        <v>1056</v>
       </c>
       <c r="J9" t="s">
-        <v>1003</v>
+        <v>1020</v>
       </c>
       <c r="K9" t="s">
-        <v>1040</v>
+        <v>1057</v>
       </c>
       <c r="L9" t="s">
-        <v>1041</v>
+        <v>1058</v>
       </c>
       <c r="M9" t="s">
-        <v>1042</v>
+        <v>1059</v>
       </c>
       <c r="N9" t="s">
-        <v>1043</v>
+        <v>1060</v>
       </c>
       <c r="O9" t="s">
-        <v>1044</v>
+        <v>1061</v>
       </c>
       <c r="P9" t="s">
-        <v>1045</v>
+        <v>1062</v>
       </c>
       <c r="Q9" t="s">
-        <v>1046</v>
+        <v>1063</v>
       </c>
       <c r="R9" t="s">
-        <v>1047</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B10" t="s">
-        <v>1048</v>
+        <v>1065</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>1049</v>
+        <v>1066</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>1050</v>
+        <v>1067</v>
       </c>
       <c r="H10" t="s">
-        <v>1051</v>
+        <v>1068</v>
       </c>
       <c r="I10" t="s">
-        <v>1052</v>
+        <v>1069</v>
       </c>
       <c r="J10" t="s">
-        <v>1023</v>
+        <v>1040</v>
       </c>
       <c r="K10" t="s">
-        <v>1053</v>
+        <v>1070</v>
       </c>
       <c r="L10" t="s">
-        <v>1054</v>
+        <v>1071</v>
       </c>
       <c r="M10" t="s">
-        <v>1055</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B11" t="s">
-        <v>1056</v>
+        <v>1073</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>1057</v>
+        <v>1074</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>1058</v>
+        <v>1075</v>
       </c>
       <c r="H11" t="s">
-        <v>1059</v>
+        <v>1076</v>
       </c>
       <c r="I11" t="s">
-        <v>1060</v>
+        <v>1077</v>
       </c>
       <c r="J11" t="s">
-        <v>1061</v>
+        <v>1078</v>
       </c>
       <c r="K11" t="s">
-        <v>1062</v>
+        <v>1079</v>
       </c>
       <c r="L11" t="s">
-        <v>1063</v>
+        <v>1080</v>
       </c>
       <c r="M11" t="s">
-        <v>1064</v>
+        <v>1081</v>
       </c>
       <c r="N11" t="s">
-        <v>1065</v>
+        <v>1082</v>
       </c>
       <c r="O11" t="s">
-        <v>1066</v>
+        <v>1083</v>
       </c>
       <c r="P11" t="s">
-        <v>1067</v>
+        <v>1084</v>
       </c>
       <c r="Q11" t="s">
-        <v>1068</v>
+        <v>1085</v>
       </c>
       <c r="R11" t="s">
-        <v>1069</v>
+        <v>1086</v>
       </c>
       <c r="S11" t="s">
-        <v>1070</v>
+        <v>1087</v>
       </c>
       <c r="T11" t="s">
-        <v>1071</v>
+        <v>1088</v>
       </c>
       <c r="U11" t="s">
-        <v>1072</v>
+        <v>1089</v>
       </c>
       <c r="V11" t="s">
-        <v>1073</v>
+        <v>1090</v>
       </c>
       <c r="W11" t="s">
-        <v>1074</v>
+        <v>1091</v>
       </c>
       <c r="X11" t="s">
-        <v>1075</v>
+        <v>1092</v>
       </c>
       <c r="Y11" t="s">
-        <v>1076</v>
+        <v>1093</v>
       </c>
       <c r="Z11" t="s">
-        <v>1077</v>
+        <v>1094</v>
       </c>
       <c r="AA11" t="s">
-        <v>1078</v>
+        <v>1095</v>
       </c>
       <c r="AB11" t="s">
-        <v>1079</v>
+        <v>1096</v>
       </c>
       <c r="AC11" t="s">
-        <v>1080</v>
+        <v>1097</v>
       </c>
       <c r="AD11" t="s">
-        <v>1081</v>
+        <v>1098</v>
       </c>
       <c r="AE11" t="s">
-        <v>1065</v>
+        <v>1082</v>
       </c>
       <c r="AF11" t="s">
-        <v>1066</v>
+        <v>1083</v>
       </c>
       <c r="AG11" t="s">
-        <v>1067</v>
+        <v>1084</v>
       </c>
       <c r="AH11" t="s">
-        <v>1082</v>
+        <v>1099</v>
       </c>
       <c r="AI11" t="s">
-        <v>1083</v>
+        <v>1100</v>
       </c>
       <c r="AJ11" t="s">
-        <v>1084</v>
+        <v>1101</v>
       </c>
       <c r="AK11" t="s">
-        <v>1085</v>
+        <v>1102</v>
       </c>
       <c r="AL11" t="s">
-        <v>1086</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B12" t="s">
-        <v>1087</v>
+        <v>1104</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>1088</v>
+        <v>1105</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>1089</v>
+        <v>1106</v>
       </c>
       <c r="H12" t="s">
-        <v>1090</v>
+        <v>1107</v>
       </c>
       <c r="I12" t="s">
-        <v>1091</v>
+        <v>1108</v>
       </c>
       <c r="J12" t="s">
-        <v>1092</v>
+        <v>1109</v>
       </c>
       <c r="K12" t="s">
-        <v>1093</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B13" t="s">
-        <v>1094</v>
+        <v>1111</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>1095</v>
+        <v>1112</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>1096</v>
+        <v>1113</v>
       </c>
       <c r="H13" t="s">
-        <v>1097</v>
+        <v>1114</v>
       </c>
       <c r="I13" t="s">
-        <v>1098</v>
+        <v>1115</v>
       </c>
       <c r="J13" t="s">
-        <v>1099</v>
+        <v>1116</v>
       </c>
       <c r="K13" t="s">
-        <v>1100</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B14" t="s">
-        <v>1101</v>
+        <v>1118</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>1102</v>
+        <v>1119</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>1103</v>
+        <v>1120</v>
       </c>
       <c r="H14" t="s">
-        <v>1104</v>
+        <v>1121</v>
       </c>
       <c r="I14" t="s">
-        <v>1105</v>
+        <v>1122</v>
       </c>
       <c r="J14" t="s">
-        <v>1106</v>
+        <v>1123</v>
       </c>
       <c r="K14" t="s">
-        <v>1107</v>
+        <v>1124</v>
       </c>
       <c r="L14" t="s">
-        <v>1108</v>
+        <v>1125</v>
       </c>
       <c r="M14" t="s">
-        <v>1109</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B15" t="s">
-        <v>1110</v>
+        <v>1127</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>1111</v>
+        <v>1128</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>1112</v>
+        <v>1129</v>
       </c>
       <c r="H15" t="s">
-        <v>1113</v>
+        <v>1130</v>
       </c>
       <c r="I15" t="s">
-        <v>1114</v>
+        <v>1131</v>
       </c>
       <c r="J15" t="s">
-        <v>1115</v>
+        <v>1132</v>
       </c>
       <c r="K15" t="s">
-        <v>1116</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B16" t="s">
-        <v>1117</v>
+        <v>1134</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>1118</v>
+        <v>1135</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>1119</v>
+        <v>1136</v>
       </c>
       <c r="H16" t="s">
-        <v>1120</v>
+        <v>1137</v>
       </c>
       <c r="I16" t="s">
-        <v>1121</v>
+        <v>1138</v>
       </c>
       <c r="J16" t="s">
-        <v>1122</v>
+        <v>1139</v>
       </c>
       <c r="K16" t="s">
-        <v>1123</v>
+        <v>1140</v>
       </c>
       <c r="L16" t="s">
-        <v>1124</v>
+        <v>1141</v>
       </c>
       <c r="M16" t="s">
-        <v>1125</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B17" t="s">
-        <v>1126</v>
+        <v>1143</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>1127</v>
+        <v>1144</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>1128</v>
+        <v>1145</v>
       </c>
       <c r="H17" t="s">
-        <v>1129</v>
+        <v>1146</v>
       </c>
       <c r="I17" t="s">
-        <v>1130</v>
+        <v>1147</v>
       </c>
       <c r="J17" t="s">
-        <v>1131</v>
+        <v>1148</v>
       </c>
       <c r="K17" t="s">
-        <v>1132</v>
+        <v>1149</v>
       </c>
       <c r="L17" t="s">
-        <v>1133</v>
+        <v>1150</v>
       </c>
       <c r="M17" t="s">
-        <v>1134</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B18" t="s">
-        <v>1135</v>
+        <v>1152</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>1136</v>
+        <v>1153</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>1137</v>
+        <v>1154</v>
       </c>
       <c r="H18" t="s">
-        <v>1138</v>
+        <v>1155</v>
       </c>
       <c r="I18" t="s">
-        <v>1139</v>
+        <v>1156</v>
       </c>
       <c r="J18" t="s">
-        <v>1140</v>
+        <v>1157</v>
       </c>
       <c r="K18" t="s">
-        <v>1141</v>
+        <v>1158</v>
       </c>
       <c r="L18" t="s">
-        <v>1142</v>
+        <v>1159</v>
       </c>
       <c r="M18" t="s">
-        <v>1143</v>
+        <v>1160</v>
       </c>
       <c r="N18" t="s">
-        <v>1144</v>
+        <v>1161</v>
       </c>
       <c r="O18" t="s">
-        <v>1145</v>
+        <v>1162</v>
       </c>
       <c r="P18" t="s">
-        <v>1146</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B19" t="s">
-        <v>1147</v>
+        <v>1164</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>1148</v>
+        <v>1165</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>1149</v>
+        <v>1166</v>
       </c>
       <c r="H19" t="s">
-        <v>1150</v>
+        <v>1167</v>
       </c>
       <c r="I19" t="s">
-        <v>1151</v>
+        <v>1168</v>
       </c>
       <c r="J19" t="s">
-        <v>1152</v>
+        <v>1169</v>
       </c>
       <c r="K19" t="s">
-        <v>1153</v>
+        <v>1170</v>
       </c>
       <c r="L19" t="s">
-        <v>1154</v>
+        <v>1171</v>
       </c>
       <c r="M19" t="s">
-        <v>1155</v>
+        <v>1172</v>
       </c>
       <c r="N19" t="s">
-        <v>1156</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B20" t="s">
-        <v>1157</v>
+        <v>1174</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>1158</v>
+        <v>1175</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>1159</v>
+        <v>1176</v>
       </c>
       <c r="H20" t="s">
-        <v>1160</v>
+        <v>1177</v>
       </c>
       <c r="I20" t="s">
-        <v>1161</v>
+        <v>1178</v>
       </c>
       <c r="J20" t="s">
-        <v>1162</v>
+        <v>1179</v>
       </c>
       <c r="K20" t="s">
-        <v>1163</v>
+        <v>1180</v>
       </c>
       <c r="L20" t="s">
-        <v>1164</v>
+        <v>1181</v>
       </c>
       <c r="M20" t="s">
-        <v>1165</v>
+        <v>1182</v>
       </c>
       <c r="N20" t="s">
-        <v>1166</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B21" t="s">
-        <v>1167</v>
+        <v>1184</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>1168</v>
+        <v>1185</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>1169</v>
+        <v>1186</v>
       </c>
       <c r="H21" t="s">
-        <v>1170</v>
+        <v>1187</v>
       </c>
       <c r="I21" t="s">
-        <v>1098</v>
+        <v>1115</v>
       </c>
       <c r="J21" t="s">
-        <v>1023</v>
+        <v>1040</v>
       </c>
       <c r="K21" t="s">
-        <v>1171</v>
+        <v>1188</v>
       </c>
       <c r="L21" t="s">
-        <v>1172</v>
+        <v>1189</v>
       </c>
       <c r="M21" t="s">
-        <v>1173</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B22" t="s">
-        <v>1174</v>
+        <v>1191</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>1175</v>
+        <v>1192</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>1176</v>
+        <v>1193</v>
       </c>
       <c r="H22" t="s">
-        <v>1177</v>
+        <v>1194</v>
       </c>
       <c r="I22" t="s">
-        <v>1178</v>
+        <v>1195</v>
       </c>
       <c r="J22" t="s">
-        <v>1179</v>
+        <v>1196</v>
       </c>
       <c r="K22" t="s">
-        <v>1180</v>
+        <v>1197</v>
       </c>
       <c r="L22" t="s">
-        <v>1181</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B23" t="s">
-        <v>1182</v>
+        <v>1199</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>1183</v>
+        <v>1200</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>1184</v>
+        <v>1201</v>
       </c>
       <c r="H23" t="s">
-        <v>1185</v>
+        <v>1202</v>
       </c>
       <c r="I23" t="s">
-        <v>1186</v>
+        <v>1203</v>
       </c>
       <c r="J23" t="s">
-        <v>1187</v>
+        <v>1204</v>
       </c>
       <c r="K23" t="s">
-        <v>1188</v>
+        <v>1205</v>
       </c>
       <c r="L23" t="s">
-        <v>1189</v>
+        <v>1206</v>
       </c>
       <c r="M23" t="s">
-        <v>1190</v>
+        <v>1207</v>
       </c>
       <c r="N23" t="s">
-        <v>1191</v>
+        <v>1208</v>
       </c>
       <c r="O23" t="s">
-        <v>1192</v>
+        <v>1209</v>
       </c>
       <c r="P23" t="s">
-        <v>1193</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B24" t="s">
-        <v>1194</v>
+        <v>1211</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>1195</v>
+        <v>1212</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>1196</v>
+        <v>1213</v>
       </c>
       <c r="H24" t="s">
-        <v>1197</v>
+        <v>1214</v>
       </c>
       <c r="I24" t="s">
-        <v>1002</v>
+        <v>1019</v>
       </c>
       <c r="J24" t="s">
-        <v>1198</v>
+        <v>1215</v>
       </c>
       <c r="K24" t="s">
-        <v>1199</v>
+        <v>1216</v>
       </c>
       <c r="L24" t="s">
-        <v>1200</v>
+        <v>1217</v>
       </c>
       <c r="M24" t="s">
-        <v>1201</v>
+        <v>1218</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B25" t="s">
-        <v>1202</v>
+        <v>1219</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>1195</v>
+        <v>1212</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>1203</v>
+        <v>1220</v>
       </c>
       <c r="H25" t="s">
-        <v>1204</v>
+        <v>1221</v>
       </c>
       <c r="I25" t="s">
-        <v>1205</v>
+        <v>1222</v>
       </c>
       <c r="J25" t="s">
-        <v>1206</v>
+        <v>1223</v>
       </c>
       <c r="K25" t="s">
-        <v>1207</v>
+        <v>1224</v>
       </c>
       <c r="L25" t="s">
-        <v>1208</v>
+        <v>1225</v>
       </c>
       <c r="M25" t="s">
-        <v>1209</v>
+        <v>1226</v>
       </c>
       <c r="N25" t="s">
-        <v>1210</v>
+        <v>1227</v>
       </c>
       <c r="O25" t="s">
-        <v>1211</v>
+        <v>1228</v>
       </c>
       <c r="P25" t="s">
-        <v>1212</v>
+        <v>1229</v>
       </c>
       <c r="Q25" t="s">
-        <v>1213</v>
+        <v>1230</v>
       </c>
       <c r="R25" t="s">
-        <v>1214</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B26" t="s">
-        <v>1215</v>
+        <v>1232</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>1195</v>
+        <v>1212</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>1216</v>
+        <v>1233</v>
       </c>
       <c r="H26" t="s">
-        <v>1217</v>
+        <v>1234</v>
       </c>
       <c r="I26" t="s">
-        <v>989</v>
+        <v>1006</v>
       </c>
       <c r="J26" t="s">
-        <v>1218</v>
+        <v>1235</v>
       </c>
       <c r="K26" t="s">
-        <v>1219</v>
+        <v>1236</v>
       </c>
       <c r="L26" t="s">
-        <v>1220</v>
+        <v>1237</v>
       </c>
       <c r="M26" t="s">
-        <v>1221</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B27" t="s">
-        <v>1222</v>
+        <v>1239</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>1223</v>
+        <v>1240</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>1224</v>
+        <v>1241</v>
       </c>
       <c r="H27" t="s">
-        <v>1225</v>
+        <v>1242</v>
       </c>
       <c r="I27" t="s">
-        <v>1226</v>
+        <v>1243</v>
       </c>
       <c r="J27" t="s">
-        <v>1227</v>
+        <v>1244</v>
       </c>
       <c r="K27" t="s">
-        <v>1228</v>
+        <v>1245</v>
       </c>
       <c r="L27" t="s">
-        <v>1229</v>
+        <v>1246</v>
       </c>
       <c r="M27" t="s">
-        <v>1230</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B28" t="s">
-        <v>1231</v>
+        <v>1248</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>1232</v>
+        <v>1249</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>1233</v>
+        <v>1250</v>
       </c>
       <c r="H28" t="s">
-        <v>1234</v>
+        <v>1251</v>
       </c>
       <c r="I28" t="s">
-        <v>1235</v>
+        <v>1252</v>
       </c>
       <c r="J28" t="s">
-        <v>1236</v>
+        <v>1253</v>
       </c>
       <c r="K28" t="s">
-        <v>1237</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B29" t="s">
-        <v>1238</v>
+        <v>1255</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>1239</v>
+        <v>1256</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>1240</v>
+        <v>1257</v>
       </c>
       <c r="H29" t="s">
-        <v>1241</v>
+        <v>1258</v>
       </c>
       <c r="I29" t="s">
-        <v>1242</v>
+        <v>1259</v>
       </c>
       <c r="J29" t="s">
-        <v>1243</v>
+        <v>1260</v>
       </c>
       <c r="K29" t="s">
-        <v>1244</v>
+        <v>1261</v>
       </c>
       <c r="L29" t="s">
-        <v>1245</v>
+        <v>1262</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B30" t="s">
-        <v>1246</v>
+        <v>1263</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>1247</v>
+        <v>1264</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>1248</v>
+        <v>1265</v>
       </c>
       <c r="H30" t="s">
-        <v>1249</v>
+        <v>1266</v>
       </c>
       <c r="I30" t="s">
-        <v>1250</v>
+        <v>1267</v>
       </c>
       <c r="J30" t="s">
-        <v>1251</v>
+        <v>1268</v>
       </c>
       <c r="K30" t="s">
-        <v>1252</v>
+        <v>1269</v>
       </c>
       <c r="L30" t="s">
-        <v>1253</v>
+        <v>1270</v>
       </c>
       <c r="M30" t="s">
-        <v>1254</v>
+        <v>1271</v>
       </c>
       <c r="N30" t="s">
-        <v>1255</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B31" t="s">
-        <v>1256</v>
+        <v>1273</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>1257</v>
+        <v>1274</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>1258</v>
+        <v>1275</v>
       </c>
       <c r="H31" t="s">
-        <v>1259</v>
+        <v>1276</v>
       </c>
       <c r="I31" t="s">
-        <v>1260</v>
+        <v>1277</v>
       </c>
       <c r="J31" t="s">
-        <v>1261</v>
+        <v>1278</v>
       </c>
       <c r="K31" t="s">
-        <v>1262</v>
+        <v>1279</v>
       </c>
       <c r="L31" t="s">
-        <v>1263</v>
+        <v>1280</v>
       </c>
       <c r="M31" t="s">
-        <v>1264</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B32" t="s">
-        <v>1265</v>
+        <v>1282</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>1266</v>
+        <v>1283</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>1267</v>
+        <v>1284</v>
       </c>
       <c r="H32" t="s">
-        <v>1268</v>
+        <v>1285</v>
       </c>
       <c r="I32" t="s">
-        <v>1269</v>
+        <v>1286</v>
       </c>
       <c r="J32" t="s">
-        <v>1270</v>
+        <v>1287</v>
       </c>
       <c r="K32" t="s">
-        <v>1271</v>
+        <v>1288</v>
       </c>
       <c r="L32" t="s">
-        <v>1272</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B33" t="s">
-        <v>1273</v>
+        <v>1290</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>1274</v>
+        <v>1291</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>1275</v>
+        <v>1292</v>
       </c>
       <c r="H33" t="s">
-        <v>1276</v>
+        <v>1293</v>
       </c>
       <c r="I33" t="s">
-        <v>1277</v>
+        <v>1294</v>
       </c>
       <c r="J33" t="s">
-        <v>1278</v>
+        <v>1295</v>
       </c>
       <c r="K33" t="s">
-        <v>1279</v>
+        <v>1296</v>
       </c>
       <c r="L33" t="s">
-        <v>1280</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B34" t="s">
-        <v>1281</v>
+        <v>1298</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>1282</v>
+        <v>1299</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>1283</v>
+        <v>1300</v>
       </c>
       <c r="H34" t="s">
-        <v>1284</v>
+        <v>1301</v>
       </c>
       <c r="I34" t="s">
-        <v>1285</v>
+        <v>1302</v>
       </c>
       <c r="J34" t="s">
-        <v>1286</v>
+        <v>1303</v>
       </c>
       <c r="K34" t="s">
-        <v>1287</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B35" t="s">
-        <v>1288</v>
+        <v>1305</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>1289</v>
+        <v>1306</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>1290</v>
+        <v>1307</v>
       </c>
       <c r="H35" t="s">
-        <v>1291</v>
+        <v>1308</v>
       </c>
       <c r="I35" t="s">
-        <v>1292</v>
+        <v>1309</v>
       </c>
       <c r="J35" t="s">
-        <v>1293</v>
+        <v>1310</v>
       </c>
       <c r="K35" t="s">
-        <v>1294</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B36" t="s">
-        <v>1295</v>
+        <v>1312</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>1296</v>
+        <v>1313</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>1297</v>
+        <v>1314</v>
       </c>
       <c r="H36" t="s">
-        <v>1298</v>
+        <v>1315</v>
       </c>
       <c r="I36" t="s">
-        <v>1299</v>
+        <v>1316</v>
       </c>
       <c r="J36" t="s">
-        <v>1300</v>
+        <v>1317</v>
       </c>
       <c r="K36" t="s">
-        <v>1301</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>965</v>
+        <v>982</v>
       </c>
       <c r="B37" t="s">
-        <v>1302</v>
+        <v>1319</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>1303</v>
+        <v>1320</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>1304</v>
+        <v>1321</v>
       </c>
       <c r="H37" t="s">
-        <v>1305</v>
+        <v>1322</v>
       </c>
       <c r="I37" t="s">
-        <v>1306</v>
+        <v>1323</v>
       </c>
       <c r="J37" t="s">
-        <v>1307</v>
+        <v>1324</v>
       </c>
       <c r="K37" t="s">
-        <v>1308</v>
+        <v>1325</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1309</v>
+        <v>1326</v>
       </c>
       <c r="B2" t="s">
-        <v>1310</v>
+        <v>1327</v>
       </c>
       <c r="C2" t="s">
-        <v>1311</v>
+        <v>1328</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>1312</v>
+        <v>1329</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>1313</v>
+        <v>1330</v>
       </c>
       <c r="H2" t="s">
-        <v>1314</v>
+        <v>1331</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H50"/>
+  <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -7668,77 +7719,77 @@
       </c>
       <c r="E4" t="s">
         <v>222</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>223</v>
       </c>
       <c r="H4" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>209</v>
       </c>
       <c r="B5" t="s">
         <v>225</v>
       </c>
       <c r="C5" t="s">
         <v>226</v>
       </c>
       <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>227</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>228</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>229</v>
-      </c>
-[...1 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>209</v>
       </c>
       <c r="B6" t="s">
+        <v>230</v>
+      </c>
+      <c r="C6" t="s">
         <v>231</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>232</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E6" t="s">
         <v>233</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>234</v>
       </c>
       <c r="H6" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>209</v>
       </c>
       <c r="B7" t="s">
         <v>236</v>
       </c>
       <c r="C7" t="s">
         <v>237</v>
       </c>
       <c r="D7" t="s">
@@ -7772,184 +7823,184 @@
       </c>
       <c r="E8" t="s">
         <v>243</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>244</v>
       </c>
       <c r="H8" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>209</v>
       </c>
       <c r="B9" t="s">
         <v>246</v>
       </c>
       <c r="C9" t="s">
         <v>247</v>
       </c>
       <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
         <v>248</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
         <v>249</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>209</v>
       </c>
       <c r="B10" t="s">
+        <v>251</v>
+      </c>
+      <c r="C10" t="s">
         <v>252</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>253</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>254</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
         <v>255</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>256</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>209</v>
       </c>
       <c r="B11" t="s">
+        <v>257</v>
+      </c>
+      <c r="C11" t="s">
         <v>258</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>259</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>260</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
         <v>261</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>209</v>
       </c>
       <c r="B12" t="s">
+        <v>263</v>
+      </c>
+      <c r="C12" t="s">
         <v>264</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>265</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>266</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
         <v>267</v>
       </c>
       <c r="H12" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>209</v>
       </c>
       <c r="B13" t="s">
         <v>269</v>
       </c>
       <c r="C13" t="s">
         <v>270</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H13" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>209</v>
       </c>
       <c r="B14" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C14" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
         <v>276</v>
       </c>
       <c r="H14" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>209</v>
       </c>
       <c r="B15" t="s">
         <v>278</v>
       </c>
       <c r="C15" t="s">
         <v>279</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
@@ -7957,155 +8008,155 @@
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
         <v>281</v>
       </c>
       <c r="H15" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>209</v>
       </c>
       <c r="B16" t="s">
         <v>283</v>
       </c>
       <c r="C16" t="s">
         <v>284</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="H16" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>209</v>
       </c>
       <c r="B17" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="C17" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="H17" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>209</v>
       </c>
       <c r="B18" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C18" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="H18" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>209</v>
       </c>
       <c r="B19" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C19" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H19" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>209</v>
       </c>
       <c r="B20" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C20" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>301</v>
+        <v>285</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>302</v>
       </c>
       <c r="H20" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>209</v>
       </c>
       <c r="B21" t="s">
         <v>304</v>
       </c>
       <c r="C21" t="s">
         <v>305</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
@@ -8295,77 +8346,77 @@
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
         <v>342</v>
       </c>
       <c r="H28" t="s">
         <v>343</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>209</v>
       </c>
       <c r="B29" t="s">
         <v>344</v>
       </c>
       <c r="C29" t="s">
         <v>345</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="H29" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>209</v>
       </c>
       <c r="B30" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C30" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
         <v>351</v>
       </c>
       <c r="H30" t="s">
         <v>352</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>209</v>
       </c>
       <c r="B31" t="s">
         <v>353</v>
       </c>
       <c r="C31" t="s">
         <v>354</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
@@ -8575,2558 +8626,2636 @@
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
         <v>395</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
         <v>396</v>
       </c>
       <c r="H39" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>209</v>
       </c>
       <c r="B40" t="s">
         <v>398</v>
       </c>
       <c r="C40" t="s">
-        <v>12</v>
+        <v>399</v>
       </c>
       <c r="D40" t="s">
-        <v>399</v>
+        <v>12</v>
       </c>
       <c r="E40" t="s">
         <v>400</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
         <v>401</v>
       </c>
       <c r="H40" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>209</v>
       </c>
       <c r="B41" t="s">
         <v>403</v>
       </c>
       <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E41" t="s">
         <v>405</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
         <v>406</v>
       </c>
       <c r="H41" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>209</v>
       </c>
       <c r="B42" t="s">
         <v>408</v>
       </c>
       <c r="C42" t="s">
         <v>409</v>
       </c>
       <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
         <v>410</v>
       </c>
-      <c r="E42" t="s">
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
         <v>411</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>209</v>
       </c>
       <c r="B43" t="s">
+        <v>413</v>
+      </c>
+      <c r="C43" t="s">
         <v>414</v>
       </c>
-      <c r="C43" t="s">
+      <c r="D43" t="s">
         <v>415</v>
       </c>
-      <c r="D43" t="s">
+      <c r="E43" t="s">
         <v>416</v>
       </c>
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
         <v>417</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>209</v>
       </c>
       <c r="B44" t="s">
+        <v>419</v>
+      </c>
+      <c r="C44" t="s">
         <v>420</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E44" t="s">
         <v>422</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
         <v>423</v>
       </c>
       <c r="H44" t="s">
         <v>424</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>209</v>
       </c>
       <c r="B45" t="s">
         <v>425</v>
       </c>
       <c r="C45" t="s">
-        <v>415</v>
+        <v>426</v>
       </c>
       <c r="D45" t="s">
-        <v>416</v>
+        <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="H45" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>209</v>
       </c>
       <c r="B46" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C46" t="s">
-        <v>430</v>
+        <v>420</v>
       </c>
       <c r="D46" t="s">
-        <v>12</v>
+        <v>421</v>
       </c>
       <c r="E46" t="s">
         <v>431</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
         <v>432</v>
       </c>
       <c r="H46" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>209</v>
       </c>
       <c r="B47" t="s">
         <v>434</v>
       </c>
       <c r="C47" t="s">
         <v>435</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
         <v>436</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
         <v>437</v>
       </c>
       <c r="H47" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>209</v>
       </c>
       <c r="B48" t="s">
         <v>439</v>
       </c>
       <c r="C48" t="s">
-        <v>12</v>
+        <v>440</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="H48" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>209</v>
       </c>
       <c r="B49" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C49" t="s">
-        <v>444</v>
+        <v>12</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
         <v>445</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
         <v>446</v>
       </c>
       <c r="H49" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>209</v>
       </c>
       <c r="B50" t="s">
         <v>448</v>
       </c>
       <c r="C50" t="s">
         <v>449</v>
       </c>
       <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
         <v>450</v>
       </c>
-      <c r="E50" t="s">
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
         <v>451</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="H50" t="s">
         <v>452</v>
       </c>
-      <c r="H50" t="s">
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>209</v>
+      </c>
+      <c r="B51" t="s">
         <v>453</v>
+      </c>
+      <c r="C51" t="s">
+        <v>454</v>
+      </c>
+      <c r="D51" t="s">
+        <v>455</v>
+      </c>
+      <c r="E51" t="s">
+        <v>456</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>457</v>
+      </c>
+      <c r="H51" t="s">
+        <v>458</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B2" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="H2" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="I2" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B3" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="H3" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="I3" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B4" t="s">
+        <v>470</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>471</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>472</v>
+      </c>
+      <c r="H4" t="s">
+        <v>473</v>
+      </c>
+      <c r="I4" t="s">
         <v>465</v>
-      </c>
-[...19 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B5" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="H5" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="I5" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B6" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="H6" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="I6" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B7" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="H7" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="I7" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B8" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="H8" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="I8" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B9" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="H9" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="I9" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B10" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="H10" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="I10" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B11" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="H11" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="I11" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B12" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="H12" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="I12" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B13" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="H13" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="I13" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B14" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="H14" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="I14" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B15" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="H15" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="I15" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B16" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="H16" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="I16" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B17" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="H17" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="I17" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B18" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="H18" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="I18" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B19" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="H19" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="I19" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B20" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="H20" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="I20" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B21" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="H21" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="I21" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B22" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="H22" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="I22" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B23" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="H23" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="I23" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B24" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="H24" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="I24" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B25" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="H25" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="I25" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B26" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="H26" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="I26" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B27" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="H27" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="I27" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B28" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="H28" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="I28" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B29" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="H29" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="I29" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B30" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="H30" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="I30" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B31" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="H31" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="I31" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B32" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="H32" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="I32" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B33" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="C33" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="H33" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="I33" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B34" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="H34" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="I34" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B35" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="H35" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="I35" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B36" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="H36" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="I36" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="B37" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="H37" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="I37" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="B2" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="C2" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="D2" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="E2" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="H2" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="B3" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="C3" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="H3" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="B2" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="C2" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>622</v>
       </c>
       <c r="E2" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="H2" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="B3" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="C3" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="D3" t="s">
-        <v>622</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="H3" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="B4" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="C4" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="D4" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="E4" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="H4" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="B5" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="C5" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="D5" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="E5" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="H5" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="B6" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="C6" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="D6" t="s">
-        <v>634</v>
+        <v>645</v>
       </c>
       <c r="E6" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="H6" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="B7" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="C7" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="D7" t="s">
-        <v>634</v>
+        <v>645</v>
       </c>
       <c r="E7" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="H7" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="B8" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="C8" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="D8" t="s">
-        <v>650</v>
+        <v>645</v>
       </c>
       <c r="E8" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="H8" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="B9" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="C9" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="D9" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="E9" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="H9" t="s">
-        <v>659</v>
+        <v>664</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>619</v>
+      </c>
+      <c r="B10" t="s">
+        <v>665</v>
+      </c>
+      <c r="C10" t="s">
+        <v>666</v>
+      </c>
+      <c r="D10" t="s">
+        <v>667</v>
+      </c>
+      <c r="E10" t="s">
+        <v>668</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>669</v>
+      </c>
+      <c r="H10" t="s">
+        <v>670</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>660</v>
+        <v>671</v>
       </c>
       <c r="B2" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="C2" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>663</v>
+        <v>674</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>664</v>
+        <v>675</v>
       </c>
       <c r="H2" t="s">
-        <v>665</v>
+        <v>676</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>660</v>
+        <v>671</v>
       </c>
       <c r="B3" t="s">
-        <v>666</v>
+        <v>677</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>667</v>
+        <v>678</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>668</v>
+        <v>679</v>
       </c>
       <c r="H3" t="s">
-        <v>669</v>
+        <v>680</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>670</v>
+        <v>681</v>
       </c>
       <c r="B2" t="s">
-        <v>671</v>
+        <v>682</v>
       </c>
       <c r="C2" t="s">
-        <v>672</v>
+        <v>683</v>
       </c>
       <c r="D2" t="s">
-        <v>227</v>
+        <v>684</v>
       </c>
       <c r="E2" t="s">
-        <v>673</v>
+        <v>685</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>674</v>
+        <v>686</v>
       </c>
       <c r="H2" t="s">
-        <v>675</v>
+        <v>687</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>670</v>
+        <v>681</v>
       </c>
       <c r="B3" t="s">
-        <v>676</v>
+        <v>688</v>
       </c>
       <c r="C3" t="s">
-        <v>677</v>
+        <v>689</v>
       </c>
       <c r="D3" t="s">
-        <v>678</v>
+        <v>232</v>
       </c>
       <c r="E3" t="s">
-        <v>679</v>
+        <v>690</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>680</v>
+        <v>691</v>
       </c>
       <c r="H3" t="s">
-        <v>681</v>
+        <v>692</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>670</v>
+        <v>681</v>
       </c>
       <c r="B4" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="C4" t="s">
-        <v>683</v>
+        <v>694</v>
       </c>
       <c r="D4" t="s">
-        <v>684</v>
+        <v>695</v>
       </c>
       <c r="E4" t="s">
-        <v>685</v>
+        <v>696</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>686</v>
+        <v>697</v>
       </c>
       <c r="H4" t="s">
-        <v>687</v>
+        <v>698</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>670</v>
+        <v>681</v>
       </c>
       <c r="B5" t="s">
-        <v>688</v>
+        <v>699</v>
       </c>
       <c r="C5" t="s">
-        <v>689</v>
+        <v>700</v>
       </c>
       <c r="D5" t="s">
-        <v>690</v>
+        <v>701</v>
       </c>
       <c r="E5" t="s">
-        <v>691</v>
+        <v>702</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>692</v>
+        <v>703</v>
       </c>
       <c r="H5" t="s">
-        <v>693</v>
+        <v>704</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>670</v>
+        <v>681</v>
       </c>
       <c r="B6" t="s">
-        <v>694</v>
+        <v>705</v>
       </c>
       <c r="C6" t="s">
-        <v>695</v>
+        <v>706</v>
       </c>
       <c r="D6" t="s">
-        <v>696</v>
+        <v>707</v>
       </c>
       <c r="E6" t="s">
-        <v>697</v>
+        <v>708</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>698</v>
+        <v>709</v>
       </c>
       <c r="H6" t="s">
-        <v>699</v>
+        <v>710</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>681</v>
+      </c>
+      <c r="B7" t="s">
+        <v>711</v>
+      </c>
+      <c r="C7" t="s">
+        <v>712</v>
+      </c>
+      <c r="D7" t="s">
+        <v>713</v>
+      </c>
+      <c r="E7" t="s">
+        <v>714</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>715</v>
+      </c>
+      <c r="H7" t="s">
+        <v>716</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B2" t="s">
-        <v>701</v>
+        <v>718</v>
       </c>
       <c r="C2" t="s">
-        <v>702</v>
+        <v>719</v>
       </c>
       <c r="D2" t="s">
-        <v>703</v>
+        <v>720</v>
       </c>
       <c r="E2" t="s">
-        <v>704</v>
+        <v>721</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>705</v>
+        <v>722</v>
       </c>
       <c r="H2" t="s">
-        <v>706</v>
+        <v>723</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B3" t="s">
-        <v>707</v>
+        <v>724</v>
       </c>
       <c r="C3" t="s">
-        <v>708</v>
+        <v>725</v>
       </c>
       <c r="D3" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="E3" t="s">
-        <v>709</v>
+        <v>726</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>710</v>
+        <v>727</v>
       </c>
       <c r="H3" t="s">
-        <v>711</v>
+        <v>728</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B4" t="s">
-        <v>712</v>
+        <v>729</v>
       </c>
       <c r="C4" t="s">
-        <v>713</v>
+        <v>730</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>714</v>
+        <v>731</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>715</v>
+        <v>732</v>
       </c>
       <c r="H4" t="s">
-        <v>716</v>
+        <v>733</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B5" t="s">
-        <v>717</v>
+        <v>734</v>
       </c>
       <c r="C5" t="s">
-        <v>718</v>
+        <v>735</v>
       </c>
       <c r="D5" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="E5" t="s">
-        <v>719</v>
+        <v>736</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>720</v>
+        <v>737</v>
       </c>
       <c r="H5" t="s">
-        <v>721</v>
+        <v>738</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B6" t="s">
-        <v>722</v>
+        <v>739</v>
       </c>
       <c r="C6" t="s">
-        <v>723</v>
+        <v>740</v>
       </c>
       <c r="D6" t="s">
-        <v>724</v>
+        <v>741</v>
       </c>
       <c r="E6" t="s">
-        <v>725</v>
+        <v>742</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>726</v>
+        <v>743</v>
       </c>
       <c r="H6" t="s">
-        <v>727</v>
+        <v>744</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B7" t="s">
-        <v>728</v>
+        <v>745</v>
       </c>
       <c r="C7" t="s">
-        <v>729</v>
+        <v>746</v>
       </c>
       <c r="D7" t="s">
-        <v>730</v>
+        <v>747</v>
       </c>
       <c r="E7" t="s">
-        <v>731</v>
+        <v>748</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>732</v>
+        <v>749</v>
       </c>
       <c r="H7" t="s">
-        <v>733</v>
+        <v>750</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B8" t="s">
-        <v>734</v>
+        <v>751</v>
       </c>
       <c r="C8" t="s">
-        <v>735</v>
+        <v>752</v>
       </c>
       <c r="D8" t="s">
-        <v>736</v>
+        <v>753</v>
       </c>
       <c r="E8" t="s">
-        <v>737</v>
+        <v>754</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>738</v>
+        <v>755</v>
       </c>
       <c r="H8" t="s">
-        <v>739</v>
+        <v>756</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B9" t="s">
-        <v>740</v>
+        <v>757</v>
       </c>
       <c r="C9" t="s">
-        <v>741</v>
+        <v>758</v>
       </c>
       <c r="D9" t="s">
-        <v>742</v>
+        <v>759</v>
       </c>
       <c r="E9" t="s">
-        <v>743</v>
+        <v>760</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>744</v>
+        <v>761</v>
       </c>
       <c r="H9" t="s">
-        <v>745</v>
+        <v>762</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B10" t="s">
-        <v>746</v>
+        <v>763</v>
       </c>
       <c r="C10" t="s">
-        <v>747</v>
+        <v>764</v>
       </c>
       <c r="D10" t="s">
-        <v>748</v>
+        <v>765</v>
       </c>
       <c r="E10" t="s">
-        <v>749</v>
+        <v>766</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>750</v>
+        <v>767</v>
       </c>
       <c r="H10" t="s">
-        <v>751</v>
+        <v>768</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B11" t="s">
-        <v>752</v>
+        <v>769</v>
       </c>
       <c r="C11" t="s">
-        <v>753</v>
+        <v>770</v>
       </c>
       <c r="D11" t="s">
-        <v>754</v>
+        <v>771</v>
       </c>
       <c r="E11" t="s">
-        <v>755</v>
+        <v>772</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>756</v>
+        <v>773</v>
       </c>
       <c r="H11" t="s">
-        <v>757</v>
+        <v>774</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B12" t="s">
-        <v>758</v>
+        <v>775</v>
       </c>
       <c r="C12" t="s">
-        <v>759</v>
+        <v>776</v>
       </c>
       <c r="D12" t="s">
-        <v>760</v>
+        <v>777</v>
       </c>
       <c r="E12" t="s">
-        <v>761</v>
+        <v>778</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>762</v>
+        <v>779</v>
       </c>
       <c r="H12" t="s">
-        <v>763</v>
+        <v>780</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B13" t="s">
-        <v>764</v>
+        <v>781</v>
       </c>
       <c r="C13" t="s">
-        <v>765</v>
+        <v>782</v>
       </c>
       <c r="D13" t="s">
-        <v>766</v>
+        <v>783</v>
       </c>
       <c r="E13" t="s">
-        <v>767</v>
+        <v>784</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>768</v>
+        <v>785</v>
       </c>
       <c r="H13" t="s">
-        <v>769</v>
+        <v>786</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B14" t="s">
-        <v>770</v>
+        <v>787</v>
       </c>
       <c r="C14" t="s">
-        <v>771</v>
+        <v>788</v>
       </c>
       <c r="D14" t="s">
-        <v>772</v>
+        <v>789</v>
       </c>
       <c r="E14" t="s">
-        <v>772</v>
+        <v>789</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>773</v>
+        <v>790</v>
       </c>
       <c r="H14" t="s">
-        <v>774</v>
+        <v>791</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B15" t="s">
-        <v>775</v>
+        <v>792</v>
       </c>
       <c r="C15" t="s">
-        <v>776</v>
+        <v>793</v>
       </c>
       <c r="D15" t="s">
-        <v>777</v>
+        <v>794</v>
       </c>
       <c r="E15" t="s">
-        <v>778</v>
+        <v>795</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>779</v>
+        <v>796</v>
       </c>
       <c r="H15" t="s">
-        <v>780</v>
+        <v>797</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B16" t="s">
-        <v>781</v>
+        <v>798</v>
       </c>
       <c r="C16" t="s">
-        <v>782</v>
+        <v>799</v>
       </c>
       <c r="D16" t="s">
-        <v>777</v>
+        <v>794</v>
       </c>
       <c r="E16" t="s">
-        <v>778</v>
+        <v>795</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>783</v>
+        <v>800</v>
       </c>
       <c r="H16" t="s">
-        <v>784</v>
+        <v>801</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B17" t="s">
-        <v>785</v>
+        <v>802</v>
       </c>
       <c r="C17" t="s">
-        <v>786</v>
+        <v>803</v>
       </c>
       <c r="D17" t="s">
-        <v>787</v>
+        <v>804</v>
       </c>
       <c r="E17" t="s">
-        <v>788</v>
+        <v>805</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>789</v>
+        <v>806</v>
       </c>
       <c r="H17" t="s">
-        <v>790</v>
+        <v>807</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>700</v>
+        <v>717</v>
       </c>
       <c r="B18" t="s">
-        <v>791</v>
+        <v>808</v>
       </c>
       <c r="C18" t="s">
-        <v>792</v>
+        <v>809</v>
       </c>
       <c r="D18" t="s">
-        <v>793</v>
+        <v>810</v>
       </c>
       <c r="E18" t="s">
-        <v>794</v>
+        <v>811</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>795</v>
+        <v>812</v>
       </c>
       <c r="H18" t="s">
-        <v>796</v>
+        <v>813</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>797</v>
+        <v>814</v>
       </c>
       <c r="B2" t="s">
-        <v>798</v>
+        <v>815</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>799</v>
+        <v>816</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>800</v>
+        <v>817</v>
       </c>
       <c r="H2" t="s">
-        <v>801</v>
+        <v>818</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>