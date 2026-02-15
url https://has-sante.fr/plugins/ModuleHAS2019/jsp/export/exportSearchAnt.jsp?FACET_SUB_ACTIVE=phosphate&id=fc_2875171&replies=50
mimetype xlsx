--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,11261 +1,1901 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...11 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Studies and Reports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Drugs" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...11 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2164" uniqueCount="1332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="330" uniqueCount="217">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>BIOLOGICGLASS GRANULES</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>24/10/2023 00:00:00</t>
-[...662 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+  </si>
+  <si>
+    <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Rachitismes rares vitamine D-dépendants</t>
-[...272 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Maladies mitochondriales apparentées au MELAS</t>
-[...848 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
+  </si>
+  <si>
+    <t>These clinical practice guidelines for “Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years” were produced at the request of the Ministry of Health, and are intended for all health professionals involved in managing acute pain in children.</t>
+  </si>
+  <si>
+    <t>03/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+  </si>
+  <si>
+    <t>c_272030</t>
+  </si>
+  <si>
+    <t>Periodontal disease: diagnosis and treatment</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. Definitions# 2. Classification of periodontal disease# 3. Epidemiology and risk factors# 4. Diagnosis# 5. Periodontal disease as risk factor for other diseases or situations# 6. Treatment ans treatment strategy#</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+  </si>
+  <si>
+    <t>c_272209</t>
+  </si>
+  <si>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+  </si>
+  <si>
+    <t>c_272220</t>
+  </si>
+  <si>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+  </si>
+  <si>
+    <t>c_272499</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3186171</t>
+  </si>
+  <si>
+    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of potentially cancerous superficial rectal lesions presenting a low risk of node involvement, by comparison to mucosectomy or to surgery, in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>10/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2853398</t>
+  </si>
+  <si>
+    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to compare the efficacy and safety of the endoscopic submucosal dissection (ESD) technique to mucosectomy and surgery (colectomy), in patients with superficial colon cancer presenting a low risk of node involvement, in order to assess the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>02/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2853392</t>
+  </si>
+  <si>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2680246</t>
+  </si>
+  <si>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>01/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/en/assessment-of-drug-eluting-stents</t>
+  </si>
+  <si>
+    <t>c_2744218</t>
+  </si>
+  <si>
+    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the longevity and complications of cantilever bridges and resin-bonded bridges in the treatment of single-tooth replacement, especially in comparison with standard techniques (conventional bridges, single crowns on implant), with a view to its reimbursement by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>04/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2060963</t>
+  </si>
+  <si>
+    <t>Reassessment of bone substitutes</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to propose an update of the terms and conditions for the reimbursement of bone substitutes listed in the LPPR.</t>
+  </si>
+  <si>
+    <t>05/28/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>07/19/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
+  </si>
+  <si>
+    <t>c_1225008</t>
+  </si>
+  <si>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+  </si>
+  <si>
+    <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2013 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+  </si>
+  <si>
+    <t>c_827591</t>
+  </si>
+  <si>
+    <t>Clinical utility of the measurement of vitamin D</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to precise in which clinical situation the measurement of 25(OH)D would be considered useful</t>
+  </si>
+  <si>
+    <t>10/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>10/30/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356838/en/clinical-utility-of-the-measurement-of-vitamin-d</t>
+  </si>
+  <si>
+    <t>c_1356838</t>
+  </si>
+  <si>
+    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+  </si>
+  <si>
+    <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
+  </si>
+  <si>
+    <t>12/14/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/28/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+  </si>
+  <si>
+    <t>c_1169049</t>
+  </si>
+  <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Immunological and virological aspects of SARS-CoV-2 - Genetic variability, immune responses, vaccine platforms and animal models</t>
+  </si>
+  <si>
+    <t>Mobilized since the start of the health crisis, the HAS is now offering a summary of the state of knowledge on the Sars-Cov-2 virus, the immune response observed during infection and vaccine avenues. This document - which is neither an opinion nor a recommendation - will be updated regularly, based on new data available. Scientific work to understand Covid-19 is helping to understand this disease a little more every day, which was still unknown a year ago. What is Sars-Cov-2? How does the body fight this virus? Is the type of immune response triggered by this virus the same as for colds? How to explain the appearance of severe forms? What types of vaccines are in development? What is the difference between the technologies used? ... For the sake of transparency and availability of information, the HAS and its experts have compiled a summary bringing together the scientific data published on the subject and are now making it available on their website. website. This document is an educational tool intended for healthcare professionals, decision-makers, the media and the general public. It also forms a basis for HAS itself to inform its work on vaccines. It will require regular updating to incorporate new knowledge gained internationally.</t>
+  </si>
+  <si>
+    <t>12/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2020 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221567/en/immunological-and-virological-aspects-of-sars-cov-2-genetic-variability-immune-responses-vaccine-platforms-and-animal-models</t>
   </si>
   <si>
     <t>p_3221567</t>
   </si>
   <si>
-    <t>Prise en charge des patients hémodialysés chroniques (DIA)</t>
-[...1142 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984287/fr/sivextro-phosphate-de-tedizolid</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>SIVEXTRO (tédizolide (phosphate de))</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:38:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984287/en/sivextro-tedizolide-phosphate-de</t>
   </si>
   <si>
     <t>pprd_2984287</t>
   </si>
   <si>
     <t>phosphate de tédizolid</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2581332/fr/sivextro-tedizolide-antibiotique-de-la-classe-des-oxazolidinones</t>
-[...59 lines deleted...]
-    <t>codéine (phosphate de) hémihydraté,paracétamol</t>
+    <t>https://www.has-sante.fr/jcms/c_2581332/en/sivextro-tedizolid-antibiotic-of-the-oxazolidinone-class</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478083/en/sivextro-phosphate-de-tedizolid-infections-de-la-peau</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607243/en/sivextro-phosphate-de-tedizolid-antibiotiques</t>
+  </si>
+  <si>
+    <t>JANUMET (metformine / sitagliptine)</t>
+  </si>
+  <si>
+    <t>09/03/2021 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984420/en/janumet-metformine-/-sitagliptine</t>
+  </si>
+  <si>
+    <t>pprd_2984420</t>
+  </si>
+  <si>
+    <t>metformine (chlorhydrate de),sitagliptine (phosphate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798062/en/janumet-metformine-chlorhydrate-de-/-sitagliptine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046976/en/janumet-metformine-chlorhydrate-de-/-sitagliptine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558832/en/janumet-metformine-chlorhydrate-de-/-sitagliptine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283461/en/janumet-sitagliptine-/-metformine</t>
+  </si>
+  <si>
+    <t>XELEVIA (metformine/ sitagliptine (phosphate de) monohydraté)</t>
+  </si>
+  <si>
+    <t>08/31/2021 10:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982787/en/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982787</t>
+  </si>
+  <si>
+    <t>metformine,sitagliptine (phosphate de) monohydraté</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400096/fr/klipal-codeine-phosphate-de-codeine-hemihydrate/-paracetamol</t>
-[...53 lines deleted...]
-    <t>phosphate sodique d'hydrocortisone</t>
+    <t>https://www.has-sante.fr/jcms/c_623592/en/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818411/en/xelevia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284610/en/xelevia-velmetia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320625/en/xelevia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559130/en/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046970/en/xelevia-50-mg-sitagliptin-dpp-4-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964768/en/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282764/en/xelevia-sitagliptine</t>
+  </si>
+  <si>
+    <t>CHIBRO CADRON (phosphate de dexaméthasone/ sulfate de néomycine)</t>
+  </si>
+  <si>
+    <t>03/18/2021 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985053/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>pprd_2985053</t>
+  </si>
+  <si>
+    <t>phosphate de dexaméthasone,sulfate de néomycine</t>
   </si>
   <si>
     <t>THEA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2827588/fr/softacort-hydrocortisone-phosphate-sodique-d</t>
-[...302 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2851031/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+    <t>https://www.has-sante.fr/jcms/c_1215840/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455264/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243902/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
   </si>
   <si>
     <t>AURICULARUM (nystatine/ oxytétracycline (chlorhydrate d')/ polymyxine B (sulfate de...)</t>
   </si>
   <si>
-    <t>27/06/2018 09:18:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983326/fr/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
+    <t>06/27/2018 09:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983326/en/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
   </si>
   <si>
     <t>pprd_2983326</t>
   </si>
   <si>
     <t>nystatine,oxytétracycline (chlorhydrate d'),polymyxine B (sulfate de),dexaméthasone (phosphate sodique de)</t>
   </si>
   <si>
     <t>GRIMBERG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400288/fr/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2844528/fr/auricularum-oxytetracycline-polymyxine-b-dexamethasone-nystatine-anti-infectieux-et-corticoide-en-association</t>
+    <t>https://www.has-sante.fr/jcms/c_400288/en/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585417/en/auricularum-oxytetracycline-polymyxin-b-dexamethasone-nystatin-fixed-combination-of-antibiotics-antifungal-and-corticosteroid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844528/en/auricularum-oxytetracycline-polymyxin-b-dexamethasone-nystatin-anti-infective-and-corticosteroid-in-combination</t>
   </si>
   <si>
     <t>Anti-infectieux associés à un corticoïde en gouttes auriculaires (oxytétracycline, polymyxine B, nystatine, dexaméthasone)</t>
   </si>
   <si>
-    <t>06/07/2018 11:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983414/fr/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-oxytetracycline-polymyxine-b-nystatine-dexamethasone</t>
+    <t>07/06/2018 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983414/en/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-oxytetracycline-polymyxine-b-nystatine-dexamethasone</t>
   </si>
   <si>
     <t>pprd_2983414</t>
   </si>
   <si>
     <t>dexaméthasone,ciprofloxacine (chlorhydrate de),polymyxine B (sulfate de),néomycine (sulfate de),acétonide de fluocinolone,dexaméthasone (métasulfobenzoate sodique de),lidocaïne (chlorhydrate de),fludrocortisone (acétate de),framycétine (sulfate de),dexaméthasone (phosphate sodique de),nystatine,oxytétracycline (chlorhydrate d')</t>
   </si>
   <si>
     <t>GRIMBERG / JOLLY-JATEL / ZAMBON FRANCE / BOUCHARA RECORDATI / NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2824464/fr/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-ciloxadex-ciprofloxacine-dexamethasone-otite-externe</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2774642/fr/dexafree-dexamethasone-phosphate-sodique-de</t>
+    <t>https://www.has-sante.fr/jcms/c_2824464/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-ciloxadex-ciprofloxacin-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824473/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824476/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-polydexa-neomycin-polymyxin-b-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824479/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-panotile-polymyxin-b-neomycin-fludrocortisone-lidocaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824485/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824491/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-auricularum-oxytetracycline-polymyxin-b-nystatin-dexamethasone</t>
   </si>
   <si>
     <t>FIRDAPSE (amifampridine (phosphate d'))</t>
   </si>
   <si>
-    <t>21/04/2017 16:20:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983648/fr/firdapse-amifampridine-phosphate-d</t>
+    <t>04/21/2017 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983648/en/firdapse-amifampridine-phosphate-d</t>
   </si>
   <si>
     <t>pprd_2983648</t>
   </si>
   <si>
     <t>amifampridine (phosphate d')</t>
   </si>
   <si>
     <t>BIOMARIN EUROPE Limited</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_962465/fr/firdapse-amifampridine-phosphate-d</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2757143/fr/firdapse-amifampridine-phosphate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_962465/en/firdapse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757143/en/firdapse-amifampridine-phosphate-d</t>
   </si>
   <si>
     <t>ANTARENE (ibuprofène/ codéine (phosphate de))</t>
   </si>
   <si>
-    <t>03/11/2016 13:54:37</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983920/fr/antarene-ibuprofene/-codeine-phosphate-de</t>
+    <t>11/03/2016 13:54:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983920/en/antarene-ibuprofene/-codeine-phosphate-de</t>
   </si>
   <si>
     <t>pprd_2983920</t>
   </si>
   <si>
     <t>ibuprofène,codéine (phosphate de)</t>
   </si>
   <si>
     <t>ELERTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398820/fr/antarene-5-gel-tube-de-50-g</t>
-[...146 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2636942/fr/biphozyl-sodium/-potassium/-magnesium/-phosphate-d-hydrogene/-chlorure/-bicarbo</t>
+    <t>https://www.has-sante.fr/jcms/c_398820/en/antarene-5-gel-tube-de-50-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523355/en/antarene-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951422/en/antarene-codeine-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352551/en/antarene-ibuprofene/-codeine-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702130/en/antarene-codeine-200-mg/30-mg-et-400-mg/60-mg-ibuprofene/codeine-association-ains-opioide-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678856/en/antarene-ibuprofene/-codeine-phosphate-de</t>
   </si>
   <si>
     <t>COLOKIT (phosphate disodique anhydre/ phosphate monosodique monohydraté)</t>
   </si>
   <si>
-    <t>02/10/2015 15:09:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984424/fr/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
+    <t>10/02/2015 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984424/en/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
   </si>
   <si>
     <t>pprd_2984424</t>
   </si>
   <si>
     <t>phosphate disodique anhydre,phosphate monosodique monohydraté</t>
   </si>
   <si>
     <t>MAYOLY SPINDLER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_963197/fr/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
-[...209 lines deleted...]
-    <t>c_1219705</t>
+    <t>https://www.has-sante.fr/jcms/c_963197/en/colokit</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558814/en/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J32"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
-[...967 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>819</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>820</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>821</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>822</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>823</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>824</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>825</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>819</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>826</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>827</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>822</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>828</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>829</v>
+        <v>26</v>
       </c>
       <c r="H3" t="s">
-        <v>830</v>
-[...441 lines deleted...]
-        <v>930</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>931</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>932</v>
+        <v>29</v>
       </c>
       <c r="C2" t="s">
-        <v>933</v>
+        <v>30</v>
       </c>
       <c r="D2" t="s">
-        <v>934</v>
+        <v>31</v>
       </c>
       <c r="E2" t="s">
-        <v>935</v>
+        <v>31</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>936</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>937</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>931</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>938</v>
+        <v>34</v>
       </c>
       <c r="C3" t="s">
-        <v>939</v>
+        <v>35</v>
       </c>
       <c r="D3" t="s">
-        <v>940</v>
+        <v>36</v>
       </c>
       <c r="E3" t="s">
-        <v>941</v>
+        <v>37</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>942</v>
+        <v>38</v>
       </c>
       <c r="H3" t="s">
-        <v>943</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>931</v>
+        <v>28</v>
       </c>
       <c r="B4" t="s">
-        <v>944</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>945</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>946</v>
+        <v>36</v>
       </c>
       <c r="E4" t="s">
-        <v>947</v>
+        <v>37</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>948</v>
+        <v>42</v>
       </c>
       <c r="H4" t="s">
-        <v>949</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>931</v>
+        <v>28</v>
       </c>
       <c r="B5" t="s">
-        <v>950</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
-        <v>951</v>
+        <v>45</v>
       </c>
       <c r="D5" t="s">
-        <v>952</v>
+        <v>46</v>
       </c>
       <c r="E5" t="s">
-        <v>953</v>
+        <v>47</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>954</v>
+        <v>48</v>
       </c>
       <c r="H5" t="s">
-        <v>955</v>
-[...103 lines deleted...]
-        <v>979</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AL37"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>982</v>
+        <v>50</v>
       </c>
       <c r="B2" t="s">
-        <v>983</v>
+        <v>51</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>53</v>
       </c>
       <c r="E2" t="s">
-        <v>984</v>
+        <v>54</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>985</v>
+        <v>55</v>
       </c>
       <c r="H2" t="s">
-        <v>986</v>
-[...17 lines deleted...]
-        <v>992</v>
+        <v>56</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>982</v>
+        <v>50</v>
       </c>
       <c r="B3" t="s">
-        <v>993</v>
+        <v>57</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E3" t="s">
-        <v>994</v>
+        <v>60</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>995</v>
+        <v>61</v>
       </c>
       <c r="H3" t="s">
-        <v>996</v>
-[...14 lines deleted...]
-        <v>1001</v>
+        <v>62</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>982</v>
+        <v>50</v>
       </c>
       <c r="B4" t="s">
-        <v>1002</v>
+        <v>63</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>64</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>65</v>
       </c>
       <c r="E4" t="s">
-        <v>1003</v>
+        <v>66</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1004</v>
+        <v>67</v>
       </c>
       <c r="H4" t="s">
-        <v>1005</v>
-[...26 lines deleted...]
-        <v>1014</v>
+        <v>68</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>982</v>
+        <v>50</v>
       </c>
       <c r="B5" t="s">
-        <v>1015</v>
+        <v>69</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>70</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="E5" t="s">
-        <v>1016</v>
+        <v>72</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1017</v>
+        <v>73</v>
       </c>
       <c r="H5" t="s">
-        <v>1018</v>
-[...20 lines deleted...]
-        <v>1025</v>
+        <v>74</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>982</v>
+        <v>50</v>
       </c>
       <c r="B6" t="s">
-        <v>1026</v>
+        <v>75</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>76</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="E6" t="s">
-        <v>1016</v>
+        <v>78</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1027</v>
+        <v>79</v>
       </c>
       <c r="H6" t="s">
-        <v>1028</v>
-[...17 lines deleted...]
-        <v>1034</v>
+        <v>80</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>982</v>
+        <v>50</v>
       </c>
       <c r="B7" t="s">
-        <v>1035</v>
+        <v>81</v>
       </c>
       <c r="C7" t="s">
-        <v>12</v>
+        <v>82</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>83</v>
       </c>
       <c r="E7" t="s">
-        <v>1036</v>
+        <v>84</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1037</v>
+        <v>85</v>
       </c>
       <c r="H7" t="s">
-        <v>1038</v>
-[...11 lines deleted...]
-        <v>1042</v>
+        <v>86</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>982</v>
+        <v>50</v>
       </c>
       <c r="B8" t="s">
-        <v>1043</v>
+        <v>87</v>
       </c>
       <c r="C8" t="s">
-        <v>12</v>
+        <v>88</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>89</v>
       </c>
       <c r="E8" t="s">
-        <v>1044</v>
+        <v>90</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1045</v>
+        <v>91</v>
       </c>
       <c r="H8" t="s">
-        <v>1046</v>
-[...17 lines deleted...]
-        <v>1051</v>
+        <v>92</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>982</v>
+        <v>50</v>
       </c>
       <c r="B9" t="s">
-        <v>1052</v>
+        <v>93</v>
       </c>
       <c r="C9" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>95</v>
       </c>
       <c r="E9" t="s">
-        <v>1053</v>
+        <v>96</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1054</v>
+        <v>97</v>
       </c>
       <c r="H9" t="s">
-        <v>1055</v>
-[...29 lines deleted...]
-        <v>1064</v>
+        <v>98</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>982</v>
+        <v>50</v>
       </c>
       <c r="B10" t="s">
-        <v>1065</v>
+        <v>99</v>
       </c>
       <c r="C10" t="s">
-        <v>12</v>
+        <v>94</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>100</v>
       </c>
       <c r="E10" t="s">
-        <v>1066</v>
+        <v>101</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1067</v>
+        <v>102</v>
       </c>
       <c r="H10" t="s">
-        <v>1068</v>
-[...14 lines deleted...]
-        <v>1072</v>
+        <v>103</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>982</v>
+        <v>50</v>
       </c>
       <c r="B11" t="s">
-        <v>1073</v>
+        <v>104</v>
       </c>
       <c r="C11" t="s">
-        <v>12</v>
+        <v>105</v>
       </c>
       <c r="D11" t="s">
-        <v>12</v>
+        <v>106</v>
       </c>
       <c r="E11" t="s">
-        <v>1074</v>
+        <v>107</v>
       </c>
       <c r="F11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1075</v>
+        <v>108</v>
       </c>
       <c r="H11" t="s">
-        <v>1076</v>
-[...89 lines deleted...]
-        <v>1103</v>
+        <v>109</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>982</v>
+        <v>50</v>
       </c>
       <c r="B12" t="s">
-        <v>1104</v>
+        <v>110</v>
       </c>
       <c r="C12" t="s">
-        <v>12</v>
+        <v>111</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>112</v>
       </c>
       <c r="E12" t="s">
-        <v>1105</v>
+        <v>113</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1106</v>
+        <v>114</v>
       </c>
       <c r="H12" t="s">
-        <v>1107</v>
-[...1021 lines deleted...]
-        <v>1325</v>
+        <v>115</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1326</v>
+        <v>116</v>
       </c>
       <c r="B2" t="s">
-        <v>1327</v>
+        <v>117</v>
       </c>
       <c r="C2" t="s">
-        <v>1328</v>
+        <v>118</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>119</v>
       </c>
       <c r="E2" t="s">
-        <v>1329</v>
+        <v>120</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1330</v>
+        <v>121</v>
       </c>
       <c r="H2" t="s">
-        <v>1331</v>
+        <v>122</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H51"/>
+  <dimension ref="A1:R10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>123</v>
+      </c>
+      <c r="J1" t="s">
+        <v>124</v>
+      </c>
+      <c r="K1" t="s">
+        <v>125</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="B2" t="s">
-        <v>210</v>
+        <v>127</v>
       </c>
       <c r="C2" t="s">
-        <v>211</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>212</v>
+        <v>128</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>213</v>
+        <v>129</v>
       </c>
       <c r="H2" t="s">
-        <v>214</v>
+        <v>130</v>
+      </c>
+      <c r="I2" t="s">
+        <v>131</v>
+      </c>
+      <c r="J2" t="s">
+        <v>132</v>
+      </c>
+      <c r="K2" t="s">
+        <v>133</v>
+      </c>
+      <c r="L2" t="s">
+        <v>134</v>
+      </c>
+      <c r="M2" t="s">
+        <v>135</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="B3" t="s">
-        <v>215</v>
+        <v>136</v>
       </c>
       <c r="C3" t="s">
-        <v>216</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>217</v>
+        <v>137</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>218</v>
+        <v>138</v>
       </c>
       <c r="H3" t="s">
-        <v>219</v>
+        <v>139</v>
+      </c>
+      <c r="I3" t="s">
+        <v>140</v>
+      </c>
+      <c r="J3" t="s">
+        <v>132</v>
+      </c>
+      <c r="K3" t="s">
+        <v>141</v>
+      </c>
+      <c r="L3" t="s">
+        <v>142</v>
+      </c>
+      <c r="M3" t="s">
+        <v>143</v>
+      </c>
+      <c r="N3" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="B4" t="s">
-        <v>220</v>
+        <v>145</v>
       </c>
       <c r="C4" t="s">
-        <v>221</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>222</v>
+        <v>146</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>223</v>
+        <v>147</v>
       </c>
       <c r="H4" t="s">
-        <v>224</v>
+        <v>148</v>
+      </c>
+      <c r="I4" t="s">
+        <v>149</v>
+      </c>
+      <c r="J4" t="s">
+        <v>150</v>
+      </c>
+      <c r="K4" t="s">
+        <v>151</v>
+      </c>
+      <c r="L4" t="s">
+        <v>152</v>
+      </c>
+      <c r="M4" t="s">
+        <v>153</v>
+      </c>
+      <c r="N4" t="s">
+        <v>154</v>
+      </c>
+      <c r="O4" t="s">
+        <v>155</v>
+      </c>
+      <c r="P4" t="s">
+        <v>156</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>157</v>
+      </c>
+      <c r="R4" t="s">
+        <v>158</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="B5" t="s">
-        <v>225</v>
+        <v>159</v>
       </c>
       <c r="C5" t="s">
-        <v>226</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>227</v>
+        <v>160</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>228</v>
+        <v>161</v>
       </c>
       <c r="H5" t="s">
-        <v>229</v>
+        <v>162</v>
+      </c>
+      <c r="I5" t="s">
+        <v>163</v>
+      </c>
+      <c r="J5" t="s">
+        <v>164</v>
+      </c>
+      <c r="K5" t="s">
+        <v>165</v>
+      </c>
+      <c r="L5" t="s">
+        <v>166</v>
+      </c>
+      <c r="M5" t="s">
+        <v>167</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="B6" t="s">
-        <v>230</v>
+        <v>168</v>
       </c>
       <c r="C6" t="s">
-        <v>231</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>232</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>233</v>
+        <v>169</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>234</v>
+        <v>170</v>
       </c>
       <c r="H6" t="s">
-        <v>235</v>
+        <v>171</v>
+      </c>
+      <c r="I6" t="s">
+        <v>172</v>
+      </c>
+      <c r="J6" t="s">
+        <v>173</v>
+      </c>
+      <c r="K6" t="s">
+        <v>174</v>
+      </c>
+      <c r="L6" t="s">
+        <v>175</v>
+      </c>
+      <c r="M6" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="B7" t="s">
-        <v>236</v>
+        <v>177</v>
       </c>
       <c r="C7" t="s">
-        <v>237</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>238</v>
+        <v>178</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>239</v>
+        <v>179</v>
       </c>
       <c r="H7" t="s">
-        <v>240</v>
+        <v>180</v>
+      </c>
+      <c r="I7" t="s">
+        <v>181</v>
+      </c>
+      <c r="J7" t="s">
+        <v>182</v>
+      </c>
+      <c r="K7" t="s">
+        <v>183</v>
+      </c>
+      <c r="L7" t="s">
+        <v>184</v>
+      </c>
+      <c r="M7" t="s">
+        <v>185</v>
+      </c>
+      <c r="N7" t="s">
+        <v>186</v>
+      </c>
+      <c r="O7" t="s">
+        <v>187</v>
+      </c>
+      <c r="P7" t="s">
+        <v>188</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="B8" t="s">
-        <v>241</v>
+        <v>189</v>
       </c>
       <c r="C8" t="s">
-        <v>242</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>243</v>
+        <v>190</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="H8" t="s">
-        <v>245</v>
+        <v>192</v>
+      </c>
+      <c r="I8" t="s">
+        <v>193</v>
+      </c>
+      <c r="J8" t="s">
+        <v>194</v>
+      </c>
+      <c r="K8" t="s">
+        <v>195</v>
+      </c>
+      <c r="L8" t="s">
+        <v>196</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>209</v>
+        <v>126</v>
       </c>
       <c r="B9" t="s">
-        <v>246</v>
+        <v>197</v>
       </c>
       <c r="C9" t="s">
-        <v>247</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>248</v>
+        <v>198</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>249</v>
+        <v>199</v>
       </c>
       <c r="H9" t="s">
-        <v>250</v>
+        <v>200</v>
+      </c>
+      <c r="I9" t="s">
+        <v>201</v>
+      </c>
+      <c r="J9" t="s">
+        <v>202</v>
+      </c>
+      <c r="K9" t="s">
+        <v>203</v>
+      </c>
+      <c r="L9" t="s">
+        <v>204</v>
+      </c>
+      <c r="M9" t="s">
+        <v>205</v>
+      </c>
+      <c r="N9" t="s">
+        <v>206</v>
+      </c>
+      <c r="O9" t="s">
+        <v>207</v>
+      </c>
+      <c r="P9" t="s">
+        <v>208</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>126</v>
+      </c>
+      <c r="B10" t="s">
         <v>209</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" t="s">
-        <v>252</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>253</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>254</v>
+        <v>210</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>255</v>
+        <v>211</v>
       </c>
       <c r="H10" t="s">
-        <v>256</v>
-[...1065 lines deleted...]
-        <v>458</v>
+        <v>212</v>
+      </c>
+      <c r="I10" t="s">
+        <v>213</v>
+      </c>
+      <c r="J10" t="s">
+        <v>214</v>
+      </c>
+      <c r="K10" t="s">
+        <v>215</v>
+      </c>
+      <c r="L10" t="s">
+        <v>216</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...2288 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>