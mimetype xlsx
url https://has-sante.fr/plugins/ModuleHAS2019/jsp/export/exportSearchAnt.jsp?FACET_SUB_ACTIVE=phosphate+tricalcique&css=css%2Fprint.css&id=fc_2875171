--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,207 +1,1494 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="269" uniqueCount="164">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/19/2013 15:55:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>BIOLOGICGLASS GRANULES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
+    <t>24/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2023 17:36:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471123/fr/biologicglass-granules</t>
+  </si>
+  <si>
+    <t>p_3471123</t>
+  </si>
+  <si>
+    <t>Substitut osseux synthétique</t>
+  </si>
+  <si>
+    <t>NORAKER</t>
+  </si>
+  <si>
+    <t>STRATOS (sans ciment)</t>
+  </si>
+  <si>
+    <t>12/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2019 15:21:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906939/fr/stratos-sans-ciment</t>
+  </si>
+  <si>
+    <t>c_2906939</t>
+  </si>
+  <si>
+    <t>cotyle à double mobilité constitué d’une cupule non cimentée et d’un insert en polyéthylène conventionnel</t>
+  </si>
+  <si>
+    <t>SCIENCE ET MEDECINE S.A.S</t>
+  </si>
+  <si>
+    <t>GLASSBONE</t>
+  </si>
+  <si>
+    <t>29/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 12:31:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854461/fr/glassbone</t>
+  </si>
+  <si>
+    <t>c_2854461</t>
+  </si>
+  <si>
+    <t>substitut osseux synthétique</t>
+  </si>
+  <si>
+    <t>NANOSTIM</t>
+  </si>
+  <si>
+    <t>08/06/2018 16:37:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854897/fr/nanostim</t>
+  </si>
+  <si>
+    <t>c_2854897</t>
+  </si>
+  <si>
+    <t>substitut osseux synthétique injectable</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>03/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2018 16:57:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844350/fr/stratos-sans-ciment</t>
+  </si>
+  <si>
+    <t>c_2844350</t>
+  </si>
+  <si>
+    <t>OSTIBONE</t>
+  </si>
+  <si>
+    <t>Substitut osseux synthétique injectable</t>
+  </si>
+  <si>
+    <t>12/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2017 16:00:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796174/fr/ostibone</t>
+  </si>
+  <si>
+    <t>c_2796174</t>
+  </si>
+  <si>
+    <t>FH ORTHOPEDICS SAS</t>
+  </si>
+  <si>
+    <t>MATRI BONE- 03 mai 2011 (3397) avis</t>
+  </si>
+  <si>
+    <t>Substitut osseux CHIRURGIE – Nouveau dispositif Avis défavorable au remboursement pour le comblement de lésions osseuses d’origine chirurgicale, traumatique ou pathologique</t>
+  </si>
+  <si>
+    <t>03/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2011 13:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028382/fr/matri-bone-03-mai-2011-3397-avis</t>
+  </si>
+  <si>
+    <t>c_1028382</t>
+  </si>
+  <si>
+    <t>BIOM’UP SAS (France)</t>
+  </si>
+  <si>
+    <t>CEMENTEK</t>
+  </si>
+  <si>
+    <t>Substitut synthétique de l'os</t>
+  </si>
+  <si>
+    <t>24/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2015 18:09:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024383/fr/cementek</t>
+  </si>
+  <si>
+    <t>c_2024383</t>
+  </si>
+  <si>
+    <t>TEKNIMED S.A.S</t>
+  </si>
+  <si>
+    <t>CALCIBON</t>
+  </si>
+  <si>
+    <t>22/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2013 17:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1680962/fr/calcibon</t>
+  </si>
+  <si>
+    <t>c_1680962</t>
+  </si>
+  <si>
+    <t>BIOMET SAS</t>
+  </si>
+  <si>
+    <t>NANOSTIM , substitut osseux synthétique injectable</t>
+  </si>
+  <si>
+    <t>11/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2013 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603293/fr/nanostim-substitut-osseux-synthetique-injectable</t>
+  </si>
+  <si>
+    <t>c_1603293</t>
+  </si>
+  <si>
+    <t>aap Biomatérials GmbH</t>
+  </si>
+  <si>
+    <t>Substituts osseux</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2013 18:24:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600261/fr/substituts-osseux</t>
+  </si>
+  <si>
+    <t>c_1600261</t>
+  </si>
+  <si>
+    <t>Ministère</t>
+  </si>
+  <si>
+    <t>CEMENTEK, substitut osseux phosphocalcique</t>
+  </si>
+  <si>
+    <t>Substitut osseux phosphocalcique malléable</t>
+  </si>
+  <si>
+    <t>26/02/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>06/03/2013 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364163/fr/cementek-substitut-osseux-phosphocalcique</t>
+  </si>
+  <si>
+    <t>c_1364163</t>
+  </si>
+  <si>
+    <t>CHRONOS INJECT- CNEDiMTS du 04 mai 2010 (2483) avis</t>
+  </si>
+  <si>
+    <t>Substitut synthétique de l’os Orthopédie -Traumatologie – Nouveau dispositif Pas de progrès par rapport à CALCIBON pour compenser une perte de substance osseuse.</t>
+  </si>
+  <si>
+    <t>04/05/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2010 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953867/fr/chronos-inject-cnedimts-du-04-mai-2010-2483-avis</t>
+  </si>
+  <si>
+    <t>c_953867</t>
+  </si>
+  <si>
+    <t>Synthes SAS France</t>
+  </si>
+  <si>
+    <t>NORIAN</t>
+  </si>
+  <si>
+    <t>Substitut synthétique de l’os</t>
+  </si>
+  <si>
+    <t>13/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2008 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632821/fr/norian</t>
+  </si>
+  <si>
+    <t>c_632821</t>
+  </si>
+  <si>
+    <t>SYNTHES SAS (France)</t>
+  </si>
+  <si>
+    <t>Avis Prothèses de hanche</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592051/fr/avis-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_592051</t>
+  </si>
+  <si>
+    <t>Ministre</t>
+  </si>
+  <si>
+    <t>ALASKA</t>
+  </si>
+  <si>
+    <t>Substitut osseux d'origine synthétique</t>
+  </si>
+  <si>
+    <t>28/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398370/fr/alaska</t>
+  </si>
+  <si>
+    <t>c_398370</t>
+  </si>
+  <si>
+    <t>COATING INDUSTRIES</t>
+  </si>
+  <si>
+    <t>SUBSTITUTS SYNTHETIQUES DE L'OS</t>
+  </si>
+  <si>
+    <t>Ligne générique</t>
+  </si>
+  <si>
+    <t>26/03/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398472/fr/substituts-synthetiques-de-l-os</t>
+  </si>
+  <si>
+    <t>c_398472</t>
+  </si>
+  <si>
+    <t>Direction Générale de la Santé / Direction de la Sécurité Sociale</t>
+  </si>
+  <si>
+    <t>VITOSS SCAFFOLD</t>
+  </si>
+  <si>
+    <t>24/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398498/fr/vitoss-scaffold</t>
+  </si>
+  <si>
+    <t>c_398498</t>
+  </si>
+  <si>
+    <t>ORTHOVITA EUROPE (Belgique)</t>
+  </si>
+  <si>
+    <t>CHRONOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398500/fr/chronos</t>
+  </si>
+  <si>
+    <t>c_398500</t>
+  </si>
+  <si>
+    <t>MATHYS MEDICAL France</t>
+  </si>
+  <si>
+    <t>Ciment phosphocalcique</t>
+  </si>
+  <si>
+    <t>20/10/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398580/fr/cementek</t>
+  </si>
+  <si>
+    <t>c_398580</t>
+  </si>
+  <si>
+    <t>TEKNIMED S.A. (France)</t>
+  </si>
+  <si>
+    <t>CONDUIT R</t>
+  </si>
+  <si>
+    <t>Céramique phosphocalcique pour comblement osseux</t>
+  </si>
+  <si>
+    <t>15/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398581/fr/conduit-r</t>
+  </si>
+  <si>
+    <t>c_398581</t>
+  </si>
+  <si>
+    <t>DePuy France SAS (France)</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des substituts osseux</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de proposer une mise à jour des modalités de remboursement des substituts osseux inscrits sur la LPPR.# Deux grandes catégories de substituts osseux sont distinguées par la Commission : * les substituts osseux synthétiques ne comportant aucun dérivé ou tissu d’origine biologique ou n’étant pas issu de tels dérivés ; * les substituts osseux issus de dérivés, de tissus d'origine animale non viables ou en comportant.</t>
+  </si>
+  <si>
+    <t>19/07/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/fr/evaluation-des-substituts-osseux</t>
   </si>
   <si>
     <t>c_1225008</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses de hanche</t>
+  </si>
+  <si>
+    <t>L’évaluation des prothèses de hanche a été réalisée suite à l’arrêté du 25 juillet 2005. Elle a concerné les prothèses totales de hanche et les prothèses fémorales, ne remplaçant que le versant fémoral de l’articulation. L’objectif était de : définir les indications et les situations cliniques d’utilisation des différents types de prothèses existantes ; décrire les caractéristiques techniques auxquelles doivent répondre les prothèses inscrites sur la LPPR, ainsi que leurs conditions de prise en charge ; préciser les conditions de renouvellement d’inscription, en particulier les données cliniques complémentaires à fournir ; émettre des recommandations sur les études cliniques à mettre en œuvre pour améliorer l’évaluation des prothèses de hanche.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2008 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_674535/fr/evaluation-des-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_674535</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>OSTRAM - OSTRAM VITAMINE D3 (phosphate tricalcique/ cholécalciférol (concentrat de), forme pulvérul...)</t>
+  </si>
+  <si>
+    <t>16/12/2014 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984637/fr/ostram-ostram-vitamine-d3-phosphate-tricalcique/-cholecalciferol-concentrat-de-forme-pulverul</t>
+  </si>
+  <si>
+    <t>pprd_2984637</t>
+  </si>
+  <si>
+    <t>phosphate tricalcique,cholécalciférol (concentrat de), forme pulvérulente</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400228/fr/ostram-vitamine-d3-poudre-pour-suspension-buvable-en-sachet-dose-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594659/fr/ostram-phosphate-tricalcique/-cholecalciferol-concentrat-de-forme-pulverul</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623659/fr/ostram-phosphate-tricalcique/-cholecalciferol-concentrat-de-forme-pulverul</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1794399/fr/ostram-vitamine-d3-phosphate-tricalcique/-cholecalciferol-concentrat-de-forme-pulverul</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J22"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I5" t="s">
+        <v>36</v>
+      </c>
+      <c r="J5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
+      <c r="I6" t="s">
+        <v>24</v>
+      </c>
+      <c r="J6" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
+        <v>47</v>
+      </c>
+      <c r="I7" t="s">
+        <v>43</v>
+      </c>
+      <c r="J7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8" t="s">
+        <v>54</v>
+      </c>
+      <c r="I8" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9" t="s">
+        <v>57</v>
+      </c>
+      <c r="D9" t="s">
+        <v>58</v>
+      </c>
+      <c r="E9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9" t="s">
+        <v>61</v>
+      </c>
+      <c r="I9" t="s">
+        <v>57</v>
+      </c>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>63</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
+        <v>65</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H10" t="s">
+        <v>67</v>
+      </c>
+      <c r="I10" t="s">
+        <v>57</v>
+      </c>
+      <c r="J10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" t="s">
+        <v>43</v>
+      </c>
+      <c r="D11" t="s">
+        <v>70</v>
+      </c>
+      <c r="E11" t="s">
+        <v>71</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>72</v>
+      </c>
+      <c r="H11" t="s">
+        <v>73</v>
+      </c>
+      <c r="I11" t="s">
+        <v>43</v>
+      </c>
+      <c r="J11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>76</v>
+      </c>
+      <c r="E12" t="s">
+        <v>77</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>78</v>
+      </c>
+      <c r="H12" t="s">
+        <v>79</v>
+      </c>
+      <c r="I12" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
+        <v>82</v>
+      </c>
+      <c r="D13" t="s">
+        <v>83</v>
+      </c>
+      <c r="E13" t="s">
+        <v>84</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>85</v>
+      </c>
+      <c r="H13" t="s">
+        <v>86</v>
+      </c>
+      <c r="I13" t="s">
+        <v>82</v>
+      </c>
+      <c r="J13" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>87</v>
+      </c>
+      <c r="C14" t="s">
+        <v>88</v>
+      </c>
+      <c r="D14" t="s">
+        <v>89</v>
+      </c>
+      <c r="E14" t="s">
+        <v>90</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>91</v>
+      </c>
+      <c r="H14" t="s">
+        <v>92</v>
+      </c>
+      <c r="I14" t="s">
+        <v>12</v>
+      </c>
+      <c r="J14" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>94</v>
+      </c>
+      <c r="C15" t="s">
+        <v>95</v>
+      </c>
+      <c r="D15" t="s">
+        <v>96</v>
+      </c>
+      <c r="E15" t="s">
+        <v>97</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>98</v>
+      </c>
+      <c r="H15" t="s">
+        <v>99</v>
+      </c>
+      <c r="I15" t="s">
+        <v>95</v>
+      </c>
+      <c r="J15" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>101</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>102</v>
+      </c>
+      <c r="E16" t="s">
+        <v>103</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>104</v>
+      </c>
+      <c r="H16" t="s">
+        <v>105</v>
+      </c>
+      <c r="I16" t="s">
+        <v>12</v>
+      </c>
+      <c r="J16" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>107</v>
+      </c>
+      <c r="C17" t="s">
+        <v>108</v>
+      </c>
+      <c r="D17" t="s">
+        <v>109</v>
+      </c>
+      <c r="E17" t="s">
+        <v>109</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>110</v>
+      </c>
+      <c r="H17" t="s">
+        <v>111</v>
+      </c>
+      <c r="I17" t="s">
+        <v>108</v>
+      </c>
+      <c r="J17" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>113</v>
+      </c>
+      <c r="C18" t="s">
+        <v>114</v>
+      </c>
+      <c r="D18" t="s">
+        <v>115</v>
+      </c>
+      <c r="E18" t="s">
+        <v>115</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>116</v>
+      </c>
+      <c r="H18" t="s">
+        <v>117</v>
+      </c>
+      <c r="I18" t="s">
+        <v>114</v>
+      </c>
+      <c r="J18" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>119</v>
+      </c>
+      <c r="C19" t="s">
+        <v>57</v>
+      </c>
+      <c r="D19" t="s">
+        <v>120</v>
+      </c>
+      <c r="E19" t="s">
+        <v>120</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>121</v>
+      </c>
+      <c r="H19" t="s">
+        <v>122</v>
+      </c>
+      <c r="I19" t="s">
+        <v>57</v>
+      </c>
+      <c r="J19" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>124</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>115</v>
+      </c>
+      <c r="E20" t="s">
+        <v>115</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>125</v>
+      </c>
+      <c r="H20" t="s">
+        <v>126</v>
+      </c>
+      <c r="I20" t="s">
+        <v>12</v>
+      </c>
+      <c r="J20" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>56</v>
+      </c>
+      <c r="C21" t="s">
+        <v>128</v>
+      </c>
+      <c r="D21" t="s">
+        <v>129</v>
+      </c>
+      <c r="E21" t="s">
+        <v>129</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>130</v>
+      </c>
+      <c r="H21" t="s">
+        <v>131</v>
+      </c>
+      <c r="I21" t="s">
+        <v>128</v>
+      </c>
+      <c r="J21" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>133</v>
+      </c>
+      <c r="C22" t="s">
+        <v>134</v>
+      </c>
+      <c r="D22" t="s">
+        <v>135</v>
+      </c>
+      <c r="E22" t="s">
+        <v>135</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>136</v>
+      </c>
+      <c r="H22" t="s">
+        <v>137</v>
+      </c>
+      <c r="I22" t="s">
+        <v>134</v>
+      </c>
+      <c r="J22" t="s">
+        <v>138</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B2" t="s">
+        <v>140</v>
+      </c>
+      <c r="C2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>143</v>
+      </c>
+      <c r="H2" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>139</v>
+      </c>
+      <c r="B3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C3" t="s">
+        <v>146</v>
+      </c>
+      <c r="D3" t="s">
+        <v>147</v>
+      </c>
+      <c r="E3" t="s">
+        <v>148</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>149</v>
+      </c>
+      <c r="H3" t="s">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>151</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>153</v>
+      </c>
+      <c r="B2" t="s">
+        <v>154</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>155</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>156</v>
+      </c>
+      <c r="H2" t="s">
+        <v>157</v>
+      </c>
+      <c r="I2" t="s">
+        <v>158</v>
+      </c>
+      <c r="J2" t="s">
+        <v>159</v>
+      </c>
+      <c r="K2" t="s">
+        <v>160</v>
+      </c>
+      <c r="L2" t="s">
+        <v>161</v>
+      </c>
+      <c r="M2" t="s">
+        <v>162</v>
+      </c>
+      <c r="N2" t="s">
+        <v>163</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>