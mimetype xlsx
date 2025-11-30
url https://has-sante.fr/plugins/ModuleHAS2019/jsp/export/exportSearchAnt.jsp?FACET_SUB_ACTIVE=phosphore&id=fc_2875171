--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,268 +1,1690 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="876" uniqueCount="519">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique du patient (ETP) : évaluation de l’efficacité et de l’efficience dans les maladies chroniques</t>
+  </si>
+  <si>
+    <t>La HAS propose, dix ans après les premiers rapports d’évaluation, des orientations pour la mise en œuvre des interventions éducatives les plus adaptées aux besoins des patients et des repères pour analyser ou mener des études d’efficacité et d’efficience.</t>
+  </si>
+  <si>
+    <t>27/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2018 15:03:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/c_2884714/fr/education-therapeutique-du-patient-etp-evaluation-de-l-efficacite-et-de-l-efficience-dans-les-maladies-chroniques</t>
+  </si>
+  <si>
+    <t>c_2884714</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>F-PHOENIX DBM</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2025 16:35:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588280/fr/f-phoenix-dbm</t>
+  </si>
+  <si>
+    <t>p_3588280</t>
+  </si>
+  <si>
+    <t>Allogreffe osseuse viro-inactivée déminéralisée</t>
+  </si>
+  <si>
+    <t>TBF (France)</t>
+  </si>
+  <si>
+    <t>PHOENIX+FDBM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588285/fr/phoenix-fdbm</t>
+  </si>
+  <si>
+    <t>p_3588285</t>
+  </si>
+  <si>
+    <t>Allogreffe osseuse viro-inactivée (mélange de fibres d’os déminéralisé et de poudre ou copeaux d’os minéralisé)</t>
+  </si>
+  <si>
+    <t>P-PHOENIX DBM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3588287/fr/p-phoenix-dbm</t>
+  </si>
+  <si>
+    <t>p_3588287</t>
+  </si>
+  <si>
+    <t>BIOLOGICGLASS GRANULES</t>
+  </si>
+  <si>
+    <t>24/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2023 17:36:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471123/fr/biologicglass-granules</t>
+  </si>
+  <si>
+    <t>p_3471123</t>
+  </si>
+  <si>
+    <t>Substitut osseux synthétique</t>
+  </si>
+  <si>
+    <t>NORAKER</t>
+  </si>
+  <si>
+    <t>Phase contradictoire suite à l'avis de projet du 25/01/2023 portant inscription d’activités de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>Avis de projet portant inscription d’activités de télésurveillance médicale sur la liste prévue à l’article L. 162- 52 du code de la sécurité sociale Les présents avis sont pris en application des articles L.162-52 et R.162-84 du code de la sécurité sociale. Ils font suite à l’avis de projet ministériel publié au Journal officiel du 25 janvier 2023 relatif à la création de 5 lignes génériques, parmi lesquelles celle relative à la : Télésurveillance médicale du patient diabétique, Télésurveillance médicale du patient insuffisant respiratoire chronique, Télésurveillance médicale du patient insuffisant rénal chronique, Télésurveillance médicale du patient insuffisant cardiaque chronique, Télésurveillance médicale du patient porteur de prothèse cardiaque implantable à visée thérapeutique. faisant l’objet de ces avis.</t>
+  </si>
+  <si>
+    <t>21/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2023 16:11:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423461/fr/phase-contradictoire-suite-a-l-avis-de-projet-du-25/01/2023-portant-inscription-d-activites-de-telesurveillance-medicale</t>
+  </si>
+  <si>
+    <t>p_3423461</t>
+  </si>
+  <si>
+    <t>GLASSBONE</t>
+  </si>
+  <si>
+    <t>29/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 12:31:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854461/fr/glassbone</t>
+  </si>
+  <si>
+    <t>c_2854461</t>
+  </si>
+  <si>
+    <t>substitut osseux synthétique</t>
+  </si>
+  <si>
+    <t>NANOSTIM</t>
+  </si>
+  <si>
+    <t>08/06/2018 16:37:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854897/fr/nanostim</t>
+  </si>
+  <si>
+    <t>c_2854897</t>
+  </si>
+  <si>
+    <t>substitut osseux synthétique injectable</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>OSTIBONE</t>
+  </si>
+  <si>
+    <t>Substitut osseux synthétique injectable</t>
+  </si>
+  <si>
+    <t>12/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2017 16:00:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796174/fr/ostibone</t>
+  </si>
+  <si>
+    <t>c_2796174</t>
+  </si>
+  <si>
+    <t>FH ORTHOPEDICS SAS</t>
+  </si>
+  <si>
+    <t>CALCIBON</t>
+  </si>
+  <si>
+    <t>Substitut synthétique de l'os</t>
+  </si>
+  <si>
+    <t>22/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2013 17:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1680962/fr/calcibon</t>
+  </si>
+  <si>
+    <t>c_1680962</t>
+  </si>
+  <si>
+    <t>BIOMET SAS</t>
+  </si>
+  <si>
+    <t>NANOSTIM , substitut osseux synthétique injectable</t>
+  </si>
+  <si>
+    <t>11/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2013 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603293/fr/nanostim-substitut-osseux-synthetique-injectable</t>
+  </si>
+  <si>
+    <t>c_1603293</t>
+  </si>
+  <si>
+    <t>aap Biomatérials GmbH</t>
+  </si>
+  <si>
+    <t>Substituts osseux</t>
+  </si>
+  <si>
+    <t>28/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2013 18:24:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600261/fr/substituts-osseux</t>
+  </si>
+  <si>
+    <t>c_1600261</t>
+  </si>
+  <si>
+    <t>Ministère</t>
+  </si>
+  <si>
+    <t>NOVASOURCE GI CONTROL</t>
+  </si>
+  <si>
+    <t>30/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2008 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700024/fr/novasource-gi-control</t>
+  </si>
+  <si>
+    <t>c_700024</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI France</t>
+  </si>
+  <si>
+    <t>NOVASOURCE GI FORTE</t>
+  </si>
+  <si>
+    <t>30/09/2008 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700029/fr/novasource-gi-forte</t>
+  </si>
+  <si>
+    <t>c_700029</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypoparathyroïdie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
+  </si>
+  <si>
+    <t>c_2789355</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Chronic hepatitis B</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_452115/en/chronic-hepatitis-b</t>
+    <t>Alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’alpha-mannosidose (α-Man). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557765/fr/alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>p_3557765</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>ALD n° 6 - Hépatite chronique B</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/11/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_452115/fr/ald-n-6-hepatite-chronique-b</t>
   </si>
   <si>
     <t>c_452115</t>
   </si>
   <si>
-    <t>Early-Onset Anorexia Nervosa</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Rachitismes rares vitamine D-dépendants</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de rachitisme génétique vitamine D-dépandant. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme de calcium et phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542916/fr/rachitismes-rares-vitamine-d-dependants</t>
+  </si>
+  <si>
+    <t>p_3542916</t>
+  </si>
+  <si>
+    <t>Hypercalcémie infantile idiopathique (HII)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HII. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 17:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522489/fr/hypercalcemie-infantile-idiopathique-hii</t>
+  </si>
+  <si>
+    <t>p_3522489</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Hyperoxalurie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hyperoxalurie. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403890/fr/hyperoxalurie</t>
+  </si>
+  <si>
+    <t>p_3403890</t>
+  </si>
+  <si>
+    <t>iPPSD, les pathologies de l’inactivation de la signalisation PTH/PTHrP (anciennement pseudohypoparathyroïdies et maladies associées)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’iPPSD. Il a été élaboré par le Centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3404043/fr/ippsd-les-pathologies-de-l-inactivation-de-la-signalisation-pth/pthrp-anciennement-pseudohypoparathyroidies-et-maladies-associees</t>
+  </si>
+  <si>
+    <t>p_3404043</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Dysplasie et syndrome de McCune-Albright</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dysplasie fibreuse (DF), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de référence Dysplasie fibreuse et syndrome de McCune-Albright à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351116/fr/dysplasie-et-syndrome-de-mccune-albright</t>
+  </si>
+  <si>
+    <t>p_3351116</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...5 lines deleted...]
-    <t>These recommendations of good practice are intended to help: to identify anorexia nervosa earlier; To improve the accompaniment of the patient and his entourage: * Improve patient management and initial orientation; * Improve hospital management when necessary and post-hospital care. * Affected are pre-teens, adolescents and young adults. The priorities for improving the quality of care defined for this work are the following.</t>
+    <t>Maladie de Gaucher</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Gaucher. Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/05/2022 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339127/fr/maladie-de-gaucher</t>
+  </si>
+  <si>
+    <t>p_3339127</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients atteints des valves de l'urètre postérieur, du fœtus à l'adolescence</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint des valves de l'urètre posterieur (VUP), du foetus a l’adolescence. Il a été élaboré par le Centre de référence des malformations rares des voies urinaires (MARVU) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299928/fr/prise-en-charge-des-patients-atteints-des-valves-de-l-uretre-posterieur-du-foetus-a-l-adolescence</t>
+  </si>
+  <si>
+    <t>p_3299928</t>
+  </si>
+  <si>
+    <t>Pseudo Obstructions Intestinales Chroniques (POIC) chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de Pseudo Obstruction Intestinale Chronique (POIC), quel que soit son type et son âge. Il a été élaboré par le Centre de Référence des maladies rares digestives - MaRDi à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300746/fr/pseudo-obstructions-intestinales-chroniques-poic-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3300746</t>
+  </si>
+  <si>
+    <t>Syndrome de Joubert</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Joubert. Il a été élaboré par le Centre de Référence Malformations et Maladies congénitales du cervelet à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300830/fr/syndrome-de-joubert</t>
+  </si>
+  <si>
+    <t>p_3300830</t>
+  </si>
+  <si>
+    <t>Syndrome de Turner</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de syndrome de Turner (ST), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de Référence des maladies endocriniennes rares de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632797/fr/syndrome-de-turner</t>
+  </si>
+  <si>
+    <t>c_632797</t>
+  </si>
+  <si>
+    <t>Syndrome de Bartter</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Bartter. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298125/fr/syndrome-de-bartter</t>
+  </si>
+  <si>
+    <t>p_3298125</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Naevus congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de naevus congénital (NC). Il a été élaboré par la Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/10/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293857/fr/naevus-congenital</t>
+  </si>
+  <si>
+    <t>p_3293857</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Syndrome Trichorhinophalangien (TRPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome Trichorhinophalangien (TRPS). Il a été élaboré par le CRMR Anomalies du Développement et Syndromes Malformatifs et CRMR Maladies rares du métabolisme du calcium et du phosphore à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289837/fr/syndrome-trichorhinophalangien-trps</t>
+  </si>
+  <si>
+    <t>p_3289837</t>
+  </si>
+  <si>
+    <t>Amélogenèses imparfaites</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amélogenèse imparfaite. Il a été élaboré par le Centre de référence des maladies rares orales et dentaires O-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284538/fr/amelogeneses-imparfaites</t>
+  </si>
+  <si>
+    <t>p_3284538</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Hypophosphatasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’hypophosphatasie (HPP). Il a été élaboré par le centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280131/fr/hypophosphatasie</t>
+  </si>
+  <si>
+    <t>p_3280131</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type III (GSD III pour Glycogen Storage Disease Type III)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la GSD III. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237036/fr/glycogenose-de-type-iii-gsd-iii-pour-glycogen-storage-disease-type-iii</t>
+  </si>
+  <si>
+    <t>p_3237036</t>
+  </si>
+  <si>
+    <t>Pancréatite Chronique Héréditaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d'une Pancréatite Chronique Héréditaire. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas CRMR PaRaDis, Pancreatic Rare Diseases à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
+  </si>
+  <si>
+    <t>p_3225352</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Fragilités osseuses secondaires de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3112119</t>
+  </si>
+  <si>
+    <t>Microdélétion 2q37</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de microdélétion 2q37. Il a été élaboré par le Centre de Référence "Anomalies du Développement et Syndromes Malformatifs" à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/08/2019 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097438/fr/microdeletion-2q37</t>
+  </si>
+  <si>
+    <t>p_3097438</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Cystinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cystinose. Il a été élaboré par les centres de référence Néphrogones et MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867367/fr/cystinose</t>
+  </si>
+  <si>
+    <t>c_2867367</t>
+  </si>
+  <si>
+    <t>Hypophosphatémies héréditaires à FGF23 élevé  (dont hypophosphatémies liées à l’x)</t>
+  </si>
+  <si>
+    <t>14/05/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849265/fr/hypophosphatemies-hereditaires-a-fgf23-eleve-dont-hypophosphatemies-liees-a-l-x</t>
+  </si>
+  <si>
+    <t>c_2849265</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Ostéogenèse imparfaite</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’ostéogenèse imparfaite.</t>
+  </si>
+  <si>
+    <t>04/01/2017 08:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2734084/fr/osteogenese-imparfaite</t>
+  </si>
+  <si>
+    <t>c_2734084</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 2</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2014 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419389/fr/ald-n-8-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_419389</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'adulte</t>
+  </si>
+  <si>
+    <t>24/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419399/fr/ald-n-8-diabete-de-type-1-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_419399</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'enfant et l'adolescent</t>
+  </si>
+  <si>
+    <t>24/04/2014 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419643/fr/ald-n-8-diabete-de-type-1-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_419643</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
   </si>
   <si>
     <t>06/01/2010 00:00:00</t>
   </si>
   <si>
-    <t>09/30/2010 12:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_985715/en/anorexia-nervosa</t>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3191108</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Diagnostic de la dénutrition chez la personne de 70 ans et plus</t>
+  </si>
+  <si>
+    <t>La HAS, en partenariat avec la Fédération française de nutrition, actualise ses recommandations sur la dénutrition chez les personnes âgées de 70 ans et plus. Elle fournit ainsi aux professionnels de santé ou du secteur social et médico-social susceptibles de s’occuper des personnes âgées des outils adaptés et validés pour leur permettre d’identifier plus précocement les personnes âgées dénutries.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/11/2021 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165944/fr/diagnostic-de-la-denutrition-chez-la-personne-de-70-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3165944</t>
+  </si>
+  <si>
+    <t>Indications priorisées du lait de lactarium issu de don anonyme</t>
+  </si>
+  <si>
+    <t>La HAS définit pour les néonatologistes, pédiatres, gynécologues-obstétriciens, infirmières-puéricultrices, sages-femmes les indications prioritaires et non-prioritaires du lait lactarium issu de don anonyme pour les nouveaux-nés prématurés et de faible poids. Elle précise également les non-indications pour les maladies héréditaires du métabolisme et enfin, et les contre-indications (protéine de vache, chylothorax congénital ...)</t>
+  </si>
+  <si>
+    <t>12/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266755/fr/indications-priorisees-du-lait-de-lactarium-issu-de-don-anonyme</t>
+  </si>
+  <si>
+    <t>p_3266755</t>
+  </si>
+  <si>
+    <t>Diagnostic de la dénutrition de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation définit la dénutrition ainsi que les critères permettant de la diagnostiquer chez l’enfant et l’adulte de -70 ans. Elle permet d'améliorer le diagnostic de la dénutrition à l’aide d’outils adaptés.</t>
+  </si>
+  <si>
+    <t>13/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2019 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118872/fr/diagnostic-de-la-denutrition-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3118872</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Anorexie mentale : prise en charge</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonne pratique ont pour objectif d’aider à : repérer plus précocement l’anorexie mentale ; améliorer l’accompagnement du patient et de son entourage ; améliorer la prise en charge et l’orientation initiale des patients ; améliorer la prise en charge hospitalière lorsqu’elle est nécessaire et la prise en charge post-hospitalière. Sont concernés : les préadolescents, les adolescents et les jeunes adultes.</t>
+  </si>
+  <si>
+    <t>01/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2010 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_985715/fr/anorexie-mentale-prise-en-charge</t>
   </si>
   <si>
     <t>c_985715</t>
   </si>
   <si>
-    <t>Improving information provision for pregnant women</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Qualité de la prise en charge de l’AVC, l’hémorragie post-partum, l’hémodialyse et la chirurgie de l’obésité en 2017</t>
+  </si>
+  <si>
+    <t>L’une des missions de la Haute Autorité de Santé (HAS) est d’évaluer la qualité et la sécurité des soins dans les hôpitaux et cliniques en France. En complément de la satisfaction des patients, elle publie aujourd’hui les résultats de ses indicateurs sur quatre prises en charge à risque, enjeux de santé publique. Elle observe ainsi que l’hémorragie du post-partum et l’hémodialyse sont de mieux en mieux prises en charge, et que l’accident vasculaire cérébral (AVC) et la chirurgie de l’obésité nécessitent encore des efforts soutenus de la part des professionnels de santé. Les résultats sont publiés aujourd’hui, établissement par établissement, sur le site www.scopesante.fr.</t>
+  </si>
+  <si>
+    <t>19/12/2017 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814332/fr/qualite-de-la-prise-en-charge-de-l-avc-l-hemorragie-post-partum-l-hemodialyse-et-la-chirurgie-de-l-obesite-en-2017</t>
+  </si>
+  <si>
+    <t>c_2814332</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS actualise sa veille sur les études cliniques publiées pour certains médicaments de la Covid-19. Cette veille permet à la HAS de s’organiser pour être en capacité d’évaluer en urgence les médicaments ciblant le SARS CoV2, en vue de leur prise en charge par la collectivité, dès que des données exploitables seront disponibles et qu’elle sera saisie.</t>
+  </si>
+  <si>
+    <t>20/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186049/fr/veille-des-etudes-cliniques-publiees-pour-certains-medicaments-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186049</t>
+  </si>
+  <si>
+    <t>Évaluation des substituts osseux</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de proposer une mise à jour des modalités de remboursement des substituts osseux inscrits sur la LPPR.# Deux grandes catégories de substituts osseux sont distinguées par la Commission : * les substituts osseux synthétiques ne comportant aucun dérivé ou tissu d’origine biologique ou n’étant pas issu de tels dérivés ; * les substituts osseux issus de dérivés, de tissus d'origine animale non viables ou en comportant.</t>
+  </si>
+  <si>
+    <t>19/07/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/fr/evaluation-des-substituts-osseux</t>
   </si>
   <si>
     <t>c_1225008</t>
   </si>
   <si>
-    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
+    <t>Évaluation des méthodes non invasives de mesure de la fibrose hépatique dans l’hépatite B chronique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ce rapport d'évaluation est de déterminer l’utilité clinique des méthodes non invasives de mesure de la fibrose dans le cadre du bilan initial et du suivi de l’hépatite B chronique chez l’adulte non traité. En l’absence d’une démonstration suffisante de cette utilité clinique, les performances diagnostiques de ces méthodes non invasives seront recherchées, par comparaison à la ponction biopsie hépatique.</t>
+  </si>
+  <si>
+    <t>19/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/fr/evaluation-des-methodes-non-invasives-de-mesure-de-la-fibrose-hepatique-dans-l-hepatite-b-chronique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1627010</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2024</t>
+  </si>
+  <si>
+    <t>15/11/2024 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556609/fr/commission-de-la-transparence-reunion-du-20-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3556609</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 25/05/2021</t>
+  </si>
+  <si>
+    <t>15/07/2021 12:51:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3277437/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-25/05/2021</t>
+  </si>
+  <si>
+    <t>p_3277437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 novembre 2018</t>
+  </si>
+  <si>
+    <t>14/11/2018 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884230/fr/commission-de-la-transparence-reunion-du-21-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2884230</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mars 2012</t>
+  </si>
+  <si>
+    <t>14/03/2012 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225368/fr/commission-de-la-transparence-reunion-du-14-mars-2012</t>
+  </si>
+  <si>
+    <t>c_1225368</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité FOSRENOL par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>19/10/2011 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104210/fr/commission-de-la-transparence-reunion-du-19-octobre-2011</t>
+  </si>
+  <si>
+    <t>c_1104210</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2011</t>
+  </si>
+  <si>
+    <t>05/10/2011 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1101373/fr/commission-de-la-transparence-reunion-du-5-octobre-2011</t>
+  </si>
+  <si>
+    <t>c_1101373</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juillet 2009</t>
+  </si>
+  <si>
+    <t>08/07/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748561/fr/commission-de-la-transparence-reunion-du-8-juillet-2009</t>
+  </si>
+  <si>
+    <t>c_748561</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés à des soins (EIGS) : bilan annuel 2021</t>
+  </si>
+  <si>
+    <t>La HAS publie le bilan annuel des déclarations d’évènements indésirables graves associés à des soins (EIGS) qu’elle a reçues, accompagné de préconisations pour l’amélioration de la sécurité des patients.</t>
+  </si>
+  <si>
+    <t>21/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2022 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3388885/fr/evenements-indesirables-graves-associes-a-des-soins-eigs-bilan-annuel-2021</t>
+  </si>
+  <si>
+    <t>p_3388885</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients hémodialysés chroniques (DIA)</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2017 des indicateurs sur la prise en charge des patients hémodialysés chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2017 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2677037/fr/prise-en-charge-des-patients-hemodialyses-chroniques-dia</t>
+  </si>
+  <si>
+    <t>c_2677037</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Publications archivées</t>
+  </si>
+  <si>
+    <t>Liste des publications archivées classées par type de document</t>
+  </si>
+  <si>
+    <t>27/03/2013 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1505659/fr/publications-archivees</t>
+  </si>
+  <si>
+    <t>r_1505659</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -276,199 +1698,2941 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>28</v>
+      </c>
+      <c r="I3" t="s">
+        <v>29</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E4" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>31</v>
+      </c>
+      <c r="H4" t="s">
+        <v>32</v>
+      </c>
+      <c r="I4" t="s">
         <v>24</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="J4" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>37</v>
+      </c>
+      <c r="I5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J5" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>45</v>
+      </c>
+      <c r="I6" t="s">
+        <v>13</v>
+      </c>
+      <c r="J6" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="H7" t="s">
-        <v>46</v>
+        <v>50</v>
+      </c>
+      <c r="I7" t="s">
+        <v>51</v>
+      </c>
+      <c r="J7" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>40</v>
+        <v>18</v>
       </c>
       <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
         <v>47</v>
       </c>
+      <c r="E8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8" t="s">
+        <v>55</v>
+      </c>
+      <c r="I8" t="s">
+        <v>56</v>
+      </c>
+      <c r="J8" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" t="s">
+        <v>59</v>
+      </c>
+      <c r="D9" t="s">
+        <v>60</v>
+      </c>
+      <c r="E9" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9" t="s">
+        <v>63</v>
+      </c>
+      <c r="I9" t="s">
+        <v>59</v>
+      </c>
+      <c r="J9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>69</v>
+      </c>
+      <c r="H10" t="s">
+        <v>70</v>
+      </c>
+      <c r="I10" t="s">
+        <v>66</v>
+      </c>
+      <c r="J10" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>75</v>
+      </c>
+      <c r="H11" t="s">
+        <v>76</v>
+      </c>
+      <c r="I11" t="s">
+        <v>59</v>
+      </c>
+      <c r="J11" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" t="s">
+        <v>80</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>81</v>
+      </c>
+      <c r="H12" t="s">
+        <v>82</v>
+      </c>
+      <c r="I12" t="s">
+        <v>13</v>
+      </c>
+      <c r="J12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>85</v>
+      </c>
+      <c r="E13" t="s">
+        <v>86</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H13" t="s">
+        <v>88</v>
+      </c>
+      <c r="I13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>85</v>
+      </c>
+      <c r="E14" t="s">
+        <v>91</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>92</v>
+      </c>
+      <c r="H14" t="s">
+        <v>93</v>
+      </c>
+      <c r="I14" t="s">
+        <v>13</v>
+      </c>
+      <c r="J14" t="s">
+        <v>89</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H57"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>94</v>
+      </c>
+      <c r="B2" t="s">
+        <v>95</v>
+      </c>
+      <c r="C2" t="s">
+        <v>96</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H2" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>94</v>
+      </c>
+      <c r="B3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>102</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>103</v>
+      </c>
+      <c r="H3" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>94</v>
+      </c>
+      <c r="B4" t="s">
+        <v>105</v>
+      </c>
+      <c r="C4" t="s">
+        <v>106</v>
+      </c>
+      <c r="D4" t="s">
+        <v>107</v>
+      </c>
+      <c r="E4" t="s">
+        <v>108</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>109</v>
+      </c>
+      <c r="H4" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>94</v>
+      </c>
+      <c r="B5" t="s">
+        <v>111</v>
+      </c>
+      <c r="C5" t="s">
+        <v>112</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>113</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>114</v>
+      </c>
+      <c r="H5" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>94</v>
+      </c>
+      <c r="B6" t="s">
+        <v>116</v>
+      </c>
+      <c r="C6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>113</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>118</v>
+      </c>
+      <c r="H6" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>94</v>
+      </c>
+      <c r="B7" t="s">
+        <v>120</v>
+      </c>
+      <c r="C7" t="s">
+        <v>121</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>113</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>122</v>
+      </c>
+      <c r="H7" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>94</v>
+      </c>
+      <c r="B8" t="s">
+        <v>124</v>
+      </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>125</v>
       </c>
       <c r="D8" t="s">
-        <v>49</v>
+        <v>126</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>127</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>128</v>
       </c>
       <c r="H8" t="s">
-        <v>52</v>
+        <v>129</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>94</v>
+      </c>
+      <c r="B9" t="s">
+        <v>130</v>
+      </c>
+      <c r="C9" t="s">
+        <v>131</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>132</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>133</v>
+      </c>
+      <c r="H9" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>94</v>
+      </c>
+      <c r="B10" t="s">
+        <v>135</v>
+      </c>
+      <c r="C10" t="s">
+        <v>136</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>137</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>138</v>
+      </c>
+      <c r="H10" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>94</v>
+      </c>
+      <c r="B11" t="s">
+        <v>140</v>
+      </c>
+      <c r="C11" t="s">
+        <v>141</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>142</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>143</v>
+      </c>
+      <c r="H11" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>94</v>
+      </c>
+      <c r="B12" t="s">
+        <v>145</v>
+      </c>
+      <c r="C12" t="s">
+        <v>146</v>
+      </c>
+      <c r="D12" t="s">
+        <v>147</v>
+      </c>
+      <c r="E12" t="s">
+        <v>148</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>149</v>
+      </c>
+      <c r="H12" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B13" t="s">
+        <v>151</v>
+      </c>
+      <c r="C13" t="s">
+        <v>152</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>153</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>154</v>
+      </c>
+      <c r="H13" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>94</v>
+      </c>
+      <c r="B14" t="s">
+        <v>156</v>
+      </c>
+      <c r="C14" t="s">
+        <v>157</v>
+      </c>
+      <c r="D14" t="s">
+        <v>158</v>
+      </c>
+      <c r="E14" t="s">
+        <v>159</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>160</v>
+      </c>
+      <c r="H14" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>94</v>
+      </c>
+      <c r="B15" t="s">
+        <v>162</v>
+      </c>
+      <c r="C15" t="s">
+        <v>163</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>164</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>165</v>
+      </c>
+      <c r="H15" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>94</v>
+      </c>
+      <c r="B16" t="s">
+        <v>167</v>
+      </c>
+      <c r="C16" t="s">
+        <v>168</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>164</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>169</v>
+      </c>
+      <c r="H16" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>94</v>
+      </c>
+      <c r="B17" t="s">
+        <v>171</v>
+      </c>
+      <c r="C17" t="s">
+        <v>172</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>173</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>174</v>
+      </c>
+      <c r="H17" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>94</v>
+      </c>
+      <c r="B18" t="s">
+        <v>176</v>
+      </c>
+      <c r="C18" t="s">
+        <v>177</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>173</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>178</v>
+      </c>
+      <c r="H18" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>94</v>
+      </c>
+      <c r="B19" t="s">
+        <v>180</v>
+      </c>
+      <c r="C19" t="s">
+        <v>181</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>182</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>183</v>
+      </c>
+      <c r="H19" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>94</v>
+      </c>
+      <c r="B20" t="s">
+        <v>185</v>
+      </c>
+      <c r="C20" t="s">
+        <v>186</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>187</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>188</v>
+      </c>
+      <c r="H20" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>94</v>
+      </c>
+      <c r="B21" t="s">
+        <v>190</v>
+      </c>
+      <c r="C21" t="s">
+        <v>191</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>192</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>193</v>
+      </c>
+      <c r="H21" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" t="s">
+        <v>195</v>
+      </c>
+      <c r="C22" t="s">
+        <v>196</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>197</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>198</v>
+      </c>
+      <c r="H22" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>94</v>
+      </c>
+      <c r="B23" t="s">
+        <v>200</v>
+      </c>
+      <c r="C23" t="s">
+        <v>201</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>202</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>203</v>
+      </c>
+      <c r="H23" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>94</v>
+      </c>
+      <c r="B24" t="s">
+        <v>205</v>
+      </c>
+      <c r="C24" t="s">
+        <v>206</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>207</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>208</v>
+      </c>
+      <c r="H24" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>94</v>
+      </c>
+      <c r="B25" t="s">
+        <v>210</v>
+      </c>
+      <c r="C25" t="s">
+        <v>211</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>212</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>213</v>
+      </c>
+      <c r="H25" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>94</v>
+      </c>
+      <c r="B26" t="s">
+        <v>215</v>
+      </c>
+      <c r="C26" t="s">
+        <v>216</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>212</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>217</v>
+      </c>
+      <c r="H26" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>94</v>
+      </c>
+      <c r="B27" t="s">
+        <v>219</v>
+      </c>
+      <c r="C27" t="s">
+        <v>220</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>221</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>222</v>
+      </c>
+      <c r="H27" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>94</v>
+      </c>
+      <c r="B28" t="s">
+        <v>224</v>
+      </c>
+      <c r="C28" t="s">
+        <v>225</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>226</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>227</v>
+      </c>
+      <c r="H28" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>94</v>
+      </c>
+      <c r="B29" t="s">
+        <v>229</v>
+      </c>
+      <c r="C29" t="s">
+        <v>230</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>231</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>232</v>
+      </c>
+      <c r="H29" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>94</v>
+      </c>
+      <c r="B30" t="s">
+        <v>234</v>
+      </c>
+      <c r="C30" t="s">
+        <v>235</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>236</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>237</v>
+      </c>
+      <c r="H30" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>94</v>
+      </c>
+      <c r="B31" t="s">
+        <v>239</v>
+      </c>
+      <c r="C31" t="s">
+        <v>240</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>241</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>242</v>
+      </c>
+      <c r="H31" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>94</v>
+      </c>
+      <c r="B32" t="s">
+        <v>244</v>
+      </c>
+      <c r="C32" t="s">
+        <v>245</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>246</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>247</v>
+      </c>
+      <c r="H32" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>94</v>
+      </c>
+      <c r="B33" t="s">
+        <v>249</v>
+      </c>
+      <c r="C33" t="s">
+        <v>250</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>251</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>252</v>
+      </c>
+      <c r="H33" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>94</v>
+      </c>
+      <c r="B34" t="s">
+        <v>254</v>
+      </c>
+      <c r="C34" t="s">
+        <v>255</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>256</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>257</v>
+      </c>
+      <c r="H34" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>94</v>
+      </c>
+      <c r="B35" t="s">
+        <v>259</v>
+      </c>
+      <c r="C35" t="s">
+        <v>260</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>261</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>262</v>
+      </c>
+      <c r="H35" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>94</v>
+      </c>
+      <c r="B36" t="s">
+        <v>264</v>
+      </c>
+      <c r="C36" t="s">
+        <v>265</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>266</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>267</v>
+      </c>
+      <c r="H36" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>94</v>
+      </c>
+      <c r="B37" t="s">
+        <v>269</v>
+      </c>
+      <c r="C37" t="s">
+        <v>270</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>271</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>272</v>
+      </c>
+      <c r="H37" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>94</v>
+      </c>
+      <c r="B38" t="s">
+        <v>274</v>
+      </c>
+      <c r="C38" t="s">
+        <v>275</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>276</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>277</v>
+      </c>
+      <c r="H38" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>94</v>
+      </c>
+      <c r="B39" t="s">
+        <v>279</v>
+      </c>
+      <c r="C39" t="s">
+        <v>280</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>281</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>282</v>
+      </c>
+      <c r="H39" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>94</v>
+      </c>
+      <c r="B40" t="s">
+        <v>284</v>
+      </c>
+      <c r="C40" t="s">
+        <v>285</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>286</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>287</v>
+      </c>
+      <c r="H40" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>94</v>
+      </c>
+      <c r="B41" t="s">
+        <v>289</v>
+      </c>
+      <c r="C41" t="s">
+        <v>290</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>291</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>292</v>
+      </c>
+      <c r="H41" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>94</v>
+      </c>
+      <c r="B42" t="s">
+        <v>294</v>
+      </c>
+      <c r="C42" t="s">
+        <v>295</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>296</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>297</v>
+      </c>
+      <c r="H42" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>94</v>
+      </c>
+      <c r="B43" t="s">
+        <v>299</v>
+      </c>
+      <c r="C43" t="s">
+        <v>300</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>301</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>302</v>
+      </c>
+      <c r="H43" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>94</v>
+      </c>
+      <c r="B44" t="s">
+        <v>304</v>
+      </c>
+      <c r="C44" t="s">
+        <v>305</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>306</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>307</v>
+      </c>
+      <c r="H44" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>94</v>
+      </c>
+      <c r="B45" t="s">
+        <v>309</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>310</v>
+      </c>
+      <c r="E45" t="s">
+        <v>311</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>312</v>
+      </c>
+      <c r="H45" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>94</v>
+      </c>
+      <c r="B46" t="s">
+        <v>314</v>
+      </c>
+      <c r="C46" t="s">
+        <v>315</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>316</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>317</v>
+      </c>
+      <c r="H46" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>94</v>
+      </c>
+      <c r="B47" t="s">
+        <v>319</v>
+      </c>
+      <c r="C47" t="s">
+        <v>320</v>
+      </c>
+      <c r="D47" t="s">
+        <v>321</v>
+      </c>
+      <c r="E47" t="s">
+        <v>322</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>323</v>
+      </c>
+      <c r="H47" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>94</v>
+      </c>
+      <c r="B48" t="s">
+        <v>325</v>
+      </c>
+      <c r="C48" t="s">
+        <v>326</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>327</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>328</v>
+      </c>
+      <c r="H48" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>94</v>
+      </c>
+      <c r="B49" t="s">
+        <v>330</v>
+      </c>
+      <c r="C49" t="s">
+        <v>331</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>332</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>333</v>
+      </c>
+      <c r="H49" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>94</v>
+      </c>
+      <c r="B50" t="s">
+        <v>335</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>336</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>337</v>
+      </c>
+      <c r="H50" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>94</v>
+      </c>
+      <c r="B51" t="s">
+        <v>339</v>
+      </c>
+      <c r="C51" t="s">
+        <v>340</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>341</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>342</v>
+      </c>
+      <c r="H51" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>94</v>
+      </c>
+      <c r="B52" t="s">
+        <v>344</v>
+      </c>
+      <c r="C52" t="s">
+        <v>345</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>346</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>347</v>
+      </c>
+      <c r="H52" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>94</v>
+      </c>
+      <c r="B53" t="s">
+        <v>349</v>
+      </c>
+      <c r="C53" t="s">
+        <v>350</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>351</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>352</v>
+      </c>
+      <c r="H53" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>94</v>
+      </c>
+      <c r="B54" t="s">
+        <v>354</v>
+      </c>
+      <c r="C54" t="s">
+        <v>125</v>
+      </c>
+      <c r="D54" t="s">
+        <v>355</v>
+      </c>
+      <c r="E54" t="s">
+        <v>356</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>357</v>
+      </c>
+      <c r="H54" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>94</v>
+      </c>
+      <c r="B55" t="s">
+        <v>359</v>
+      </c>
+      <c r="C55" t="s">
+        <v>125</v>
+      </c>
+      <c r="D55" t="s">
+        <v>355</v>
+      </c>
+      <c r="E55" t="s">
+        <v>360</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>361</v>
+      </c>
+      <c r="H55" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>94</v>
+      </c>
+      <c r="B56" t="s">
+        <v>363</v>
+      </c>
+      <c r="C56" t="s">
+        <v>125</v>
+      </c>
+      <c r="D56" t="s">
+        <v>355</v>
+      </c>
+      <c r="E56" t="s">
+        <v>364</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>365</v>
+      </c>
+      <c r="H56" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>94</v>
+      </c>
+      <c r="B57" t="s">
+        <v>367</v>
+      </c>
+      <c r="C57" t="s">
+        <v>368</v>
+      </c>
+      <c r="D57" t="s">
+        <v>369</v>
+      </c>
+      <c r="E57" t="s">
+        <v>370</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>371</v>
+      </c>
+      <c r="H57" t="s">
+        <v>372</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>373</v>
+      </c>
+      <c r="B2" t="s">
+        <v>374</v>
+      </c>
+      <c r="C2" t="s">
+        <v>375</v>
+      </c>
+      <c r="D2" t="s">
+        <v>376</v>
+      </c>
+      <c r="E2" t="s">
+        <v>377</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>378</v>
+      </c>
+      <c r="H2" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>373</v>
+      </c>
+      <c r="B3" t="s">
+        <v>380</v>
+      </c>
+      <c r="C3" t="s">
+        <v>381</v>
+      </c>
+      <c r="D3" t="s">
+        <v>107</v>
+      </c>
+      <c r="E3" t="s">
+        <v>382</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>383</v>
+      </c>
+      <c r="H3" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>373</v>
+      </c>
+      <c r="B4" t="s">
+        <v>385</v>
+      </c>
+      <c r="C4" t="s">
+        <v>386</v>
+      </c>
+      <c r="D4" t="s">
+        <v>387</v>
+      </c>
+      <c r="E4" t="s">
+        <v>388</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>389</v>
+      </c>
+      <c r="H4" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>373</v>
+      </c>
+      <c r="B5" t="s">
+        <v>391</v>
+      </c>
+      <c r="C5" t="s">
+        <v>392</v>
+      </c>
+      <c r="D5" t="s">
+        <v>393</v>
+      </c>
+      <c r="E5" t="s">
+        <v>394</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>395</v>
+      </c>
+      <c r="H5" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>373</v>
+      </c>
+      <c r="B6" t="s">
+        <v>397</v>
+      </c>
+      <c r="C6" t="s">
+        <v>398</v>
+      </c>
+      <c r="D6" t="s">
+        <v>399</v>
+      </c>
+      <c r="E6" t="s">
+        <v>400</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>401</v>
+      </c>
+      <c r="H6" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>373</v>
+      </c>
+      <c r="B7" t="s">
+        <v>403</v>
+      </c>
+      <c r="C7" t="s">
+        <v>404</v>
+      </c>
+      <c r="D7" t="s">
+        <v>405</v>
+      </c>
+      <c r="E7" t="s">
+        <v>406</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>407</v>
+      </c>
+      <c r="H7" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>373</v>
+      </c>
+      <c r="B8" t="s">
+        <v>409</v>
+      </c>
+      <c r="C8" t="s">
+        <v>410</v>
+      </c>
+      <c r="D8" t="s">
+        <v>411</v>
+      </c>
+      <c r="E8" t="s">
+        <v>412</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>413</v>
+      </c>
+      <c r="H8" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>373</v>
+      </c>
+      <c r="B9" t="s">
+        <v>415</v>
+      </c>
+      <c r="C9" t="s">
+        <v>416</v>
+      </c>
+      <c r="D9" t="s">
+        <v>417</v>
+      </c>
+      <c r="E9" t="s">
+        <v>418</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>419</v>
+      </c>
+      <c r="H9" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>373</v>
+      </c>
+      <c r="B10" t="s">
+        <v>421</v>
+      </c>
+      <c r="C10" t="s">
+        <v>422</v>
+      </c>
+      <c r="D10" t="s">
+        <v>423</v>
+      </c>
+      <c r="E10" t="s">
+        <v>424</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>425</v>
+      </c>
+      <c r="H10" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>373</v>
+      </c>
+      <c r="B11" t="s">
+        <v>427</v>
+      </c>
+      <c r="C11" t="s">
+        <v>428</v>
+      </c>
+      <c r="D11" t="s">
+        <v>429</v>
+      </c>
+      <c r="E11" t="s">
+        <v>430</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>431</v>
+      </c>
+      <c r="H11" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>373</v>
+      </c>
+      <c r="B12" t="s">
+        <v>433</v>
+      </c>
+      <c r="C12" t="s">
+        <v>434</v>
+      </c>
+      <c r="D12" t="s">
+        <v>435</v>
+      </c>
+      <c r="E12" t="s">
+        <v>436</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>437</v>
+      </c>
+      <c r="H12" t="s">
+        <v>438</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>439</v>
+      </c>
+      <c r="B2" t="s">
+        <v>440</v>
+      </c>
+      <c r="C2" t="s">
+        <v>441</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>442</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>443</v>
+      </c>
+      <c r="H2" t="s">
+        <v>444</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>445</v>
+      </c>
+      <c r="B2" t="s">
+        <v>446</v>
+      </c>
+      <c r="C2" t="s">
+        <v>447</v>
+      </c>
+      <c r="D2" t="s">
+        <v>448</v>
+      </c>
+      <c r="E2" t="s">
+        <v>449</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>450</v>
+      </c>
+      <c r="H2" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>445</v>
+      </c>
+      <c r="B3" t="s">
+        <v>452</v>
+      </c>
+      <c r="C3" t="s">
+        <v>453</v>
+      </c>
+      <c r="D3" t="s">
+        <v>454</v>
+      </c>
+      <c r="E3" t="s">
+        <v>455</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>456</v>
+      </c>
+      <c r="H3" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>445</v>
+      </c>
+      <c r="B4" t="s">
+        <v>458</v>
+      </c>
+      <c r="C4" t="s">
+        <v>459</v>
+      </c>
+      <c r="D4" t="s">
+        <v>79</v>
+      </c>
+      <c r="E4" t="s">
+        <v>460</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>461</v>
+      </c>
+      <c r="H4" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>445</v>
+      </c>
+      <c r="B5" t="s">
+        <v>463</v>
+      </c>
+      <c r="C5" t="s">
+        <v>464</v>
+      </c>
+      <c r="D5" t="s">
+        <v>465</v>
+      </c>
+      <c r="E5" t="s">
+        <v>466</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>467</v>
+      </c>
+      <c r="H5" t="s">
+        <v>468</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>470</v>
+      </c>
+      <c r="B2" t="s">
+        <v>471</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>472</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>473</v>
+      </c>
+      <c r="H2" t="s">
+        <v>474</v>
+      </c>
+      <c r="I2" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>470</v>
+      </c>
+      <c r="B3" t="s">
+        <v>476</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>477</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>478</v>
+      </c>
+      <c r="H3" t="s">
+        <v>479</v>
+      </c>
+      <c r="I3" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>470</v>
+      </c>
+      <c r="B4" t="s">
+        <v>480</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>481</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>482</v>
+      </c>
+      <c r="H4" t="s">
+        <v>483</v>
+      </c>
+      <c r="I4" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>470</v>
+      </c>
+      <c r="B5" t="s">
+        <v>484</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>485</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>486</v>
+      </c>
+      <c r="H5" t="s">
+        <v>487</v>
+      </c>
+      <c r="I5" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>470</v>
+      </c>
+      <c r="B6" t="s">
+        <v>488</v>
+      </c>
+      <c r="C6" t="s">
+        <v>489</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>490</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>491</v>
+      </c>
+      <c r="H6" t="s">
+        <v>492</v>
+      </c>
+      <c r="I6" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>470</v>
+      </c>
+      <c r="B7" t="s">
+        <v>493</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>494</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>495</v>
+      </c>
+      <c r="H7" t="s">
+        <v>496</v>
+      </c>
+      <c r="I7" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>470</v>
+      </c>
+      <c r="B8" t="s">
+        <v>497</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>498</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>499</v>
+      </c>
+      <c r="H8" t="s">
+        <v>500</v>
+      </c>
+      <c r="I8" t="s">
+        <v>475</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>501</v>
+      </c>
+      <c r="B2" t="s">
+        <v>502</v>
+      </c>
+      <c r="C2" t="s">
+        <v>503</v>
+      </c>
+      <c r="D2" t="s">
+        <v>504</v>
+      </c>
+      <c r="E2" t="s">
+        <v>505</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>506</v>
+      </c>
+      <c r="H2" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>501</v>
+      </c>
+      <c r="B3" t="s">
+        <v>508</v>
+      </c>
+      <c r="C3" t="s">
+        <v>509</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>510</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>511</v>
+      </c>
+      <c r="H3" t="s">
+        <v>512</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>513</v>
+      </c>
+      <c r="B2" t="s">
+        <v>514</v>
+      </c>
+      <c r="C2" t="s">
+        <v>515</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>516</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>517</v>
+      </c>
+      <c r="H2" t="s">
+        <v>518</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>