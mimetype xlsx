--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -1,1690 +1,268 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="876" uniqueCount="519">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="53">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>29/11/2018 15:03:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2884714/fr/education-therapeutique-du-patient-etp-evaluation-de-l-efficacite-et-de-l-efficience-dans-les-maladies-chroniques</t>
-[...284 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Alpha-mannosidose</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_452115/fr/ald-n-6-hepatite-chronique-b</t>
+    <t>Chronic hepatitis B</t>
+  </si>
+  <si>
+    <t>This guide is intended as a practical reference tool for primary care doctors managing hepatitis B.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/15/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_452115/en/chronic-hepatitis-b</t>
   </si>
   <si>
     <t>c_452115</t>
   </si>
   <si>
-    <t>Déficit en transporteur de glucose GLUT1</t>
-[...188 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Maladie de Gaucher</t>
-[...518 lines deleted...]
-    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Anorexia nervosa</t>
+  </si>
+  <si>
+    <t>These recommendations of good practice are intended to help: to identify anorexia nervosa earlier; To improve the accompaniment of the patient and his entourage: * Improve patient management and initial orientation; * Improve hospital management when necessary and post-hospital care. * Affected are pre-teens, adolescents and young adults. The priorities for improving the quality of care defined for this work are the following.</t>
   </si>
   <si>
     <t>06/01/2010 00:00:00</t>
   </si>
   <si>
-    <t>02/04/2010 13:50:00</t>
-[...146 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_985715/fr/anorexie-mentale-prise-en-charge</t>
+    <t>09/30/2010 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_985715/en/anorexia-nervosa</t>
   </si>
   <si>
     <t>c_985715</t>
   </si>
   <si>
-    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1225008/fr/evaluation-des-substituts-osseux</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Reassessment of bone substitutes</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to propose an update of the terms and conditions for the reimbursement of bone substitutes listed in the LPPR.</t>
+  </si>
+  <si>
+    <t>05/28/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>07/19/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1225008/en/reassessment-of-bone-substitutes</t>
   </si>
   <si>
     <t>c_1225008</t>
   </si>
   <si>
-    <t>Évaluation des méthodes non invasives de mesure de la fibrose hépatique dans l’hépatite B chronique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1627010/fr/evaluation-des-methodes-non-invasives-de-mesure-de-la-fibrose-hepatique-dans-l-hepatite-b-chronique-rapport-d-evaluation</t>
+    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The main objective is to determine the clinical utility of non-invasive methods for measuring fibrosis in the initial assessment and follow-up of chronic hepatitis B in untreated adults. In the absence of sufficient demonstration of this clinical utility, the diagnostic performances of these non-invasive methods will be defined, in comparison with liver biopsy</t>
+  </si>
+  <si>
+    <t>06/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>06/19/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
   </si>
   <si>
     <t>c_1627010</t>
-  </si>
-[...148 lines deleted...]
-    <t>r_1505659</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1698,2941 +276,199 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-  </sheetData>
-[...76 lines deleted...]
-    </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="B3" t="s">
-[...5 lines deleted...]
-      <c r="D3" t="s">
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
         <v>33</v>
-      </c>
-[...22 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="C6" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D6" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="E6" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="H6" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>13</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
         <v>46</v>
-      </c>
-[...22 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
         <v>52</v>
-      </c>
-[...2650 lines deleted...]
-        <v>518</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>