--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -1,827 +1,377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de spina bifida. Il a été élaboré par le Centre de référence Spina Bifida – Dysraphismes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to assess the efficacy and safety of the endoscopic submucosal dissection (ESD) technique for the treatment of potentially cancerous superficial rectal lesions presenting a low risk of node involvement, by comparison to mucosectomy or to surgery, in order to conclude on the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>10/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2020 09:25:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/12/2021 09:46:00</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
+    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
+    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to compare the efficacy and safety of the endoscopic submucosal dissection (ESD) technique to mucosectomy and surgery (colectomy), in patients with superficial colon cancer presenting a low risk of node involvement, in order to assess the appropriateness of its public funding</t>
+  </si>
+  <si>
+    <t>02/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
-[...71 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>CITRAFLEET (citrique (acide) anhydre/ magnésium (oxyde de) léger/ picosulfate de s...)</t>
   </si>
   <si>
-    <t>17/12/2015 11:06:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984290/fr/citrafleet-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+    <t>12/17/2015 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984290/en/citrafleet-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
   </si>
   <si>
     <t>pprd_2984290</t>
   </si>
   <si>
     <t>citrique (acide) anhydre,magnésium (oxyde de) léger,picosulfate de sodium</t>
   </si>
   <si>
     <t>BOUCHARA RECORDATI</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_969534/fr/citrafleet-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2579398/fr/picoprep-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+    <t>https://www.has-sante.fr/jcms/c_969534/en/citrafleet</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581317/en/citrafleet-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
-[...9 lines deleted...]
-      <c r="C4" t="s">
         <v>21</v>
-      </c>
-[...13 lines deleted...]
-        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+      <c r="K1" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
         <v>26</v>
       </c>
       <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>27</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>28</v>
       </c>
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>29</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>30</v>
       </c>
-      <c r="H2" t="s">
+      <c r="J2" t="s">
         <v>31</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="K2" t="s">
         <v>32</v>
       </c>
-      <c r="C3" t="s">
+      <c r="L2" t="s">
         <v>33</v>
-      </c>
-[...294 lines deleted...]
-        <v>77</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>