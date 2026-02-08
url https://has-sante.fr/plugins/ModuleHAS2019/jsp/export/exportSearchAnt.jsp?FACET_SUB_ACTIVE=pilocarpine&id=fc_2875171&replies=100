--- v0 (2025-11-08)
+++ v1 (2026-02-08)
@@ -1,891 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>AEQUASYAL</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Glaucoma: screening and early diagnosis – problems and outlook in France</t>
+  </si>
+  <si>
+    <t>To summarize and comment on the current status of key clinical and economic data on glaucoma. The report reviews data on the history and epidemiology of glaucoma, problems posed by diagnosis and treatment in France, the relevance of screening, and health professionals’ expectations.</t>
+  </si>
+  <si>
+    <t>07/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2006 11:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/01/2021 00:00:00</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_500229/fr/depistage-et-diagnostic-precoce-du-glaucome-problematique-et-perspectives-en-france</t>
+    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
   </si>
   <si>
     <t>c_500229</t>
-  </si>
-[...133 lines deleted...]
-    <t>c_538662</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...169 lines deleted...]
-        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...286 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>