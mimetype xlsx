--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -95,51 +95,51 @@
   <si>
     <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>14/11/2024 00:00:00</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
   </si>
   <si>
     <t>p_3562508</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
   </si>
   <si>
-    <t>.La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
   </si>
   <si>
     <t>30/04/2025 00:00:00</t>
   </si>
   <si>
     <t>13/05/2025 14:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>