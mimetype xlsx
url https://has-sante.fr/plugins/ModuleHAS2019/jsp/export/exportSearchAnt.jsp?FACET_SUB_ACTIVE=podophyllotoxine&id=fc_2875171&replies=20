--- v0 (2025-10-06)
+++ v1 (2025-12-20)
@@ -1,152 +1,242 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="43">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Vaccine recommendation</t>
-[...11 lines deleted...]
-    <t>05/13/2025 14:33:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
+  </si>
+  <si>
+    <t>Un état des lieux des connaissances sur la situation sanitaire des personnes en situation de prostitution et sur les facteurs de vulnérabilité sanitaire de ces personnes. Ce travail s’inscrit dans le cadre d’éventuelles modifications réglementaires futures, susceptibles d’avoir un impact sur la santé des personnes en situation de prostitution, et ont pour vocation de servir de socle de connaissances à une politique de réduction des risques.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2016 14:22:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
+    <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
+  </si>
+  <si>
+    <t>c_2615057</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
+  </si>
+  <si>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
   </si>
   <si>
     <t>p_3605114</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CONDYLINE (podophyllotoxine)</t>
+  </si>
+  <si>
+    <t>25/10/2018 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983066/fr/condyline-podophyllotoxine</t>
+  </si>
+  <si>
+    <t>pprd_2983066</t>
+  </si>
+  <si>
+    <t>podophyllotoxine</t>
+  </si>
+  <si>
+    <t>LEO PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724400/fr/condyline-podophyllotoxine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725320/fr/condyline-podophyllotoxine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879354/fr/condyline-podophyllotoxine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +261,259 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>30</v>
+      </c>
+      <c r="J1" t="s">
+        <v>31</v>
+      </c>
+      <c r="K1" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>35</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>36</v>
+      </c>
+      <c r="H2" t="s">
+        <v>37</v>
+      </c>
+      <c r="I2" t="s">
+        <v>38</v>
+      </c>
+      <c r="J2" t="s">
+        <v>39</v>
+      </c>
+      <c r="K2" t="s">
+        <v>40</v>
+      </c>
+      <c r="L2" t="s">
+        <v>41</v>
+      </c>
+      <c r="M2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>