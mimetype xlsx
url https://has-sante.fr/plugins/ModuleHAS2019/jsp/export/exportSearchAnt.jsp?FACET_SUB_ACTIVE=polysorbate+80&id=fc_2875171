--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,1013 +1,333 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Studies and Reports" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>EPISIL</t>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Immunological and virological aspects of SARS-CoV-2 - Genetic variability, immune responses, vaccine platforms and animal models</t>
+  </si>
+  <si>
+    <t>Mobilized since the start of the health crisis, the HAS is now offering a summary of the state of knowledge on the Sars-Cov-2 virus, the immune response observed during infection and vaccine avenues. This document - which is neither an opinion nor a recommendation - will be updated regularly, based on new data available. Scientific work to understand Covid-19 is helping to understand this disease a little more every day, which was still unknown a year ago. What is Sars-Cov-2? How does the body fight this virus? Is the type of immune response triggered by this virus the same as for colds? How to explain the appearance of severe forms? What types of vaccines are in development? What is the difference between the technologies used? ... For the sake of transparency and availability of information, the HAS and its experts have compiled a summary bringing together the scientific data published on the subject and are now making it available on their website. website. This document is an educational tool intended for healthcare professionals, decision-makers, the media and the general public. It also forms a basis for HAS itself to inform its work on vaccines. It will require regular updating to incorporate new knowledge gained internationally.</t>
+  </si>
+  <si>
+    <t>12/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2020 11:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>15/01/2019 00:00:00</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
+    <t>https://www.has-sante.fr/jcms/p_3221567/en/immunological-and-virological-aspects-of-sars-cov-2-genetic-variability-immune-responses-vaccine-platforms-and-animal-models</t>
   </si>
   <si>
     <t>p_3221567</t>
   </si>
   <si>
-    <t>Recommandation vaccinale</t>
-[...149 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>TISSEEL (aprotinine synthétique/ fibrinogène humain/ polysorbate 80/ thrombine ...)</t>
   </si>
   <si>
-    <t>29/05/2017 15:48:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983612/fr/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
+    <t>05/29/2017 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983612/en/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
   </si>
   <si>
     <t>pprd_2983612</t>
   </si>
   <si>
     <t>aprotinine synthétique,fibrinogène humain,polysorbate 80,thrombine humaine</t>
   </si>
   <si>
     <t>BAXTER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2769387/fr/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2049889/fr/tisseel-solution-congelee-pour-colle-a-base-de-fibrinogene-et-de-thrombine-humains-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
+    <t>https://www.has-sante.fr/jcms/c_2769387/en/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049889/en/tisseel-human-fibrinogen-and-thrombin-based-frozen-solution-for-sealant</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...73 lines deleted...]
-        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...379 lines deleted...]
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>87</v>
+        <v>16</v>
       </c>
       <c r="J1" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>88</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>89</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>90</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>91</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>92</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>93</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>94</v>
+        <v>24</v>
       </c>
       <c r="J2" t="s">
-        <v>95</v>
+        <v>25</v>
       </c>
       <c r="K2" t="s">
-        <v>96</v>
+        <v>26</v>
       </c>
       <c r="L2" t="s">
-        <v>97</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>