--- v0 (2025-11-05)
+++ v1 (2026-02-15)
@@ -5,293 +5,311 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
     <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
     <sheet name="Export Tool to improve professi" r:id="rId6" sheetId="4"/>
     <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
     <sheet name="Export Web page" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="278" uniqueCount="167">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+  </si>
+  <si>
+    <t>c_2581436</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+  </si>
+  <si>
+    <t>c_765529</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+  </si>
+  <si>
+    <t>c_606479</t>
+  </si>
+  <si>
+    <t>Dietary consultation with a dietician</t>
+  </si>
+  <si>
+    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
+  </si>
+  <si>
+    <t>01/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
+  </si>
+  <si>
+    <t>c_272510</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+  </si>
+  <si>
+    <t>c_454394</t>
+  </si>
+  <si>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+  </si>
+  <si>
+    <t>c_272249</t>
+  </si>
+  <si>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+  </si>
+  <si>
+    <t>c_272499</t>
+  </si>
+  <si>
     <t>Chronic disease guide</t>
   </si>
   <si>
     <t>Care pathway guide: overweight and obesity in adults</t>
   </si>
   <si>
     <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
   </si>
   <si>
     <t>02/08/2024 00:00:00</t>
   </si>
   <si>
     <t>02/28/2024 16:26:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
     <t>Early-Onset Anorexia Nervosa</t>
   </si>
   <si>
     <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t>07/27/2022 13:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
     <t>Symptomatic chronic systolic heart failure</t>
   </si>
   <si>
     <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
   </si>
   <si>
     <t>07/01/2015 00:00:00</t>
   </si>
   <si>
     <t>07/24/2015 13:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...139 lines deleted...]
-  <si>
     <t>Health technology assessment</t>
   </si>
   <si>
     <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
     <t>09/07/2019 15:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
     <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
   </si>
   <si>
     <t>-</t>
   </si>
   <si>
     <t>11/13/2013 00:00:00</t>
@@ -477,50 +495,65 @@
     <t>Medicine</t>
   </si>
   <si>
     <t>PERISOC, solution de cardioplégie / solution pour conservation d’organe</t>
   </si>
   <si>
     <t>10/04/2021 11:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3290199/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
   </si>
   <si>
     <t>p_3290199</t>
   </si>
   <si>
     <t>chlorure de sodium,chlorure de potassium,chlorure de magnésium hexahydraté,chlorure de calcium dihydraté,histidine,chlorhydrate d’histidine monohydraté,tryptophane,mannitol,acide α-cétoglutarique</t>
   </si>
   <si>
     <t>Laboratoire SERB</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3287329/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
   </si>
   <si>
     <t>Web page</t>
+  </si>
+  <si>
+    <t>The certification of hospitals for quality of care</t>
+  </si>
+  <si>
+    <t>Certification is a compulsory independent assessment procedure for the quality and safety of care in public and private hospitals. It is conducted every 4 years by professionals (peers) appointed by the HAS (surveyors).</t>
+  </si>
+  <si>
+    <t>06/22/2021 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044304/en/the-certification-of-hospitals-for-quality-of-care</t>
+  </si>
+  <si>
+    <t>c_2044304</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
     <t>04/30/2013 13:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -542,51 +575,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -611,900 +644,952 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>58</v>
+      </c>
+      <c r="E10" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="C2" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="D2" t="s">
-        <v>30</v>
+        <v>65</v>
       </c>
       <c r="E2" t="s">
-        <v>31</v>
+        <v>66</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>32</v>
+        <v>67</v>
       </c>
       <c r="H2" t="s">
-        <v>33</v>
+        <v>68</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="C3" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
       <c r="D3" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>37</v>
+        <v>71</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>72</v>
       </c>
       <c r="H3" t="s">
-        <v>39</v>
+        <v>73</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>62</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>74</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>77</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="H4" t="s">
-        <v>43</v>
-[...129 lines deleted...]
-        <v>73</v>
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="B2" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="C2" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="D2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="E2" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="H2" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="B3" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="C3" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D3" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E3" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="H3" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="B4" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="C4" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="D4" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="E4" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="H4" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B2" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="C2" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="H2" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B3" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="C3" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="H3" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B4" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="C4" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="H4" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B5" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C5" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="H5" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B6" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="C6" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="H6" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B7" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="C7" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="H7" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B8" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="C8" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="H8" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B9" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="H9" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B10" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="C10" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="H10" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B11" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="C11" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="H11" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="J1" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="K1" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="B2" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="H2" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="I2" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="J2" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="K2" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="B2" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="C2" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="H2" t="s">
-        <v>155</v>
+        <v>161</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C3" t="s">
+        <v>163</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>164</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>165</v>
+      </c>
+      <c r="H3" t="s">
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>