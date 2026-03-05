--- v0 (2025-10-16)
+++ v1 (2026-03-05)
@@ -1013,75 +1013,75 @@
   <si>
     <t>c_2676802</t>
   </si>
   <si>
     <t>Indicateurs de qualité généralisés - Thème « Infarctus du myocarde après la phase aiguë » - Analyse descriptive des résultats agrégés - Campagne 2010 - décembre 2011</t>
   </si>
   <si>
     <t>En 2010, la HAS a coordonné la troisième campagne de recueil généralisée des indicateurs du thème « Prise en charge de l’infarctus du myocarde après la phase aiguë » impliquant les établissements ayant une activité de médecine, chirurgie et obstétrique (MCO). Après chaque campagne de recueil, la HAS rend compte des résultats agrégés dans un rapport d’analyse mis en ligne sur son site Internet. Ce rapport présente les principaux constats et faits marquants issus de l’analyse des résultats de la campagne 2010. Il permet notamment d’analyser l’évolution des résultats sur 3 années consécutives.</t>
   </si>
   <si>
     <t>21/12/2011 00:00:00</t>
   </si>
   <si>
     <t>16/02/2012 10:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1216354/fr/indicateurs-de-qualite-generalises-theme-infarctus-du-myocarde-apres-la-phase-aigue-analyse-descriptive-des-resultats-agreges-campagne-2010-decembre-2011</t>
   </si>
   <si>
     <t>c_1216354</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
+    <t>Comprendre les indicateurs</t>
+  </si>
+  <si>
+    <t>La HAS travaille sur les indicateurs de qualité et sécurité des soins (IQSS) en établissements de santé, les indicateurs de qualité des parcours de soins couvrant la ville et les établissements de santé , ainsi que sur les indicateurs de vigilance liés aux établissements. Elle travaille plus largement à développer divers outils pour la mesure de la qualité perçue par le patient.</t>
+  </si>
+  <si>
+    <t>22/08/2022 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1456737/fr/comprendre-les-indicateurs</t>
+  </si>
+  <si>
+    <t>r_1456737</t>
+  </si>
+  <si>
     <t>IQSS Archives - IDM : Prise en charge hospitalière de l’infarctus du myocarde - indicateurs suspendus ou abandonnés</t>
   </si>
   <si>
     <t>05/07/2017 10:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1242619/fr/iqss-archives-idm-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde-indicateurs-suspendus-ou-abandonnes</t>
   </si>
   <si>
     <t>c_1242619</t>
-  </si>
-[...13 lines deleted...]
-    <t>r_1456737</t>
   </si>
   <si>
     <t>Expérimentation de l’indicateur « Mortalité 30 jours après infarctus du myocarde »</t>
   </si>
   <si>
     <t>La HAS expérimente un indicateur mesurant la mortalité à 30 jours après infarctus du myocarde (IDM) à partir des données médico-administratives du SNDS (Système National des Données de Santé, PMSI/DCIR).</t>
   </si>
   <si>
     <t>19/12/2022 15:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390456/fr/experimentation-de-l-indicateur-mortalite-30-jours-apres-infarctus-du-myocarde</t>
   </si>
   <si>
     <t>p_3390456</t>
   </si>
   <si>
     <t>Healthcare Quality and Safety Indicators</t>
   </si>
   <si>
     <t>HAS works in conjunction with health professionals, users of the healthcare system and patients to develop health care quality and safety indicators (QSI). The indicators assess the process or the outcome of care. They are set up to be used by healthcare organisations as quality improvement tools.</t>
   </si>
   <si>
     <t>07/02/2019 15:11:00</t>
   </si>
@@ -3011,77 +3011,77 @@
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>327</v>
       </c>
       <c r="B2" t="s">
         <v>328</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>329</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>327</v>
       </c>
       <c r="B3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C3" t="s">
-        <v>333</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>334</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>335</v>
       </c>
       <c r="H3" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>327</v>
       </c>
       <c r="B4" t="s">
         <v>337</v>
       </c>
       <c r="C4" t="s">