--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -1,383 +1,3175 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="592" uniqueCount="352">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>04/20/2021 09:10:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SEQUENT PLEASE NEO</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_534304/en/coronary-artery-disease</t>
+    <t>06/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>13/01/2023 15:06:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3400568/fr/sequent-please-neo</t>
+  </si>
+  <si>
+    <t>p_3400568</t>
+  </si>
+  <si>
+    <t>Ballon coronaire actif à libération de  paclitaxel</t>
+  </si>
+  <si>
+    <t>B.BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>VIVO ISAR</t>
+  </si>
+  <si>
+    <t>20/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>13/01/2023 15:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403977/fr/vivo-isar</t>
+  </si>
+  <si>
+    <t>p_3403977</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de  sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>TRANSLUMINA FRANCE</t>
+  </si>
+  <si>
+    <t>BIOFREEDOM</t>
+  </si>
+  <si>
+    <t>07/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2022 17:46:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3344636/fr/biofreedom</t>
+  </si>
+  <si>
+    <t>p_3344636</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de  biolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>BIOSENSORS FRANCE SAS</t>
+  </si>
+  <si>
+    <t>16/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 12:02:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298819/fr/sequent-please-neo</t>
+  </si>
+  <si>
+    <t>p_3298819</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>PANTERA LUX</t>
+  </si>
+  <si>
+    <t>Traitement de la première resténose clinique intra-stent nu (c’est-à-dire réapparition des symptômes ischémiques nécessitant une nouvelle revascularisation de l’artère). Traitement de la première resténose clinique intra-stent actif (c’est-à-dire réapparition des symptômes ischémiques nécessitant une nouvelle revascularisation de l’artère).</t>
+  </si>
+  <si>
+    <t>20/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2021 10:14:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287277/fr/pantera-lux</t>
+  </si>
+  <si>
+    <t>p_3287277</t>
+  </si>
+  <si>
+    <t>Ballon actif à libération de paclitaxel</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE SAS</t>
+  </si>
+  <si>
+    <t>AGENT</t>
+  </si>
+  <si>
+    <t>07/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2021 10:15:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287783/fr/agent</t>
+  </si>
+  <si>
+    <t>p_3287783</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>SYNERGY</t>
+  </si>
+  <si>
+    <t>13/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:22:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267520/fr/synergy</t>
+  </si>
+  <si>
+    <t>p_3267520</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’évérolimus  (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>ORSIRO</t>
+  </si>
+  <si>
+    <t>16/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2020 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193740/fr/orsiro</t>
+  </si>
+  <si>
+    <t>p_3193740</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>FIREHAWK</t>
+  </si>
+  <si>
+    <t>14/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2020 09:17:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146857/fr/firehawk</t>
+  </si>
+  <si>
+    <t>p_3146857</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>MICROPORT CRM FRANCE SAS</t>
+  </si>
+  <si>
+    <t>SUPRAFLEX</t>
+  </si>
+  <si>
+    <t>17/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>20/01/2020 09:30:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146608/fr/supraflex</t>
+  </si>
+  <si>
+    <t>p_3146608</t>
+  </si>
+  <si>
+    <t>SMT - Sahajanand Medical Technologies Pvt Ltd</t>
+  </si>
+  <si>
+    <t>CRE8</t>
+  </si>
+  <si>
+    <t>05/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/01/2020 17:08:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122217/fr/cre8</t>
+  </si>
+  <si>
+    <t>p_3122217</t>
+  </si>
+  <si>
+    <t>ALVIMEDICA MEDICAL TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>ANGIOLITE</t>
+  </si>
+  <si>
+    <t>22/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2019 11:22:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121326/fr/angiolite</t>
+  </si>
+  <si>
+    <t>p_3121326</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement),</t>
+  </si>
+  <si>
+    <t>IVASCULAR FRANCE</t>
+  </si>
+  <si>
+    <t>BIOMIME</t>
+  </si>
+  <si>
+    <t>16/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2019 17:44:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106825/fr/biomime</t>
+  </si>
+  <si>
+    <t>p_3106825</t>
+  </si>
+  <si>
+    <t>MERIL LIFE SCIENCES Pvt. Ltd.</t>
+  </si>
+  <si>
+    <t>23/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968543/fr/orsiro</t>
+  </si>
+  <si>
+    <t>c_2968543</t>
+  </si>
+  <si>
+    <t>26/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>20/03/2019 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2909449/fr/firehawk</t>
+  </si>
+  <si>
+    <t>c_2909449</t>
+  </si>
+  <si>
+    <t>MISTENT</t>
+  </si>
+  <si>
+    <t>12/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2019 09:03:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2907554/fr/mistent</t>
+  </si>
+  <si>
+    <t>c_2907554</t>
+  </si>
+  <si>
+    <t>STENTYS SA</t>
+  </si>
+  <si>
+    <t>ELUNIR</t>
+  </si>
+  <si>
+    <t>15/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2019 13:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902384/fr/elunir</t>
+  </si>
+  <si>
+    <t>c_2902384</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de ridaforolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>CARDINAL HEALTH FRANCE 506 SAS</t>
+  </si>
+  <si>
+    <t>YUKON CHROME PC</t>
+  </si>
+  <si>
+    <t>04/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902390/fr/yukon-chrome-pc</t>
+  </si>
+  <si>
+    <t>c_2902390</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus</t>
+  </si>
+  <si>
+    <t>TRANSLUMINA GmbH</t>
+  </si>
+  <si>
+    <t>YUKON CHOICE PC</t>
+  </si>
+  <si>
+    <t>25/01/2019 08:51:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896009/fr/yukon-choice-pc</t>
+  </si>
+  <si>
+    <t>c_2896009</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus  (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>23/10/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2018 09:29:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882656/fr/synergy</t>
+  </si>
+  <si>
+    <t>c_2882656</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée d’everolimus  (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>BioMatrix Flex</t>
+  </si>
+  <si>
+    <t>17/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2014 17:42:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715362/fr/biomatrix-flex</t>
+  </si>
+  <si>
+    <t>c_1715362</t>
+  </si>
+  <si>
+    <t>BIOSENSORS France SAS</t>
+  </si>
+  <si>
+    <t>BioMatrix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715363/fr/biomatrix</t>
+  </si>
+  <si>
+    <t>c_1715363</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>23/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2013 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1536376/fr/synergy</t>
+  </si>
+  <si>
+    <t>c_1536376</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS (France)</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Syndrome coronarien chronique</t>
+  </si>
+  <si>
+    <t>Le syndrome coronarien chronique touche 1,5 millions de personnes dont près de la moitié a de plus de 75 ans. Le pronostic des patients s’améliore mais la maladie athéromateuse reste évolutive. À 3 ans, près d’un tiers des patients ont présenté un décès d’origine cardiovasculaire ou un évènement cardiovasculaire grave. Le guide du parcours de soins pour les personnes souffrant d’un syndrome coronarien chronique publié par la HAS décrit le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques du parcours et de 7 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2021 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279083/fr/guide-du-parcours-de-soins-syndrome-coronarien-chronique</t>
+  </si>
+  <si>
+    <t>p_3279083</t>
+  </si>
+  <si>
+    <t>ALD n° 13 - Maladie coronarienne</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>20/04/2021 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534304/fr/ald-n-13-maladie-coronarienne</t>
   </si>
   <si>
     <t>c_534304</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie coronarienne stable</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est : - d’expliciter le parcours de soins d’une personne ayant une maladie coronarienne stable en médecine de ville et notamment en médecine générale ; - de rendre compte de la pluri-professionnalité de la prise en charge ainsi que des principes et modalités de coordination et de coopération entre les professionnels impliqués Le guide est construit autour d’étapes du parcours identifiées comme les moments où existent d’importants risques de dysfonctionnement et où il est particulièrement indispensable que les patients bénéficient de la bonne prestation délivrée par les bons professionnels, afin d’assurer la qualité et la sécurité du parcours ...</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2016 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761792/fr/guide-parcours-de-soins-maladie-coronarienne-stable</t>
+  </si>
+  <si>
+    <t>c_1761792</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Ponction biopsie rénale dans le diagnostic des maladies rénales chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS et la société francophone de néphrologie, dialyse et transplantation (SFNDT) publient des recommandations sur la ponction biopsie rénale dans le diagnostic des maladies rénales chez l'adulte. Elles ont pour objectif de réduire la morbi-mortalité en lien avec les complications de la biopsie rénale grâce à des attitudes pratiques concernant la mise en œuvre de la ponction biopsie rénale, la surveillance et la prise en charge de ses complications éventuelles.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>19/09/2022 13:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361210/fr/label-ponction-biopsie-renale-dans-le-diagnostic-des-maladies-renales-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3361210</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Prévention et prise en charge des effets indésirables pouvant survenir après une ponction lombaire</t>
+  </si>
+  <si>
+    <t>La ponction lombaire (PL) est un acte diagnostique ou thérapeutique fréquent, invasif, réalisable par tout médecin. Elle est à risque d’événements indésirables, exceptionnellement graves, et d’échecs dont la majorité serait évitable. Pour cela, il est nécessaire que tout médecin connaisse l’anatomie, les contre-indications, la technique de PL, le matériel utilisable, les événements indésirables et leur prévention.</t>
+  </si>
+  <si>
+    <t>12/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067854/fr/prevention-et-prise-en-charge-des-effets-indesirables-pouvant-survenir-apres-une-ponction-lombaire</t>
+  </si>
+  <si>
+    <t>p_3067854</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Antiagrégants plaquettaires : prise en compte des risques thrombotique et hémorragique pour les gestes percutanés chez le coronarien</t>
+  </si>
+  <si>
+    <t>L'objet de ce travail est de définir, chez le coronarien sous antiagrégants plaquettaires, le risque hémorragique associé aux différents gestes diagnostiques et thérapeutiques percutanés, le confronter au risque de thrombose coronarienne afin de produire et diffuser des recommandations pour la gestion de ces deux risques antagonistes. Il complète les travaux réalisés sur les gestes endoscopiques.</t>
+  </si>
+  <si>
+    <t>01/11/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710205/fr/antiagregants-plaquettaires-prise-en-compte-des-risques-thrombotique-et-hemorragique-pour-les-gestes-percutanes-chez-le-coronarien</t>
+  </si>
+  <si>
+    <t>c_1710205</t>
+  </si>
+  <si>
+    <t>Antiagrégants plaquettaires : prise en compte des risques thrombotique et hémorragique en cas de geste endoscopique chez le coronarien</t>
+  </si>
+  <si>
+    <t>Évaluer, chez le patient coronarien devant subir une endoscopie : le risque hémorragique lié à un acte invasif : peut-on proposer une classification des actes selon le niveau de risque ? le risque lié à l’interruption du traitement AAP : peut-on en établir une classification en fonction de l’indication initiale de l’AAP ? le rapport bénéfice/risque d’une intervention chez un patient traité par AAP ; le délai à respecter après la pose d’un stent actif avant de pouvoir arrêter le double AAP ? Existe-t-il des différences en fonction du type de stent actif ? les facteurs de sur-risque thrombotique à prendre.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2013 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1294540/fr/antiagregants-plaquettaires-prise-en-compte-des-risques-thrombotique-et-hemorragique-en-cas-de-geste-endoscopique-chez-le-coronarien</t>
+  </si>
+  <si>
+    <t>c_1294540</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Endoprothèses (stents) coronaires</t>
+  </si>
+  <si>
+    <t>Cette réévaluation concerne les endoprothèses coronaires à libération de principe actif dits stents actifs’, celles enrobées de substance non pharmacologiquement active dits ‘stents non actifs’, celles métalliques sans enrobage dits ‘stents nus’ ainsi que celles couvertes d’une membrane synthétique en polytétra-fluoroéthylène ou ‘stents couverts de PTFE’.</t>
+  </si>
+  <si>
+    <t>15/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659417/fr/endoprotheses-stents-coronaires</t>
+  </si>
+  <si>
+    <t>c_2659417</t>
+  </si>
+  <si>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude HAS - ANSM</t>
+  </si>
+  <si>
+    <t>La HAS publie avec l’ANSM une étude portant sur l’efficacité et la sécurité des différentes gammes de stents coronaires « en vie réelle » en France.</t>
+  </si>
+  <si>
+    <t>30/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829945/fr/endoprotheses-coronaires-stents-rapport-d-etude-has-ansm</t>
+  </si>
+  <si>
+    <t>c_2829945</t>
+  </si>
+  <si>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude</t>
+  </si>
+  <si>
+    <t>Cette étude porte sur l’ensemble des patients ayant eu une pose de stents en 2014, soit plus de 100 000 patients de plus de 18 ans. Elle apporte une description précise des pratiques actuelles des angioplasties coronaires avec pose de stents et montre notamment que la majorité des stents posés (74 %) sont actifs. Elle montre également que les malades qui ne reçoivent pas de stents actifs sont préférentiellement ceux qui ont un fort risque hémorragique et/ou une faible espérance de vie.</t>
+  </si>
+  <si>
+    <t>01/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2016 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659301/fr/endoprotheses-coronaires-stents-rapport-d-etude</t>
+  </si>
+  <si>
+    <t>c_2659301</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Web page</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>16/09/2016 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2669200/fr/college-deliberatif-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2669200</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 mars 2016</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611614/fr/commission-de-la-transparence-reunion-du-2-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2611614</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 janvier 2016</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587824/fr/commission-de-la-transparence-reunion-du-20-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2587824</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1 avril 2015</t>
+  </si>
+  <si>
+    <t>25/03/2015 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022641/fr/commission-de-la-transparence-reunion-du-1-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2022641</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 janvier 2011</t>
+  </si>
+  <si>
+    <t>19/01/2011 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016582/fr/commission-de-la-transparence-reunion-du-19-janvier-2011</t>
+  </si>
+  <si>
+    <t>c_1016582</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juillet 2009</t>
+  </si>
+  <si>
+    <t>22/07/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827015/fr/commission-de-la-transparence-reunion-du-22-juillet-2009</t>
+  </si>
+  <si>
+    <t>c_827015</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 mai 2009</t>
+  </si>
+  <si>
+    <t>27/05/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798794/fr/commission-de-la-transparence-reunion-du-27-mai-2009</t>
+  </si>
+  <si>
+    <t>c_798794</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Étude de la faisabilité et de l’intérêt de la mesure d’indicateurs de qualité et sécurité des soins sur les entrepôts de données de santé hospitaliers</t>
+  </si>
+  <si>
+    <t>Ce projet explore la réutilisation des données des EDSH pour mesurer des IQSS par la capitalisation de travaux déjà menés par 3 CHU et par l’expérimentation d’automatisation d’un indicateur de délai dans la prise en charge de l’AVC.</t>
+  </si>
+  <si>
+    <t>28/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2025 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499689/fr/etude-de-la-faisabilite-et-de-l-interet-de-la-mesure-d-indicateurs-de-qualite-et-securite-des-soins-sur-les-entrepots-de-donnees-de-sante-hospitaliers</t>
+  </si>
+  <si>
+    <t>p_3499689</t>
+  </si>
+  <si>
+    <t>Développement d’un indicateur mesurant la mortalité 30 jours après infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>La HAS développe un indicateur de qualité et de sécurité des soins de type résultats mesurant la mortalité à 30 jours après infarctus du myocarde (IDM) à partir des données médico-administratives du SNDS (Système National des Données de Santé, PMSI/DCIR).</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/04/2023 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427834/fr/developpement-d-un-indicateur-mesurant-la-mortalite-30-jours-apres-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>p_3427834</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Prise en charge hospitalière de l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2015 sur la prise en charge hospitalière de l‘infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>18/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676802/fr/resultats-des-iqss-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_2676802</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité généralisés - Thème « Infarctus du myocarde après la phase aiguë » - Analyse descriptive des résultats agrégés - Campagne 2010 - décembre 2011</t>
+  </si>
+  <si>
+    <t>En 2010, la HAS a coordonné la troisième campagne de recueil généralisée des indicateurs du thème « Prise en charge de l’infarctus du myocarde après la phase aiguë » impliquant les établissements ayant une activité de médecine, chirurgie et obstétrique (MCO). Après chaque campagne de recueil, la HAS rend compte des résultats agrégés dans un rapport d’analyse mis en ligne sur son site Internet. Ce rapport présente les principaux constats et faits marquants issus de l’analyse des résultats de la campagne 2010. Il permet notamment d’analyser l’évolution des résultats sur 3 années consécutives.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2012 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216354/fr/indicateurs-de-qualite-generalises-theme-infarctus-du-myocarde-apres-la-phase-aigue-analyse-descriptive-des-resultats-agreges-campagne-2010-decembre-2011</t>
+  </si>
+  <si>
+    <t>c_1216354</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Comprendre les indicateurs</t>
+  </si>
+  <si>
+    <t>La HAS travaille sur les indicateurs de qualité et sécurité des soins (IQSS) en établissements de santé, les indicateurs de qualité des parcours de soins couvrant la ville et les établissements de santé , ainsi que sur les indicateurs de vigilance liés aux établissements. Elle travaille plus largement à développer divers outils pour la mesure de la qualité perçue par le patient.</t>
+  </si>
+  <si>
+    <t>22/08/2022 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1456737/fr/comprendre-les-indicateurs</t>
+  </si>
+  <si>
+    <t>r_1456737</t>
+  </si>
+  <si>
+    <t>IQSS Archives - IDM : Prise en charge hospitalière de l’infarctus du myocarde - indicateurs suspendus ou abandonnés</t>
+  </si>
+  <si>
+    <t>05/07/2017 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242619/fr/iqss-archives-idm-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde-indicateurs-suspendus-ou-abandonnes</t>
+  </si>
+  <si>
+    <t>c_1242619</t>
+  </si>
+  <si>
+    <t>Expérimentation de l’indicateur « Mortalité 30 jours après infarctus du myocarde »</t>
+  </si>
+  <si>
+    <t>La HAS expérimente un indicateur mesurant la mortalité à 30 jours après infarctus du myocarde (IDM) à partir des données médico-administratives du SNDS (Système National des Données de Santé, PMSI/DCIR).</t>
+  </si>
+  <si>
+    <t>19/12/2022 15:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390456/fr/experimentation-de-l-indicateur-mortalite-30-jours-apres-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>p_3390456</t>
   </si>
   <si>
     <t>Healthcare Quality and Safety Indicators</t>
   </si>
   <si>
     <t>HAS works in conjunction with health professionals, users of the healthcare system and patients to develop health care quality and safety indicators (QSI). The indicators assess the process or the outcome of care. They are set up to be used by healthcare organisations as quality improvement tools.</t>
   </si>
   <si>
-    <t>02/07/2019 15:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2044563/en/healthcare-quality-and-safety-indicators</t>
+    <t>07/02/2019 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044563/fr/healthcare-quality-and-safety-indicators</t>
   </si>
   <si>
     <t>c_2044563</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>04/30/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>30/04/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:J24"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>36</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>37</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>43</v>
+      </c>
+      <c r="I6" t="s">
+        <v>44</v>
+      </c>
+      <c r="J6" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" t="s">
+        <v>48</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>49</v>
+      </c>
+      <c r="H7" t="s">
+        <v>50</v>
+      </c>
+      <c r="I7" t="s">
+        <v>44</v>
+      </c>
+      <c r="J7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8" t="s">
+        <v>56</v>
+      </c>
+      <c r="I8" t="s">
+        <v>57</v>
+      </c>
+      <c r="J8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>59</v>
+      </c>
+      <c r="E9" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9" t="s">
+        <v>62</v>
+      </c>
+      <c r="I9" t="s">
+        <v>63</v>
+      </c>
+      <c r="J9" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>65</v>
+      </c>
+      <c r="E10" t="s">
+        <v>66</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>67</v>
+      </c>
+      <c r="H10" t="s">
+        <v>68</v>
+      </c>
+      <c r="I10" t="s">
+        <v>69</v>
+      </c>
+      <c r="J10" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" t="s">
+        <v>73</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>74</v>
+      </c>
+      <c r="H11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I11" t="s">
+        <v>69</v>
+      </c>
+      <c r="J11" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>78</v>
+      </c>
+      <c r="E12" t="s">
+        <v>79</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>80</v>
+      </c>
+      <c r="H12" t="s">
+        <v>81</v>
+      </c>
+      <c r="I12" t="s">
+        <v>69</v>
+      </c>
+      <c r="J12" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>83</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>84</v>
+      </c>
+      <c r="E13" t="s">
+        <v>85</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>86</v>
+      </c>
+      <c r="H13" t="s">
+        <v>87</v>
+      </c>
+      <c r="I13" t="s">
+        <v>88</v>
+      </c>
+      <c r="J13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>91</v>
+      </c>
+      <c r="E14" t="s">
+        <v>92</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>93</v>
+      </c>
+      <c r="H14" t="s">
+        <v>94</v>
+      </c>
+      <c r="I14" t="s">
+        <v>69</v>
+      </c>
+      <c r="J14" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>58</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>96</v>
+      </c>
+      <c r="E15" t="s">
+        <v>97</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>98</v>
+      </c>
+      <c r="H15" t="s">
+        <v>99</v>
+      </c>
+      <c r="I15" t="s">
+        <v>69</v>
+      </c>
+      <c r="J15" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>64</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>100</v>
+      </c>
+      <c r="E16" t="s">
+        <v>101</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>102</v>
+      </c>
+      <c r="H16" t="s">
+        <v>103</v>
+      </c>
+      <c r="I16" t="s">
+        <v>69</v>
+      </c>
+      <c r="J16" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>104</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>105</v>
+      </c>
+      <c r="E17" t="s">
+        <v>106</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>107</v>
+      </c>
+      <c r="H17" t="s">
+        <v>108</v>
+      </c>
+      <c r="I17" t="s">
+        <v>69</v>
+      </c>
+      <c r="J17" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>110</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>111</v>
+      </c>
+      <c r="E18" t="s">
+        <v>112</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>113</v>
+      </c>
+      <c r="H18" t="s">
+        <v>114</v>
+      </c>
+      <c r="I18" t="s">
+        <v>115</v>
+      </c>
+      <c r="J18" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>117</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>118</v>
+      </c>
+      <c r="E19" t="s">
+        <v>112</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>119</v>
+      </c>
+      <c r="H19" t="s">
+        <v>120</v>
+      </c>
+      <c r="I19" t="s">
+        <v>121</v>
+      </c>
+      <c r="J19" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>123</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>118</v>
+      </c>
+      <c r="E20" t="s">
+        <v>124</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>125</v>
+      </c>
+      <c r="H20" t="s">
+        <v>126</v>
+      </c>
+      <c r="I20" t="s">
+        <v>127</v>
+      </c>
+      <c r="J20" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>52</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>128</v>
+      </c>
+      <c r="E21" t="s">
+        <v>129</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>130</v>
+      </c>
+      <c r="H21" t="s">
+        <v>131</v>
+      </c>
+      <c r="I21" t="s">
+        <v>132</v>
+      </c>
+      <c r="J21" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>133</v>
+      </c>
+      <c r="C22" t="s">
+        <v>63</v>
+      </c>
+      <c r="D22" t="s">
+        <v>134</v>
+      </c>
+      <c r="E22" t="s">
+        <v>135</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>136</v>
+      </c>
+      <c r="H22" t="s">
+        <v>137</v>
+      </c>
+      <c r="I22" t="s">
+        <v>63</v>
+      </c>
+      <c r="J22" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" t="s">
+        <v>63</v>
+      </c>
+      <c r="D23" t="s">
+        <v>134</v>
+      </c>
+      <c r="E23" t="s">
+        <v>135</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>140</v>
+      </c>
+      <c r="H23" t="s">
+        <v>141</v>
+      </c>
+      <c r="I23" t="s">
+        <v>63</v>
+      </c>
+      <c r="J23" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>52</v>
+      </c>
+      <c r="C24" t="s">
+        <v>142</v>
+      </c>
+      <c r="D24" t="s">
+        <v>143</v>
+      </c>
+      <c r="E24" t="s">
+        <v>144</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>145</v>
+      </c>
+      <c r="H24" t="s">
+        <v>146</v>
+      </c>
+      <c r="I24" t="s">
+        <v>142</v>
+      </c>
+      <c r="J24" t="s">
+        <v>147</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>148</v>
+      </c>
+      <c r="B2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C2" t="s">
+        <v>150</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>151</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>152</v>
+      </c>
+      <c r="H2" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B3" t="s">
+        <v>154</v>
+      </c>
+      <c r="C3" t="s">
+        <v>155</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>156</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>157</v>
+      </c>
+      <c r="H3" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>148</v>
+      </c>
+      <c r="B4" t="s">
+        <v>159</v>
+      </c>
+      <c r="C4" t="s">
+        <v>160</v>
+      </c>
+      <c r="D4" t="s">
+        <v>161</v>
+      </c>
+      <c r="E4" t="s">
+        <v>162</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>163</v>
+      </c>
+      <c r="H4" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>148</v>
+      </c>
+      <c r="B5" t="s">
+        <v>165</v>
+      </c>
+      <c r="C5" t="s">
+        <v>166</v>
+      </c>
+      <c r="D5" t="s">
+        <v>161</v>
+      </c>
+      <c r="E5" t="s">
+        <v>167</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>168</v>
+      </c>
+      <c r="H5" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>148</v>
+      </c>
+      <c r="B6" t="s">
+        <v>149</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>170</v>
+      </c>
+      <c r="E6" t="s">
+        <v>171</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>172</v>
+      </c>
+      <c r="H6" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>148</v>
+      </c>
+      <c r="B7" t="s">
+        <v>174</v>
+      </c>
+      <c r="C7" t="s">
+        <v>175</v>
+      </c>
+      <c r="D7" t="s">
+        <v>176</v>
+      </c>
+      <c r="E7" t="s">
+        <v>177</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>178</v>
+      </c>
+      <c r="H7" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>148</v>
+      </c>
+      <c r="B8" t="s">
+        <v>180</v>
+      </c>
+      <c r="C8" t="s">
+        <v>181</v>
+      </c>
+      <c r="D8" t="s">
+        <v>182</v>
+      </c>
+      <c r="E8" t="s">
+        <v>183</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>184</v>
+      </c>
+      <c r="H8" t="s">
+        <v>185</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>186</v>
+      </c>
+      <c r="B2" t="s">
+        <v>187</v>
+      </c>
+      <c r="C2" t="s">
+        <v>188</v>
+      </c>
+      <c r="D2" t="s">
+        <v>189</v>
+      </c>
+      <c r="E2" t="s">
+        <v>190</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>191</v>
+      </c>
+      <c r="H2" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B3" t="s">
+        <v>193</v>
+      </c>
+      <c r="C3" t="s">
+        <v>194</v>
+      </c>
+      <c r="D3" t="s">
+        <v>195</v>
+      </c>
+      <c r="E3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>197</v>
+      </c>
+      <c r="H3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>186</v>
+      </c>
+      <c r="B4" t="s">
+        <v>199</v>
+      </c>
+      <c r="C4" t="s">
+        <v>200</v>
+      </c>
+      <c r="D4" t="s">
+        <v>201</v>
+      </c>
+      <c r="E4" t="s">
+        <v>202</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>203</v>
+      </c>
+      <c r="H4" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>186</v>
+      </c>
+      <c r="B5" t="s">
+        <v>205</v>
+      </c>
+      <c r="C5" t="s">
+        <v>206</v>
+      </c>
+      <c r="D5" t="s">
+        <v>207</v>
+      </c>
+      <c r="E5" t="s">
+        <v>208</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>209</v>
+      </c>
+      <c r="H5" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B6" t="s">
+        <v>211</v>
+      </c>
+      <c r="C6" t="s">
+        <v>212</v>
+      </c>
+      <c r="D6" t="s">
+        <v>213</v>
+      </c>
+      <c r="E6" t="s">
+        <v>214</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>215</v>
+      </c>
+      <c r="H6" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>186</v>
+      </c>
+      <c r="B7" t="s">
+        <v>217</v>
+      </c>
+      <c r="C7" t="s">
+        <v>218</v>
+      </c>
+      <c r="D7" t="s">
+        <v>219</v>
+      </c>
+      <c r="E7" t="s">
+        <v>220</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>221</v>
+      </c>
+      <c r="H7" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>186</v>
+      </c>
+      <c r="B8" t="s">
+        <v>223</v>
+      </c>
+      <c r="C8" t="s">
+        <v>224</v>
+      </c>
+      <c r="D8" t="s">
+        <v>219</v>
+      </c>
+      <c r="E8" t="s">
+        <v>225</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>226</v>
+      </c>
+      <c r="H8" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>186</v>
+      </c>
+      <c r="B9" t="s">
+        <v>228</v>
+      </c>
+      <c r="C9" t="s">
+        <v>229</v>
+      </c>
+      <c r="D9" t="s">
+        <v>230</v>
+      </c>
+      <c r="E9" t="s">
+        <v>231</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>232</v>
+      </c>
+      <c r="H9" t="s">
+        <v>233</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>234</v>
+      </c>
+      <c r="B2" t="s">
+        <v>235</v>
+      </c>
+      <c r="C2" t="s">
+        <v>236</v>
+      </c>
+      <c r="D2" t="s">
+        <v>237</v>
+      </c>
+      <c r="E2" t="s">
+        <v>238</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>239</v>
+      </c>
+      <c r="H2" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>234</v>
+      </c>
+      <c r="B3" t="s">
+        <v>241</v>
+      </c>
+      <c r="C3" t="s">
+        <v>242</v>
+      </c>
+      <c r="D3" t="s">
+        <v>243</v>
+      </c>
+      <c r="E3" t="s">
+        <v>244</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>245</v>
+      </c>
+      <c r="H3" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>234</v>
+      </c>
+      <c r="B4" t="s">
+        <v>247</v>
+      </c>
+      <c r="C4" t="s">
+        <v>248</v>
+      </c>
+      <c r="D4" t="s">
+        <v>249</v>
+      </c>
+      <c r="E4" t="s">
+        <v>250</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>251</v>
+      </c>
+      <c r="H4" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>234</v>
+      </c>
+      <c r="B5" t="s">
+        <v>253</v>
+      </c>
+      <c r="C5" t="s">
+        <v>254</v>
+      </c>
+      <c r="D5" t="s">
+        <v>255</v>
+      </c>
+      <c r="E5" t="s">
+        <v>256</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>257</v>
+      </c>
+      <c r="H5" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>234</v>
+      </c>
+      <c r="B6" t="s">
+        <v>259</v>
+      </c>
+      <c r="C6" t="s">
+        <v>260</v>
+      </c>
+      <c r="D6" t="s">
+        <v>261</v>
+      </c>
+      <c r="E6" t="s">
+        <v>262</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>263</v>
+      </c>
+      <c r="H6" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>234</v>
+      </c>
+      <c r="B7" t="s">
+        <v>265</v>
+      </c>
+      <c r="C7" t="s">
+        <v>266</v>
+      </c>
+      <c r="D7" t="s">
+        <v>267</v>
+      </c>
+      <c r="E7" t="s">
+        <v>268</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>269</v>
+      </c>
+      <c r="H7" t="s">
+        <v>270</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>272</v>
+      </c>
+      <c r="B2" t="s">
+        <v>273</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>274</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>275</v>
+      </c>
+      <c r="H2" t="s">
+        <v>276</v>
+      </c>
+      <c r="I2" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>272</v>
+      </c>
+      <c r="B3" t="s">
+        <v>278</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>279</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>280</v>
+      </c>
+      <c r="H3" t="s">
+        <v>281</v>
+      </c>
+      <c r="I3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>272</v>
+      </c>
+      <c r="B4" t="s">
+        <v>282</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>283</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>284</v>
+      </c>
+      <c r="H4" t="s">
+        <v>285</v>
+      </c>
+      <c r="I4" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>272</v>
+      </c>
+      <c r="B5" t="s">
+        <v>286</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>287</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>288</v>
+      </c>
+      <c r="H5" t="s">
+        <v>289</v>
+      </c>
+      <c r="I5" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>272</v>
+      </c>
+      <c r="B6" t="s">
+        <v>290</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>291</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>292</v>
+      </c>
+      <c r="H6" t="s">
+        <v>293</v>
+      </c>
+      <c r="I6" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>272</v>
+      </c>
+      <c r="B7" t="s">
+        <v>294</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>295</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>296</v>
+      </c>
+      <c r="H7" t="s">
+        <v>297</v>
+      </c>
+      <c r="I7" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>272</v>
+      </c>
+      <c r="B8" t="s">
+        <v>298</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>299</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>300</v>
+      </c>
+      <c r="H8" t="s">
+        <v>301</v>
+      </c>
+      <c r="I8" t="s">
+        <v>277</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>302</v>
+      </c>
+      <c r="B2" t="s">
+        <v>303</v>
+      </c>
+      <c r="C2" t="s">
+        <v>304</v>
+      </c>
+      <c r="D2" t="s">
+        <v>305</v>
+      </c>
+      <c r="E2" t="s">
+        <v>306</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>307</v>
+      </c>
+      <c r="H2" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>302</v>
+      </c>
+      <c r="B3" t="s">
+        <v>309</v>
+      </c>
+      <c r="C3" t="s">
+        <v>310</v>
+      </c>
+      <c r="D3" t="s">
+        <v>311</v>
+      </c>
+      <c r="E3" t="s">
+        <v>312</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>313</v>
+      </c>
+      <c r="H3" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>302</v>
+      </c>
+      <c r="B4" t="s">
+        <v>315</v>
+      </c>
+      <c r="C4" t="s">
+        <v>316</v>
+      </c>
+      <c r="D4" t="s">
+        <v>317</v>
+      </c>
+      <c r="E4" t="s">
+        <v>318</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>319</v>
+      </c>
+      <c r="H4" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>302</v>
+      </c>
+      <c r="B5" t="s">
+        <v>321</v>
+      </c>
+      <c r="C5" t="s">
+        <v>322</v>
+      </c>
+      <c r="D5" t="s">
+        <v>323</v>
+      </c>
+      <c r="E5" t="s">
+        <v>324</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>325</v>
+      </c>
+      <c r="H5" t="s">
+        <v>326</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>327</v>
+      </c>
+      <c r="B2" t="s">
+        <v>328</v>
+      </c>
+      <c r="C2" t="s">
+        <v>329</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>330</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>331</v>
+      </c>
+      <c r="H2" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>327</v>
+      </c>
+      <c r="B3" t="s">
+        <v>333</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>334</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>335</v>
+      </c>
+      <c r="H3" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>327</v>
+      </c>
+      <c r="B4" t="s">
+        <v>337</v>
+      </c>
+      <c r="C4" t="s">
+        <v>338</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>339</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>340</v>
+      </c>
+      <c r="H4" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>327</v>
+      </c>
+      <c r="B5" t="s">
+        <v>342</v>
+      </c>
+      <c r="C5" t="s">
+        <v>343</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>344</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>345</v>
+      </c>
+      <c r="H5" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>327</v>
+      </c>
+      <c r="B6" t="s">
+        <v>347</v>
+      </c>
+      <c r="C6" t="s">
+        <v>348</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>349</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>350</v>
+      </c>
+      <c r="H6" t="s">
+        <v>351</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>