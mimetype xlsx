--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -1,3175 +1,383 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="592" uniqueCount="352">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>SEQUENT PLEASE NEO</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Coronary artery disease</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the best form of management and the care pathway for a patient entering the ALD [Long-term condition] scheme with ALD 13: coronary artery disease.</t>
+  </si>
+  <si>
+    <t>04/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>04/20/2021 09:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>06/12/2022 00:00:00</t>
-[...464 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534304/fr/ald-n-13-maladie-coronarienne</t>
+    <t>https://www.has-sante.fr/jcms/c_534304/en/coronary-artery-disease</t>
   </si>
   <si>
     <t>c_534304</t>
   </si>
   <si>
-    <t>17/10/2019 00:00:00</t>
-[...206 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>07/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...209 lines deleted...]
-    <t>p_3390456</t>
+    <t>Web page</t>
   </si>
   <si>
     <t>Healthcare Quality and Safety Indicators</t>
   </si>
   <si>
     <t>HAS works in conjunction with health professionals, users of the healthcare system and patients to develop health care quality and safety indicators (QSI). The indicators assess the process or the outcome of care. They are set up to be used by healthcare organisations as quality improvement tools.</t>
   </si>
   <si>
-    <t>07/02/2019 15:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2044563/fr/healthcare-quality-and-safety-indicators</t>
+    <t>02/07/2019 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044563/en/healthcare-quality-and-safety-indicators</t>
   </si>
   <si>
     <t>c_2044563</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>30/04/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>04/30/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J24"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>34</v>
-      </c>
-[...13 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>38</v>
       </c>
-      <c r="C6" t="s">
+      <c r="H6" t="s">
         <v>39</v>
-      </c>
-[...1821 lines deleted...]
-        <v>351</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>