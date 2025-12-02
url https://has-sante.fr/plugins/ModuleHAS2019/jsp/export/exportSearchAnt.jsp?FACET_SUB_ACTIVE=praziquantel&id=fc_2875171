--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,212 +1,152 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of laboratory medicine procedures related to the diagnosis of schistosomiasis (bilharzia) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the update of the laboratory medicine procedures, reimbursement by the health insurance system in France, and to identify the indications for the procedures for which changes are proposed and the techniques used in the diagnosis and follow-up of schistosomiasis (bilharzia)</t>
+  </si>
+  <si>
+    <t>01/18/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/24/2017 11:58:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>30/06/2022 15:05:00</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2678400/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-schistosomose-bilharziose</t>
+    <t>https://www.has-sante.fr/jcms/c_2678400/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-schistosomiasis-bilharzia-inahta-brief</t>
   </si>
   <si>
     <t>c_2678400</t>
-  </si>
-[...37 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598486/fr/biltricide-praziquantel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -216,208 +156,52 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...154 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>