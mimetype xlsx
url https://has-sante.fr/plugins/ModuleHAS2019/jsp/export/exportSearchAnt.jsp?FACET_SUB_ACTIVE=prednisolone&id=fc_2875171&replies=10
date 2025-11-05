--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -1,1102 +1,7117 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1363" uniqueCount="809">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>BIATAIN IBU, pansements hydrocellulaires à l'ibuprofène</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>29/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2013 14:17:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1355892/fr/biatain-ibu-pansements-hydrocellulaires-a-l-ibuprofene</t>
+  </si>
+  <si>
+    <t>c_1355892</t>
+  </si>
+  <si>
+    <t>COLOPLAST A/S</t>
+  </si>
+  <si>
+    <t>DUROLANE - 28 septembre 2010 (2808) avis</t>
+  </si>
+  <si>
+    <t>28/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2010 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990610/fr/durolane-28-septembre-2010-2808-avis</t>
+  </si>
+  <si>
+    <t>c_990610</t>
+  </si>
+  <si>
+    <t>SMITH AND NEPHEW Orthopaedics France SAS</t>
+  </si>
+  <si>
+    <t>PERISTEEN</t>
+  </si>
+  <si>
+    <t>28/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2008 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_706232/fr/peristeen</t>
+  </si>
+  <si>
+    <t>c_706232</t>
+  </si>
+  <si>
+    <t>COLOPLAST France</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
-    <t>07/10/2024 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+    <t>10/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
-    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique dans la prise en charge des maladies chroniques : Analyse économique et organisationnelle</t>
+  </si>
+  <si>
+    <t>Ce rapport analyse les conditions organisationnelles et financières du développement de l’éducation thérapeutique en France. Il dresse le diagnostic de la situation actuelle et propose des pistes de développement réaliste.</t>
+  </si>
+  <si>
+    <t>13/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2008 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499485/fr/l-education-therapeutique-dans-la-prise-en-charge-des-maladies-chroniques-analyse-economique-et-organisationnelle</t>
+  </si>
+  <si>
+    <t>r_1499485</t>
+  </si>
+  <si>
+    <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
+  </si>
+  <si>
+    <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>r_1499617</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes ayant une syphilis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes ayant une syphilis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604647/fr/recommandations-de-prise-en-charge-des-personnes-ayant-une-syphilis</t>
+  </si>
+  <si>
+    <t>p_3604647</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
+  </si>
+  <si>
+    <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
+  </si>
+  <si>
+    <t>06/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
+  </si>
+  <si>
+    <t>p_3118113</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870343/fr/contraception-chez-les-patientes-transplantees-rein-foie-coeur-poumon</t>
+  </si>
+  <si>
+    <t>c_2870343</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse de la douleur chez l’enfant : alternatives à la codéine</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont d’identifier les situations cliniques de douleur aiguë et prolongée problématiques depuis le retrait de la codéine chez l’enfant ainsi que de proposer des alternatives thérapeutiques dans les situations cliniques identifiées (molécules, galéniques, place des morphiniques) et leurs modalités d'utilisation</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010340/fr/prise-en-charge-medicamenteuse-de-la-douleur-chez-l-enfant-alternatives-a-la-codeine</t>
+  </si>
+  <si>
+    <t>c_2010340</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+  </si>
+  <si>
+    <t>c_533480</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
+  </si>
+  <si>
+    <t>La lombalgie chronique est définie par une douleur habituelle de la région lombaire évoluant depuis plus de trois mois. Ces recommandations proposent une démarche diagnostique et thérapeutique en cas de lombalgie chronique dite commune. Elles ne concernent pas les lombalgies secondaires, dites symptomatiques, dues à une cause inflammatoire, traumatique, tumorale ou infectieuse.</t>
+  </si>
+  <si>
+    <t>01/12/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
+  </si>
+  <si>
+    <t>c_271859</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique du patient asthmatique adulte et adolescent</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique fait partie intégrante de la stratégie de prise en charge de l’asthme et doit être proposée à tous les patients selon un programme structuré et individualisé.</t>
+  </si>
+  <si>
+    <t>01/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
+  </si>
+  <si>
+    <t>c_271954</t>
+  </si>
+  <si>
+    <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Dans quelles situations les patients sont-ils à risque d'aspergillose invasive, en hématologie et transplantation ? Quelles mesures de prévention (primaire et secondaire) ont fait preuve de leur efficacité, pour quels patients et dans quelles conditions ? Quelles surveillances doivent être mises en place pour orienter la prévention ? Quelles sont les stratégies de prévention ?</t>
+  </si>
+  <si>
+    <t>22/05/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272072/fr/prevention-du-risque-aspergillaire-chez-les-patients-immunodeprimes-hematologie-transplantation</t>
+  </si>
+  <si>
+    <t>c_272072</t>
+  </si>
+  <si>
+    <t>Indications à visée diagnostique de l'endoscopie digestive haute en pathologie œso-gastro-duodénale de l'adulte, à l'exclusion de l'échoendoscopie et l'entéroscopie</t>
+  </si>
+  <si>
+    <t>L'objectif de la recommandation professionnelle est de répondre aux questions suivantes :# 1. Devant quel signe clinique et/ou biologique peut-on proposer une exploration morphologique œso-gastro-duodénale, et laquelle ?# 2. Quelles sont les indications d'endoscopie digestive haute pour le diagnostic et le suivi du reflux gastro-œsophagien, de la maladie ulcéreuse et de l'hypertension portale hors hémorragie ?# 3. Quelles sont les indications des biopsies duodénales ?#</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272101/fr/indications-a-visee-diagnostique-de-l-endoscopie-digestive-haute-en-pathologie-oeso-gastro-duodenale-de-l-adulte-a-l-exclusion-de-l-echoendoscopie-et-l-enteroscopie</t>
+  </si>
+  <si>
+    <t>c_272101</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+  </si>
+  <si>
+    <t>c_272363</t>
+  </si>
+  <si>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_272499</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Les maladies du spectre de la neuromyélite optique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>p_3245151</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Hypercalcémie infantile idiopathique (HII)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HII. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 17:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522489/fr/hypercalcemie-infantile-idiopathique-hii</t>
+  </si>
+  <si>
+    <t>p_3522489</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...119 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
+    <t>Fibrodysplasie Ossifiante Progressive (FOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de FOP. Il a été élaboré par le Centre de référence des maladies osseuses constitutionnelles (CRMR MOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503200/fr/fibrodysplasie-ossifiante-progressive-fop</t>
+  </si>
+  <si>
+    <t>p_3503200</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>La kératoconjonctivite vernale KCV</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une kératoconjonctivite vernale. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382572/fr/la-keratoconjonctivite-vernale-kcv</t>
+  </si>
+  <si>
+    <t>p_3382572</t>
+  </si>
+  <si>
+    <t>Le spectre des maladies à anticorps anti-MOG</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MOGAD. Il a été élaboré par le Centre de Référence Maladies Inflammatoires Rares du Cerveau Et de la Moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382586/fr/le-spectre-des-maladies-a-anticorps-anti-mog</t>
+  </si>
+  <si>
+    <t>p_3382586</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Maladie de Kawasaki</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie de Kawasaki. Il a été élaboré par le Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose inflammatoire CeRéMAIA Sous l’égide de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363015/fr/maladie-de-kawasaki</t>
+  </si>
+  <si>
+    <t>p_3363015</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>p_3301927</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS) (y compris syndrome de Landau-Kleffner)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'une Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS). Il a été élaboré par le Centre de référence épilepsies rares (CReER) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295051/fr/encephalopathie-epileptique-avec-pointe-ondes-continues-du-sommeil-eepocs-y-compris-syndrome-de-landau-kleffner</t>
+  </si>
+  <si>
+    <t>p_3295051</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Syndrome de Pendred</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome de Pendred. Il a été élaboré par le Centre de référence des surdités génétiques, le Centre de référence des maladies endocriniennes de la croissance et du développement, le Centre de référence des maladies rares de la thyroïde et des récepteurs hormonaux, Sous l'égide et avec le partenariat de La Filière de santé des maladies rares sensorielles SENSGENE et La Filière des maladies rares endocriniennes FIRENDO à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/03/2021 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245874/fr/syndrome-de-pendred</t>
+  </si>
+  <si>
+    <t>p_3245874</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Pneumopathie d'hypersensibilité de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant présentant une pneumathie d'hypersensibilité. Il a été élaboré par le Centre de Référence des maladies respiratoires rares RespiRare, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3163310/fr/pneumopathie-d-hypersensibilite-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3163310</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins bronchopneumopathie chronique obstructive (BPCO)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une bronchopneumopathie chronique obstructive (BPCO). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques de la prise en charge et de 10 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>c_1242507</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>Incontinentia Pigmenti</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Incontinentia Pigmenti. Il a été élaboré par par le centre de référence : Hôpital Necker Enfants -Malades, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112337/fr/incontinentia-pigmenti</t>
+  </si>
+  <si>
+    <t>p_3112337</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Rectocolite hémorragique</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2019 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671091/fr/ald-n-24-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>c_671091</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Maladie de Crohn</t>
+  </si>
+  <si>
+    <t>11/06/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671094/fr/ald-n-24-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>c_671094</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidose. Il a été élaboré par le centre de référence Mucoviscidose de Lyon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/09/2017 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_2636268</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Lymphomes non hodgkiniens de l’adulte</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_881776/fr/ald-n-30-lymphomes-non-hodgkiniens-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_881776</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Hyperplasie congénitale des surrénales</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé susceptibles de les prendre en charge la prise en charge optimale et le parcours de soins des patients atteints d'hyperplasie congénitale des surrénales par déficit en 21-hydroxylase.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2011 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058546/fr/ald-hors-liste-hyperplasie-congenitale-des-surrenales</t>
+  </si>
+  <si>
+    <t>c_1058546</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2011 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035501/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_1035501</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035498/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_1035498</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>ALD n° 2 - Aplasies médullaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) en ALD au titre de l’ALD 2.# Ce PNDS est un outil pratique auquel le médecin traitant, en concertation avec le médecin spécialiste, peut se référer, pour la prise en charge de la maladie considérée, notamment au moment d’établir le protocole de soins conjointement avec le médecin-conseil et le patient.</t>
+  </si>
+  <si>
+    <t>11/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2009 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
+  </si>
+  <si>
+    <t>c_778579</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Transplantation d’îlots pancréatiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la sécurité, l’efficacité et les conditions de réalisation de l’acte de transplantation d’îlots pancréatiques (ou de Langerhans) (TIL) dans plusieurs indications. Elle recommande une réévaluation de cet acte à cinq ans pour tenir compte des avancées thérapeutiques et scientifiques potentielles.</t>
+  </si>
+  <si>
+    <t>16/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
   </si>
   <si>
     <t>p_3114652</t>
   </si>
   <si>
-    <t>Update of laboratory medicine procedures related to the serodiagnosis of toxocariasis (visceral larva migrans) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680723/en/update-of-laboratory-medicine-procedures-related-to-the-serodiagnosis-of-toxocariasis-visceral-larva-migrans-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic sérologique de la toxocarose (Larva migrans viscérale)</t>
+  </si>
+  <si>
+    <t>Toxocarose (Larva migrans viscérale), immunodiagnostic, techniques</t>
+  </si>
+  <si>
+    <t>01/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2017 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680723/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-serologique-de-la-toxocarose-larva-migrans-viscerale</t>
   </si>
   <si>
     <t>c_2680723</t>
   </si>
   <si>
-    <t>Assessment of diagnostic and therapeutic parotid and submandibular sialendoscopy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
+    <t>Évaluation de la sialendoscopie parotidienne et submandibulaire à visée diagnostique et thérapeutique</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, de l’efficacité et la sécurité de la technique d’endoscopie (sialendoscopie) des voies salivaires de la parotide et de la glande submandibulaire dans les pathologies obstructives (lithiases et sténoses) et inflammatoires de ces glandes</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1164340/fr/evaluation-de-la-sialendoscopie-parotidienne-et-submandibulaire-a-visee-diagnostique-et-therapeutique</t>
   </si>
   <si>
     <t>c_1164340</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Assessment of an epiretinal implant and its implantation procedure</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
+    <t>Jevtana®, Xtandi® et Zytiga® (cabazitaxel, enzalutamide et abiratérone) : des progrès thérapeutiques pour certains cancers métastatiques de la prostate</t>
+  </si>
+  <si>
+    <t>Jevtana® (cabazitaxel) est un taxane et Zytiga® (abiratérone) est un inhibiteur de la biosynthèse des androgènes.# Ils ont l’AMM, en association à la prednisone ou à la prednisolone, dans le traitement du cancer métastatique de la prostate résistant à la castration, chez les hommes dont la maladie a progressé pendant ou après une chimiothérapie à base de docétaxel. En termes d’efficacité sur la survie globale, Jevtana® a montré un allongement de 2,4 mois versus mitoxantrone et Zytiga® de 3,9 mois versus placebo. Le choix entre Jevtana® et Zytiga® se fera selon le terrain du malade : * chez les patients ayant bien toléré une précédente chimiothérapie, on utilisera indifféremment l’un ou l’autre ; * chez les patients ayant eu des effets indésirables graves avec le docétaxel ou dont l’état général ne permet pas de supporter une reprise de la chimiothérapie, Zytiga® sera préféré ; * chez les patients dont la maladie a progressé rapidement sous hormonothérapie, Jevtana® pourrait être proposé, selon les experts consultés, à condition que le traitement précédent par le docétaxel ait été bien toléré.</t>
+  </si>
+  <si>
+    <t>31/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528194/fr/jevtana-xtandi-et-zytiga-cabazitaxel-enzalutamide-et-abiraterone-des-progres-therapeutiques-pour-certains-cancers-metastatiques-de-la-prostate</t>
+  </si>
+  <si>
+    <t>c_1528194</t>
+  </si>
+  <si>
+    <t>Prothèse épirétinienne et son acte d'implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’implant épirétinien ARGUS II et les actes professionnels y afférant afin de : * proposer, le cas échéant, son remboursement ; * définir ses indications et les situations cliniques d’utilisation ; * évaluer son intérêt en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; * déterminer les conditions d’utilisation et l’environnement technique</t>
+  </si>
+  <si>
+    <t>19/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2012 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343374/fr/prothese-epiretinienne-et-son-acte-d-implantation</t>
   </si>
   <si>
     <t>c_1343374</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 25 avril 2024</t>
+  </si>
+  <si>
+    <t>13/06/2024 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3523591/fr/college-deliberatif-du-25-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3523591</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 2 mai 2024</t>
+  </si>
+  <si>
+    <t>02/05/2024 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515373/fr/college-deliberatif-du-2-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3515373</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 avril 2024</t>
+  </si>
+  <si>
+    <t>04/04/2024 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505957/fr/commission-de-la-transparence-reunion-du-10-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3505957</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 14 septembre 2023</t>
+  </si>
+  <si>
+    <t>20/11/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474052/fr/college-deliberatif-du-14-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3474052</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 14 septembre 2023</t>
+  </si>
+  <si>
+    <t>16/11/2023 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473402/fr/pv-du-college-deliberatif-du-14-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3473402</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2023</t>
+  </si>
+  <si>
+    <t>23/10/2023 08:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470043/fr/commission-de-la-transparence-reunion-du-25-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3470043</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 9 mars 2023</t>
+  </si>
+  <si>
+    <t>24/05/2023 10:55:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443228/fr/college-deliberatif-du-9-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3443228</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 30 mars 2023</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443248/fr/college-deliberatif-du-30-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3443248</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 mars 2023</t>
+  </si>
+  <si>
+    <t>17/03/2023 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421918/fr/commission-de-la-transparence-reunion-du-22-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3421918</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 février 2023</t>
+  </si>
+  <si>
+    <t>09/02/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411271/fr/commission-de-la-transparence-reunion-du-15-fevrier-2023</t>
+  </si>
+  <si>
+    <t>p_3411271</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 Septembre 2022</t>
+  </si>
+  <si>
+    <t>30/11/2022 17:22:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392578/fr/commission-de-la-transparence-reunion-du-14-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3392578</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 01 Juin 2022</t>
+  </si>
+  <si>
+    <t>01/06/2022 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342243/fr/commission-de-la-transparence-reunion-du-01-juin-2022</t>
+  </si>
+  <si>
+    <t>p_3342243</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 10 juin 2020</t>
+  </si>
+  <si>
+    <t>04/06/2020 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188036/fr/commission-de-la-transparence-reunion-a-distance-du-10-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3188036</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 novembre 2018</t>
+  </si>
+  <si>
+    <t>05/11/2018 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881581/fr/college-deliberatif-du-7-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2881581</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 octobre 2018</t>
+  </si>
+  <si>
+    <t>10/10/2018 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877030/fr/commission-de-la-transparence-reunion-du-17-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2877030</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 avril 2018</t>
+  </si>
+  <si>
+    <t>11/04/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843604/fr/commission-de-la-transparence-reunion-du-18-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2843604</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800077/fr/commission-de-la-transparence-reunion-du-25-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800077</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 03 septembre 2014</t>
+  </si>
+  <si>
+    <t>27/08/2014 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760195/fr/commission-de-la-transparence-reunion-du-03-septembre-2014</t>
+  </si>
+  <si>
+    <t>c_1760195</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2013</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité CARDASA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>23/01/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1353476/fr/commission-de-la-transparence-reunion-du-23-janvier-2013</t>
+  </si>
+  <si>
+    <t>c_1353476</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2012</t>
+  </si>
+  <si>
+    <t>18/09/2012 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296038/fr/commission-de-la-transparence-reunion-du-19-septembre-2012</t>
+  </si>
+  <si>
+    <t>c_1296038</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 mai 2012</t>
+  </si>
+  <si>
+    <t>23/05/2012 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1249262/fr/commission-de-la-transparence-reunion-du-23-mai-2012</t>
+  </si>
+  <si>
+    <t>c_1249262</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 décembre 2011</t>
+  </si>
+  <si>
+    <t>14/12/2011 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147992/fr/commission-de-la-transparence-reunion-du-14-decembre-2011</t>
+  </si>
+  <si>
+    <t>c_1147992</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 novembre 2011</t>
+  </si>
+  <si>
+    <t>02/11/2011 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1109232/fr/commission-de-la-transparence-reunion-du-2-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1109232</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité ONGLYZA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>21/09/2011 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1097913/fr/commission-de-la-transparence-reunion-du-21-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1097913</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juillet 2011</t>
+  </si>
+  <si>
+    <t>06/07/2011 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069129/fr/commission-de-la-transparence-reunion-du-6-juillet-2011</t>
+  </si>
+  <si>
+    <t>c_1069129</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 septembre 2008</t>
+  </si>
+  <si>
+    <t>17/09/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_692477/fr/commission-de-la-transparence-reunion-du-17-septembre-2008</t>
+  </si>
+  <si>
+    <t>c_692477</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0113/DC/SEM du 25 avril 2024 du collège de la Haute Autorité de santé portant refus de renouvellement de l’autorisation d’accès précoce de la spécialité AKEEGA (niraparib - acétate d’abiratérone)</t>
+  </si>
+  <si>
+    <t>Refus de renouvellement d'autorisation d’accès précoce à la spécialité AKEEGA (niraparib/acétate d'abiratérone) dans l'indication « en association avec la prednisone ou la prednisolone pour le traitement de première ligne des hommes adultes atteints d’un cancer de la prostate métastatique résistant à la castration (CPRCm) qui sont asymptomatiques ou peu symptomatiques et qui présentent des altérations des gènes BRCA1/2 (germinales et/ou somatiques) ».</t>
+  </si>
+  <si>
+    <t>25/04/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>06/05/2024 09:26:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516756/fr/decision-n2024-0113/dc/sem-du-25-avril-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-de-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-akeega-niraparib-acetate-d-abiraterone</t>
+  </si>
+  <si>
+    <t>p_3516756</t>
+  </si>
+  <si>
+    <t>Décision n°2024.130/DC/SEM du 2 mai 2024 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité AGAMREE (vamorolone)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité AGAMREE (vamorolone) dans l'indication « AGAMREE (vamorolone) est indiqué dans le traitement de la dystrophie musculaire de Duchenne avant la phase de déclin des fonctions motrices chez les patients ambulatoires âgés entre 4 et 18 ans ».</t>
+  </si>
+  <si>
+    <t>02/05/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>06/05/2024 16:37:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516942/fr/decision-n2024-130/dc/sem-du-2-mai-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-agamree-vamorolone</t>
+  </si>
+  <si>
+    <t>p_3516942</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0468/DC/SEM du 14 décembre 2023 du collège de la Haute Autorité de santé portant rectification d’erreur matérielle de la décision n° 2023.0317/DC/SEM du 14 septembre 2023 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité AGAMREE (VAMOROLONE)</t>
+  </si>
+  <si>
+    <t>Rectification d'erreur matérielle sur la décision 2023.0468 du 14 septembre 2023 concernant le refus de l'Autorisation d’accès précoce à la spécialité AGAMREE (vamorolone) dans l'indication « AGAMREE (vamorolone) est indiqué dans le traitement de la dystrophie musculaire de Duchenne avant la phase de déclin des fonctions motrices chez les patients ambulatoires âgés de 4 à 7 ans ».</t>
+  </si>
+  <si>
+    <t>14/12/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>20/12/2023 11:10:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482121/fr/decision-n2023-0468/dc/sem-du-14-decembre-2023-du-college-de-la-haute-autorite-de-sante-portant-rectification-d-erreur-materielle-de-la-decision-n-2023-0317/dc/sem-du-14-septembre-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-agamree-vamorolone</t>
+  </si>
+  <si>
+    <t>p_3482121</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0450/DC/SEM du 30 novembre 2023 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité TALZENNA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité TALZENNA (talazoparib) dans l'indication « en association avec l’enzalutamide pour le traitement des patients adultes atteints d’un cancer de la prostate métastatique résistant à la castration (CPRCm), pour lesquels la chimiothérapie n'est pas cliniquement indiquée et les alternatives disponibles ne sont pas appropriées ».</t>
+  </si>
+  <si>
+    <t>30/11/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>11/12/2023 09:17:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478115/fr/decision-n2023-0450/dc/sem-du-30-novembre-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-talzenna</t>
+  </si>
+  <si>
+    <t>p_3478115</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0317/DC/SEM du 14 septembre 2023 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité AGAMREE (VAMOROLONE)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité AGAMREE (vamorolone) dans l'indication « AGAMREE (vamorolone) est indiqué dans le traitement de la dystrophie musculaire de Duchenne avant la phase de déclin des fonctions motrices chez les patients ambulatoires âgés de 4 à 7 ans ».</t>
+  </si>
+  <si>
+    <t>14/09/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>20/09/2023 15:17:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463658/fr/decision-n2023-0317/dc/sem-du-14-septembre-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-agamree-vamorolone</t>
+  </si>
+  <si>
+    <t>p_3463658</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0128/DC/SEM du 30 mars 2023 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité LYNPARZA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité LYNPARZA dans l'indication « en association à l’abiratérone et à la prednisone ou à la prednisolone pour le traitement des patients adultes atteints d’un cancer de la prostate métastatique résistant à la castration pour lesquels la chimiothérapie n’est pas cliniquement indiquée ».</t>
+  </si>
+  <si>
+    <t>30/03/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>06/04/2023 11:43:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425659/fr/decision-n2023-0128/dc/sem-du-30-mars-2023-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-lynparza</t>
+  </si>
+  <si>
+    <t>p_3425659</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0088/DC/SEM du 9 mars 2023 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité NIRAPARIB/ACÉTATE D’ABIRATÉRONE</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité NIRAPARIB/ACÉTATE D’ABIRATÉRONE Janssen Cilag dans l'indication « en association avec la prednisone ou la prednisolone pour le traitement de première ligne des hommes adultes atteints d’un cancer de la prostate métastatique résistant à la castration (CPRCm) qui sont asymptomatiques ou peu symptomatiques et qui présentent des altérations des gènes BRCA1/2 (germinales et/ou somatiques) ».</t>
+  </si>
+  <si>
+    <t>09/03/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>16/03/2023 08:21:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421309/fr/decision-n2023-0088/dc/sem-du-9-mars-2023-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-niraparib/acetate-d-abiraterone</t>
+  </si>
+  <si>
+    <t>p_3421309</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0047/AC/SEM du 7 novembre 2018 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité KYMRIAH (tisagenlecleucel)</t>
+  </si>
+  <si>
+    <t>L’indication de la spécialité KYMRIAH (tisagenlecleucel), validée par le CHMP, qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation correspond au « Traitement de la leucémie aigüe lymphoblastique (LAL) à cellules B chez les patients :# * réfractaires après une ligne de traitement, * en rechute après greffe, si réalisée lors de la 1ère ligne de traitement ».# Dans cette indication, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>07/11/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>27/11/2018 16:56:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886498/fr/avis-n-2018-0047/ac/sem-du-7-novembre-2018-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-kymriah-tisagenlecleucel</t>
+  </si>
+  <si>
+    <t>c_2886498</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0016/AC/SEM du 4 avril 2018 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude PROLONG»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Etude PROLONG» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>04/04/2018 11:17:00</t>
+  </si>
+  <si>
+    <t>13/04/2018 15:24:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844315/fr/avis-n-2018-0016/ac/sem-du-4-avril-2018-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-prolong</t>
+  </si>
+  <si>
+    <t>c_2844315</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0028/DC/SEM du 21 février 2018 du collège de la Haute Autorité de santé portant adoption d’une recommandation sur les allergènes préparés spécialement pour un seul individu (APSI)</t>
+  </si>
+  <si>
+    <t>La recommandation intitulée « Allergènes préparés spécialement pour un seul individu », ci-jointe, est adoptée. ---++++ Recommandations Considérant : * le projet de recommandation de la commission de la Transparence fondé sur l’analyse de la littérature, les données fournies par les 2 laboratoires concernés, l’audition d’experts et de parties prenantes, * l’audition des 2 laboratoires concernés, * les observations transmises à la HAS dans le cadre d’une consultation publique, le Collège estime que : * les APSI concernent des allergies qui peuvent dégrader la qualité de vie en raison des perturbations qu'elles entraînent, voire, dans le cas de l’asthme, entrainer de rares complications à prendre en charge en urgence, * les données disponibles montrent une efficacité des APSI faible et mal démontrée, * les APSI ne présentent que des effets indésirables généralement bénins mais la voie sous cutanée peut entrainer des effets indésirables graves plus fréquemment que la voie sublinguale, * la place des APSI, eu égard aux alternatives thérapeutiques (ACARIZAX, GRAZAX ou ORALAIR), devrait être en deuxième intention, après les traitements symptomatiques médicamenteux, ou en troisième intention (lorsque ces alternatives peuvent être utilisées), * malgré l’importance de la population concernée et en l’état actuel des données, les APSI ne sont pas susceptibles d’avoir un intérêt pour la santé publique. En conséquence, le Collège recommande que les modalités de prise en charge des APSI soient harmonisées sur celles de leurs alternatives thérapeutiques, à l’exception des formes injectables qui ne devraient pas relever d’une prise en charge par la solidarité nationale. Dans le cas d’une décision de modification des conditions de remboursement, au vu des possibles difficultés financières auxquelles seraient confrontés les patients en cours de traitement, les traitements pouvant être pluriannuels, le Collège recommande des modalités particulières d’application de la décision permettant d’assurer la continuité des soins engagés. Par ailleurs, le Collège prend note que, lors des auditions, les industriels concernés ont proposé de nouvelles études avec pour objectif de démontrer l’impact clinique d’un traitement par APSI. En conséquence, le Collège souhaite réévaluer ces produits dans un délai maximal de 5 ans, espérant que ces études répondront aux qualités méthodologiques actuelles qui permettront de conclure.</t>
+  </si>
+  <si>
+    <t>21/02/2018 15:37:00</t>
+  </si>
+  <si>
+    <t>27/03/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2832239/fr/decision-n-2018-0028/dc/sem-du-21-fevrier-2018-du-college-de-la-haute-autorite-de-sante-portant-adoption-d-une-recommandation-sur-les-allergenes-prepares-specialement-pour-un-seul-individu-apsi</t>
+  </si>
+  <si>
+    <t>c_2832239</t>
+  </si>
+  <si>
+    <t>Décision n°2017.0178/DC/SEM du 13 décembre 2017 du collège de la Haute Autorité de santé portant adoption d’un projet de recommandation sur les allergènes préparés spécialement pour un seul individu (APSI), en vue de sa publication pour consultation publique</t>
+  </si>
+  <si>
+    <t>Le projet de recommandation, intitulé « Allergènes préparés spécialement pour un seul individu », ci-joint, est adopté, en vue de sa publication pour consultation publique.</t>
+  </si>
+  <si>
+    <t>13/12/2017 14:15:00</t>
+  </si>
+  <si>
+    <t>14/12/2017 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2812602/fr/decision-n2017-0178/dc/sem-du-13-decembre-2017-du-college-de-la-haute-autorite-de-sante-portant-adoption-d-un-projet-de-recommandation-sur-les-allergenes-prepares-specialement-pour-un-seul-individu-apsi-en-vue-de-sa-publication-pour-consultation-publique</t>
+  </si>
+  <si>
+    <t>c_2812602</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0155/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble de ces informations le Collège de la HAS : Considérant : - la pathologie, l’aphtose sévère, pathologie douloureuse souvent associée à des déficiences nutritionnelles (fer, folates, vitamines, zinc...), des désordres immunitaires (infection par le virus de l'immunodéficience acquise, herpès, neutropénies) et des maladies rares (maladie de Behçet). - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en échec aux traitements de 1ère intention (traitements locaux et colchicine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une aphtose sévère, y compris chez les patients HIV positifs et dans la maladie de Behçet, en échec aux traitements de 1ère intention (traitements locaux et colchicine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Aphtoses sévères, y compris chez les patients HIV positifs et dans la maladie de Behçet, en cas d’échec aux traitements de 1ère intention (traitements locaux et colchicine)». Considérant : - la pathologie, les formes cutanées du lupus érythémateux, inflammatoire auto-immune, chronique, qui présentent une grande diversité clinique avec une évolution et un pronostic variables, mais qui peuvent avoir un impact sur la qualité des vie des patients du fait notamment des cicatrices qui peuvent en résulter. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ». Considérant : - la pathologie, les formes aiguës sévères de l’érythème noueux lépreux, pathologie grave pouvant être à l’origine des déficits neurologiques définitifs de la lèpre. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes aiguës sévères de l’érythème noueux lépreux (réaction lépreuse de type II)».</t>
+  </si>
+  <si>
+    <t>17/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042574/fr/decision-n-2015-0155/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042574</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant aux maladies rares Vascularites  (ALD 21)</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 4 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour les maladies rares Vascularites (ALD 21) : * Acide acetylsalicylique / acetylsalicylate de lysine * Chlormadinone * Methotrexate * Mycophenolate mofetil</t>
+  </si>
+  <si>
+    <t>16/12/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>19/12/2011 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1015717/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-aux-maladies-rares-vascularites-ald-21</t>
+  </si>
+  <si>
+    <t>c_1015717</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le SARS-CoV-2 - Vaccination prioritaire de l’entourage des personnes immunodéprimées contre le SARS-Cov 2</t>
+  </si>
+  <si>
+    <t>HAS rappelle que les personnes immunodéprimées, chez qui le risque de forme grave et de décès par la Covid-19 est important, doivent être vaccinées de façon prioritaire contre le SARS-CoV-2. Cependant, du fait même de leur immunodépression, leur réponse immunitaire à la vaccination étant souvent diminuée rendant cette vaccination moins efficace, la HAS recommande qu’une stratégie de « cocooning » (vaccination de l’entourage) soit mise en place autour des personnes immunodéprimées adultes et enfants.</t>
+  </si>
+  <si>
+    <t>29/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2021 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264056/fr/strategie-de-vaccination-contre-le-sars-cov-2-vaccination-prioritaire-de-l-entourage-des-personnes-immunodeprimees-contre-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3264056</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ULTARCORLENE (pivalate de prednisolone)</t>
   </si>
   <si>
-    <t>10/04/2022 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3372868/en/ultarcorlene-pivalate-de-prednisolone</t>
+    <t>04/10/2022 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372868/fr/ultarcorlene-pivalate-de-prednisolone</t>
   </si>
   <si>
     <t>p_3372868</t>
   </si>
   <si>
     <t>pivalate de prednisolone</t>
   </si>
   <si>
     <t>MEDIPHA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3372794/en/ultarcorlene-pivalate-de-prednisolone</t>
+    <t>https://www.has-sante.fr/jcms/p_3372794/fr/ultarcorlene-pivalate-de-prednisolone</t>
+  </si>
+  <si>
+    <t>CORTANCYL (prednisolone/ prednisone)</t>
+  </si>
+  <si>
+    <t>11/12/2018 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982994/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>pprd_2982994</t>
+  </si>
+  <si>
+    <t>prednisolone,prednisone</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724410/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710107/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888441/fr/cortancyl-prednisolone/-prednisone</t>
   </si>
   <si>
     <t>HYDROCORTANCYL (prednisolone (acétate de))</t>
   </si>
   <si>
-    <t>04/12/2018 15:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983469/en/hydrocortancyl-prednisolone-acetate-de</t>
+    <t>12/04/2018 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983469/fr/hydrocortancyl-prednisolone-acetate-de</t>
   </si>
   <si>
     <t>pprd_2983469</t>
   </si>
   <si>
     <t>prednisolone (acétate de)</t>
   </si>
   <si>
-    <t>SANOFI-AVENTIS FRANCE</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2807273/en/hydrocortancyl-prednisolone-glucocorticoid</t>
+    <t>https://www.has-sante.fr/jcms/c_724536/fr/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710104/fr/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766752/fr/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807273/fr/hydrocortancyl-prednisolone-glucocorticoide</t>
+  </si>
+  <si>
+    <t>SOLUPRED (prednisolone)</t>
+  </si>
+  <si>
+    <t>30/07/2015 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984456/fr/solupred-prednisolone</t>
+  </si>
+  <si>
+    <t>pprd_2984456</t>
+  </si>
+  <si>
+    <t>prednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400230/fr/solupred-5-mg-comprime-orodispersible-boite-de-30-code-cip-349-367-0-solupred-20-mg-comprime-orodispersible-boite-de-20-code-cip-349-368-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977223/fr/solupred-prednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048973/fr/solupred-prednisolone</t>
+  </si>
+  <si>
+    <t>DERINOX (naphazoline (nitrate de)/ prednisolone)</t>
+  </si>
+  <si>
+    <t>06/03/2013 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984944/fr/derinox-naphazoline-nitrate-de-/-prednisolone</t>
+  </si>
+  <si>
+    <t>pprd_2984944</t>
+  </si>
+  <si>
+    <t>naphazoline (nitrate de),prednisolone</t>
+  </si>
+  <si>
+    <t>THERABEL LUCIEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_458675/fr/derinox-naphazoline-nitrate-de-/-prednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121562/fr/derinox-naphazoline-nitrate-de-/-prednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362596/fr/derinox-naphazoline-nitrate-de-/-prednisolone</t>
+  </si>
+  <si>
+    <t>DETURGYLONE (oxymétazoline/ prednisolone)</t>
+  </si>
+  <si>
+    <t>26/03/2012 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985100/fr/deturgylone-oxymetazoline/-prednisolone</t>
+  </si>
+  <si>
+    <t>pprd_2985100</t>
+  </si>
+  <si>
+    <t>oxymétazoline,prednisolone</t>
+  </si>
+  <si>
+    <t>Laboratoire SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468405/fr/deturgylone-oxymetazoline/-prednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121581/fr/deturgylone-oxymetazoline/-prednisolone</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Détecter et diagnostiquer la BPCO même sans symptôme apparent</t>
+  </si>
+  <si>
+    <t>Le symptôme majeur de la BPCO est la dyspnée qui induit une réduction de l’activité physique quotidienne. D’apparition progressive, au début, la dyspnée n'est pas souvent perçue par le patient.</t>
+  </si>
+  <si>
+    <t>31/01/2020 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118475/fr/detecter-et-diagnostiquer-la-bpco-meme-sans-symptome-apparent</t>
+  </si>
+  <si>
+    <t>p_3118475</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>750</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>752</v>
+      </c>
+      <c r="B2" t="s">
+        <v>753</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>754</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>755</v>
+      </c>
+      <c r="H2" t="s">
+        <v>756</v>
+      </c>
+      <c r="I2" t="s">
+        <v>757</v>
+      </c>
+      <c r="J2" t="s">
+        <v>758</v>
+      </c>
+      <c r="K2" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>752</v>
+      </c>
+      <c r="B3" t="s">
+        <v>760</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>761</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>762</v>
+      </c>
+      <c r="H3" t="s">
+        <v>763</v>
+      </c>
+      <c r="I3" t="s">
+        <v>764</v>
+      </c>
+      <c r="J3" t="s">
+        <v>765</v>
+      </c>
+      <c r="K3" t="s">
+        <v>766</v>
+      </c>
+      <c r="L3" t="s">
+        <v>767</v>
+      </c>
+      <c r="M3" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>752</v>
+      </c>
+      <c r="B4" t="s">
+        <v>769</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>770</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>771</v>
+      </c>
+      <c r="H4" t="s">
+        <v>772</v>
+      </c>
+      <c r="I4" t="s">
+        <v>773</v>
+      </c>
+      <c r="J4" t="s">
+        <v>765</v>
+      </c>
+      <c r="K4" t="s">
+        <v>774</v>
+      </c>
+      <c r="L4" t="s">
+        <v>775</v>
+      </c>
+      <c r="M4" t="s">
+        <v>776</v>
+      </c>
+      <c r="N4" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>752</v>
+      </c>
+      <c r="B5" t="s">
+        <v>778</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>779</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>780</v>
+      </c>
+      <c r="H5" t="s">
+        <v>781</v>
+      </c>
+      <c r="I5" t="s">
+        <v>782</v>
+      </c>
+      <c r="J5" t="s">
+        <v>765</v>
+      </c>
+      <c r="K5" t="s">
+        <v>783</v>
+      </c>
+      <c r="L5" t="s">
+        <v>784</v>
+      </c>
+      <c r="M5" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>752</v>
+      </c>
+      <c r="B6" t="s">
+        <v>786</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>787</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>788</v>
+      </c>
+      <c r="H6" t="s">
+        <v>789</v>
+      </c>
+      <c r="I6" t="s">
+        <v>790</v>
+      </c>
+      <c r="J6" t="s">
+        <v>791</v>
+      </c>
+      <c r="K6" t="s">
+        <v>792</v>
+      </c>
+      <c r="L6" t="s">
+        <v>793</v>
+      </c>
+      <c r="M6" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>752</v>
+      </c>
+      <c r="B7" t="s">
+        <v>795</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>796</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>797</v>
+      </c>
+      <c r="H7" t="s">
+        <v>798</v>
+      </c>
+      <c r="I7" t="s">
+        <v>799</v>
+      </c>
+      <c r="J7" t="s">
+        <v>800</v>
+      </c>
+      <c r="K7" t="s">
+        <v>801</v>
+      </c>
+      <c r="L7" t="s">
+        <v>802</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>803</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>804</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>805</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>25</v>
+        <v>806</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>26</v>
+        <v>807</v>
       </c>
       <c r="H2" t="s">
-        <v>27</v>
+        <v>808</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>30</v>
+      </c>
+      <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E3" t="s">
+        <v>40</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>41</v>
+      </c>
+      <c r="H3" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B4" t="s">
+        <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>44</v>
+      </c>
+      <c r="D4" t="s">
+        <v>45</v>
+      </c>
+      <c r="E4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>30</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>51</v>
+      </c>
+      <c r="E5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B6" t="s">
+        <v>55</v>
+      </c>
+      <c r="C6" t="s">
+        <v>56</v>
+      </c>
+      <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>58</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H24"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>66</v>
+      </c>
+      <c r="H2" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D3" t="s">
+        <v>64</v>
+      </c>
+      <c r="E3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>71</v>
+      </c>
+      <c r="H3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>61</v>
+      </c>
+      <c r="B4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C4" t="s">
+        <v>63</v>
+      </c>
+      <c r="D4" t="s">
+        <v>64</v>
+      </c>
+      <c r="E4" t="s">
+        <v>74</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>75</v>
+      </c>
+      <c r="H4" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>61</v>
+      </c>
+      <c r="B5" t="s">
+        <v>77</v>
+      </c>
+      <c r="C5" t="s">
+        <v>63</v>
+      </c>
+      <c r="D5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>78</v>
+      </c>
+      <c r="H5" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C6" t="s">
+        <v>63</v>
+      </c>
+      <c r="D6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" t="s">
+        <v>65</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>81</v>
+      </c>
+      <c r="H6" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>83</v>
+      </c>
+      <c r="C7" t="s">
+        <v>84</v>
+      </c>
+      <c r="D7" t="s">
+        <v>85</v>
+      </c>
+      <c r="E7" t="s">
+        <v>86</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>87</v>
+      </c>
+      <c r="H7" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>89</v>
+      </c>
+      <c r="C8" t="s">
+        <v>90</v>
+      </c>
+      <c r="D8" t="s">
+        <v>91</v>
+      </c>
+      <c r="E8" t="s">
+        <v>92</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>93</v>
+      </c>
+      <c r="H8" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>95</v>
+      </c>
+      <c r="C9" t="s">
+        <v>63</v>
+      </c>
+      <c r="D9" t="s">
+        <v>96</v>
+      </c>
+      <c r="E9" t="s">
+        <v>97</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>98</v>
+      </c>
+      <c r="H9" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>61</v>
+      </c>
+      <c r="B10" t="s">
+        <v>100</v>
+      </c>
+      <c r="C10" t="s">
+        <v>101</v>
+      </c>
+      <c r="D10" t="s">
+        <v>102</v>
+      </c>
+      <c r="E10" t="s">
+        <v>103</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>104</v>
+      </c>
+      <c r="H10" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>106</v>
+      </c>
+      <c r="C11" t="s">
+        <v>107</v>
+      </c>
+      <c r="D11" t="s">
+        <v>108</v>
+      </c>
+      <c r="E11" t="s">
+        <v>109</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>110</v>
+      </c>
+      <c r="H11" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" t="s">
+        <v>112</v>
+      </c>
+      <c r="C12" t="s">
+        <v>113</v>
+      </c>
+      <c r="D12" t="s">
+        <v>114</v>
+      </c>
+      <c r="E12" t="s">
+        <v>115</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>116</v>
+      </c>
+      <c r="H12" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B13" t="s">
+        <v>118</v>
+      </c>
+      <c r="C13" t="s">
+        <v>119</v>
+      </c>
+      <c r="D13" t="s">
+        <v>120</v>
+      </c>
+      <c r="E13" t="s">
+        <v>121</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>122</v>
+      </c>
+      <c r="H13" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>124</v>
+      </c>
+      <c r="C14" t="s">
+        <v>125</v>
+      </c>
+      <c r="D14" t="s">
+        <v>126</v>
+      </c>
+      <c r="E14" t="s">
+        <v>127</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>128</v>
+      </c>
+      <c r="H14" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" t="s">
+        <v>130</v>
+      </c>
+      <c r="C15" t="s">
+        <v>131</v>
+      </c>
+      <c r="D15" t="s">
+        <v>132</v>
+      </c>
+      <c r="E15" t="s">
+        <v>133</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>134</v>
+      </c>
+      <c r="H15" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B16" t="s">
+        <v>136</v>
+      </c>
+      <c r="C16" t="s">
+        <v>137</v>
+      </c>
+      <c r="D16" t="s">
+        <v>138</v>
+      </c>
+      <c r="E16" t="s">
+        <v>139</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>140</v>
+      </c>
+      <c r="H16" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" t="s">
+        <v>142</v>
+      </c>
+      <c r="C17" t="s">
+        <v>143</v>
+      </c>
+      <c r="D17" t="s">
+        <v>144</v>
+      </c>
+      <c r="E17" t="s">
+        <v>145</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>146</v>
+      </c>
+      <c r="H17" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>61</v>
+      </c>
+      <c r="B18" t="s">
+        <v>148</v>
+      </c>
+      <c r="C18" t="s">
+        <v>149</v>
+      </c>
+      <c r="D18" t="s">
+        <v>150</v>
+      </c>
+      <c r="E18" t="s">
+        <v>151</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>152</v>
+      </c>
+      <c r="H18" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>61</v>
+      </c>
+      <c r="B19" t="s">
+        <v>154</v>
+      </c>
+      <c r="C19" t="s">
+        <v>155</v>
+      </c>
+      <c r="D19" t="s">
+        <v>156</v>
+      </c>
+      <c r="E19" t="s">
+        <v>156</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>157</v>
+      </c>
+      <c r="H19" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>61</v>
+      </c>
+      <c r="B20" t="s">
+        <v>159</v>
+      </c>
+      <c r="C20" t="s">
+        <v>160</v>
+      </c>
+      <c r="D20" t="s">
+        <v>161</v>
+      </c>
+      <c r="E20" t="s">
+        <v>162</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>163</v>
+      </c>
+      <c r="H20" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>61</v>
+      </c>
+      <c r="B21" t="s">
+        <v>165</v>
+      </c>
+      <c r="C21" t="s">
+        <v>166</v>
+      </c>
+      <c r="D21" t="s">
+        <v>167</v>
+      </c>
+      <c r="E21" t="s">
+        <v>167</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>168</v>
+      </c>
+      <c r="H21" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B22" t="s">
+        <v>170</v>
+      </c>
+      <c r="C22" t="s">
+        <v>171</v>
+      </c>
+      <c r="D22" t="s">
+        <v>172</v>
+      </c>
+      <c r="E22" t="s">
+        <v>173</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>174</v>
+      </c>
+      <c r="H22" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>61</v>
+      </c>
+      <c r="B23" t="s">
+        <v>176</v>
+      </c>
+      <c r="C23" t="s">
+        <v>177</v>
+      </c>
+      <c r="D23" t="s">
+        <v>178</v>
+      </c>
+      <c r="E23" t="s">
+        <v>179</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>180</v>
+      </c>
+      <c r="H23" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>61</v>
+      </c>
+      <c r="B24" t="s">
+        <v>182</v>
+      </c>
+      <c r="C24" t="s">
+        <v>183</v>
+      </c>
+      <c r="D24" t="s">
+        <v>184</v>
+      </c>
+      <c r="E24" t="s">
+        <v>185</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>186</v>
+      </c>
+      <c r="H24" t="s">
+        <v>187</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H66"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>188</v>
+      </c>
+      <c r="B2" t="s">
+        <v>189</v>
+      </c>
+      <c r="C2" t="s">
+        <v>190</v>
+      </c>
+      <c r="D2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>192</v>
+      </c>
+      <c r="H2" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>188</v>
+      </c>
+      <c r="B3" t="s">
+        <v>194</v>
+      </c>
+      <c r="C3" t="s">
+        <v>195</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>196</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>197</v>
+      </c>
+      <c r="H3" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>188</v>
+      </c>
+      <c r="B4" t="s">
+        <v>199</v>
+      </c>
+      <c r="C4" t="s">
+        <v>200</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>201</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>202</v>
+      </c>
+      <c r="H4" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>188</v>
+      </c>
+      <c r="B5" t="s">
+        <v>204</v>
+      </c>
+      <c r="C5" t="s">
+        <v>205</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>206</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>207</v>
+      </c>
+      <c r="H5" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>188</v>
+      </c>
+      <c r="B6" t="s">
+        <v>209</v>
+      </c>
+      <c r="C6" t="s">
+        <v>210</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>103</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>211</v>
+      </c>
+      <c r="H6" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>188</v>
+      </c>
+      <c r="B7" t="s">
+        <v>213</v>
+      </c>
+      <c r="C7" t="s">
+        <v>214</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>215</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>216</v>
+      </c>
+      <c r="H7" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>188</v>
+      </c>
+      <c r="B8" t="s">
+        <v>218</v>
+      </c>
+      <c r="C8" t="s">
+        <v>219</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>220</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>221</v>
+      </c>
+      <c r="H8" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>188</v>
+      </c>
+      <c r="B9" t="s">
+        <v>223</v>
+      </c>
+      <c r="C9" t="s">
+        <v>224</v>
+      </c>
+      <c r="D9" t="s">
+        <v>225</v>
+      </c>
+      <c r="E9" t="s">
+        <v>226</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>227</v>
+      </c>
+      <c r="H9" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>188</v>
+      </c>
+      <c r="B10" t="s">
+        <v>229</v>
+      </c>
+      <c r="C10" t="s">
+        <v>230</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>231</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>232</v>
+      </c>
+      <c r="H10" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>188</v>
+      </c>
+      <c r="B11" t="s">
+        <v>234</v>
+      </c>
+      <c r="C11" t="s">
+        <v>235</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>236</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>237</v>
+      </c>
+      <c r="H11" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>188</v>
+      </c>
+      <c r="B12" t="s">
+        <v>239</v>
+      </c>
+      <c r="C12" t="s">
+        <v>240</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>241</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>242</v>
+      </c>
+      <c r="H12" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>188</v>
+      </c>
+      <c r="B13" t="s">
+        <v>244</v>
+      </c>
+      <c r="C13" t="s">
+        <v>245</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>246</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>247</v>
+      </c>
+      <c r="H13" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>188</v>
+      </c>
+      <c r="B14" t="s">
+        <v>249</v>
+      </c>
+      <c r="C14" t="s">
+        <v>250</v>
+      </c>
+      <c r="D14" t="s">
+        <v>251</v>
+      </c>
+      <c r="E14" t="s">
+        <v>252</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>253</v>
+      </c>
+      <c r="H14" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>188</v>
+      </c>
+      <c r="B15" t="s">
+        <v>255</v>
+      </c>
+      <c r="C15" t="s">
+        <v>256</v>
+      </c>
+      <c r="D15" t="s">
+        <v>257</v>
+      </c>
+      <c r="E15" t="s">
+        <v>258</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>259</v>
+      </c>
+      <c r="H15" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>188</v>
+      </c>
+      <c r="B16" t="s">
+        <v>261</v>
+      </c>
+      <c r="C16" t="s">
+        <v>262</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>263</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>264</v>
+      </c>
+      <c r="H16" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>188</v>
+      </c>
+      <c r="B17" t="s">
+        <v>266</v>
+      </c>
+      <c r="C17" t="s">
+        <v>267</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>268</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>269</v>
+      </c>
+      <c r="H17" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>188</v>
+      </c>
+      <c r="B18" t="s">
+        <v>271</v>
+      </c>
+      <c r="C18" t="s">
+        <v>272</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>273</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>274</v>
+      </c>
+      <c r="H18" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>188</v>
+      </c>
+      <c r="B19" t="s">
+        <v>276</v>
+      </c>
+      <c r="C19" t="s">
+        <v>277</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>278</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>279</v>
+      </c>
+      <c r="H19" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>188</v>
+      </c>
+      <c r="B20" t="s">
+        <v>281</v>
+      </c>
+      <c r="C20" t="s">
+        <v>282</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>283</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>284</v>
+      </c>
+      <c r="H20" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>188</v>
+      </c>
+      <c r="B21" t="s">
+        <v>286</v>
+      </c>
+      <c r="C21" t="s">
+        <v>287</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>283</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>288</v>
+      </c>
+      <c r="H21" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>188</v>
+      </c>
+      <c r="B22" t="s">
+        <v>290</v>
+      </c>
+      <c r="C22" t="s">
+        <v>291</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>292</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>293</v>
+      </c>
+      <c r="H22" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>188</v>
+      </c>
+      <c r="B23" t="s">
+        <v>295</v>
+      </c>
+      <c r="C23" t="s">
+        <v>296</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>292</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>297</v>
+      </c>
+      <c r="H23" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>188</v>
+      </c>
+      <c r="B24" t="s">
+        <v>299</v>
+      </c>
+      <c r="C24" t="s">
+        <v>300</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>301</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>302</v>
+      </c>
+      <c r="H24" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>188</v>
+      </c>
+      <c r="B25" t="s">
+        <v>304</v>
+      </c>
+      <c r="C25" t="s">
+        <v>305</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>306</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>307</v>
+      </c>
+      <c r="H25" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>188</v>
+      </c>
+      <c r="B26" t="s">
+        <v>309</v>
+      </c>
+      <c r="C26" t="s">
+        <v>310</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>311</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>312</v>
+      </c>
+      <c r="H26" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>188</v>
+      </c>
+      <c r="B27" t="s">
+        <v>314</v>
+      </c>
+      <c r="C27" t="s">
+        <v>315</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>316</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>317</v>
+      </c>
+      <c r="H27" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>188</v>
+      </c>
+      <c r="B28" t="s">
+        <v>319</v>
+      </c>
+      <c r="C28" t="s">
+        <v>320</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>321</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>322</v>
+      </c>
+      <c r="H28" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>188</v>
+      </c>
+      <c r="B29" t="s">
+        <v>324</v>
+      </c>
+      <c r="C29" t="s">
+        <v>325</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>326</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>327</v>
+      </c>
+      <c r="H29" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>188</v>
+      </c>
+      <c r="B30" t="s">
+        <v>329</v>
+      </c>
+      <c r="C30" t="s">
+        <v>330</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>326</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>331</v>
+      </c>
+      <c r="H30" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>188</v>
+      </c>
+      <c r="B31" t="s">
+        <v>333</v>
+      </c>
+      <c r="C31" t="s">
+        <v>334</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>335</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>336</v>
+      </c>
+      <c r="H31" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>188</v>
+      </c>
+      <c r="B32" t="s">
+        <v>338</v>
+      </c>
+      <c r="C32" t="s">
+        <v>339</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>340</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>341</v>
+      </c>
+      <c r="H32" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>188</v>
+      </c>
+      <c r="B33" t="s">
+        <v>343</v>
+      </c>
+      <c r="C33" t="s">
+        <v>344</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>345</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>346</v>
+      </c>
+      <c r="H33" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>188</v>
+      </c>
+      <c r="B34" t="s">
+        <v>348</v>
+      </c>
+      <c r="C34" t="s">
+        <v>349</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>345</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>350</v>
+      </c>
+      <c r="H34" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>188</v>
+      </c>
+      <c r="B35" t="s">
+        <v>352</v>
+      </c>
+      <c r="C35" t="s">
+        <v>353</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>345</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>354</v>
+      </c>
+      <c r="H35" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>188</v>
+      </c>
+      <c r="B36" t="s">
+        <v>356</v>
+      </c>
+      <c r="C36" t="s">
+        <v>357</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>358</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>359</v>
+      </c>
+      <c r="H36" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>188</v>
+      </c>
+      <c r="B37" t="s">
+        <v>361</v>
+      </c>
+      <c r="C37" t="s">
+        <v>362</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>363</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>364</v>
+      </c>
+      <c r="H37" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>188</v>
+      </c>
+      <c r="B38" t="s">
+        <v>366</v>
+      </c>
+      <c r="C38" t="s">
+        <v>367</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>368</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>369</v>
+      </c>
+      <c r="H38" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>188</v>
+      </c>
+      <c r="B39" t="s">
+        <v>371</v>
+      </c>
+      <c r="C39" t="s">
+        <v>372</v>
+      </c>
+      <c r="D39" t="s">
+        <v>373</v>
+      </c>
+      <c r="E39" t="s">
+        <v>374</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>375</v>
+      </c>
+      <c r="H39" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>188</v>
+      </c>
+      <c r="B40" t="s">
+        <v>377</v>
+      </c>
+      <c r="C40" t="s">
+        <v>378</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>379</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>380</v>
+      </c>
+      <c r="H40" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>188</v>
+      </c>
+      <c r="B41" t="s">
+        <v>382</v>
+      </c>
+      <c r="C41" t="s">
+        <v>383</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>384</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>385</v>
+      </c>
+      <c r="H41" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>188</v>
+      </c>
+      <c r="B42" t="s">
+        <v>387</v>
+      </c>
+      <c r="C42" t="s">
+        <v>388</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>389</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>390</v>
+      </c>
+      <c r="H42" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>188</v>
+      </c>
+      <c r="B43" t="s">
+        <v>392</v>
+      </c>
+      <c r="C43" t="s">
+        <v>393</v>
+      </c>
+      <c r="D43" t="s">
+        <v>394</v>
+      </c>
+      <c r="E43" t="s">
+        <v>395</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>396</v>
+      </c>
+      <c r="H43" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>188</v>
+      </c>
+      <c r="B44" t="s">
+        <v>398</v>
+      </c>
+      <c r="C44" t="s">
+        <v>399</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>400</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>401</v>
+      </c>
+      <c r="H44" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>188</v>
+      </c>
+      <c r="B45" t="s">
+        <v>403</v>
+      </c>
+      <c r="C45" t="s">
+        <v>404</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>405</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>406</v>
+      </c>
+      <c r="H45" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>188</v>
+      </c>
+      <c r="B46" t="s">
+        <v>408</v>
+      </c>
+      <c r="C46" t="s">
+        <v>409</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>410</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>411</v>
+      </c>
+      <c r="H46" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>188</v>
+      </c>
+      <c r="B47" t="s">
+        <v>413</v>
+      </c>
+      <c r="C47" t="s">
+        <v>414</v>
+      </c>
+      <c r="D47" t="s">
+        <v>415</v>
+      </c>
+      <c r="E47" t="s">
+        <v>416</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>417</v>
+      </c>
+      <c r="H47" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>188</v>
+      </c>
+      <c r="B48" t="s">
+        <v>419</v>
+      </c>
+      <c r="C48" t="s">
+        <v>414</v>
+      </c>
+      <c r="D48" t="s">
+        <v>415</v>
+      </c>
+      <c r="E48" t="s">
+        <v>420</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>421</v>
+      </c>
+      <c r="H48" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>188</v>
+      </c>
+      <c r="B49" t="s">
+        <v>423</v>
+      </c>
+      <c r="C49" t="s">
+        <v>424</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>425</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>426</v>
+      </c>
+      <c r="H49" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>188</v>
+      </c>
+      <c r="B50" t="s">
+        <v>428</v>
+      </c>
+      <c r="C50" t="s">
+        <v>429</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>430</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>431</v>
+      </c>
+      <c r="H50" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>188</v>
+      </c>
+      <c r="B51" t="s">
+        <v>433</v>
+      </c>
+      <c r="C51" t="s">
+        <v>434</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>435</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>436</v>
+      </c>
+      <c r="H51" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>188</v>
+      </c>
+      <c r="B52" t="s">
+        <v>438</v>
+      </c>
+      <c r="C52" t="s">
+        <v>439</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>440</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>441</v>
+      </c>
+      <c r="H52" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>188</v>
+      </c>
+      <c r="B53" t="s">
+        <v>443</v>
+      </c>
+      <c r="C53" t="s">
+        <v>444</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>445</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>446</v>
+      </c>
+      <c r="H53" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>188</v>
+      </c>
+      <c r="B54" t="s">
+        <v>448</v>
+      </c>
+      <c r="C54" t="s">
+        <v>449</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>450</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>451</v>
+      </c>
+      <c r="H54" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>188</v>
+      </c>
+      <c r="B55" t="s">
+        <v>453</v>
+      </c>
+      <c r="C55" t="s">
+        <v>454</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>455</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>456</v>
+      </c>
+      <c r="H55" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>188</v>
+      </c>
+      <c r="B56" t="s">
+        <v>458</v>
+      </c>
+      <c r="C56" t="s">
+        <v>459</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>460</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>461</v>
+      </c>
+      <c r="H56" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>188</v>
+      </c>
+      <c r="B57" t="s">
+        <v>463</v>
+      </c>
+      <c r="C57" t="s">
+        <v>464</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>465</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>466</v>
+      </c>
+      <c r="H57" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>188</v>
+      </c>
+      <c r="B58" t="s">
+        <v>468</v>
+      </c>
+      <c r="C58" t="s">
+        <v>12</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>469</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>470</v>
+      </c>
+      <c r="H58" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>188</v>
+      </c>
+      <c r="B59" t="s">
+        <v>472</v>
+      </c>
+      <c r="C59" t="s">
+        <v>473</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>474</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>475</v>
+      </c>
+      <c r="H59" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>188</v>
+      </c>
+      <c r="B60" t="s">
+        <v>477</v>
+      </c>
+      <c r="C60" t="s">
+        <v>478</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>479</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>480</v>
+      </c>
+      <c r="H60" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>188</v>
+      </c>
+      <c r="B61" t="s">
+        <v>482</v>
+      </c>
+      <c r="C61" t="s">
+        <v>414</v>
+      </c>
+      <c r="D61" t="s">
+        <v>483</v>
+      </c>
+      <c r="E61" t="s">
+        <v>484</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>485</v>
+      </c>
+      <c r="H61" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>188</v>
+      </c>
+      <c r="B62" t="s">
+        <v>487</v>
+      </c>
+      <c r="C62" t="s">
+        <v>488</v>
+      </c>
+      <c r="D62" t="s">
+        <v>489</v>
+      </c>
+      <c r="E62" t="s">
+        <v>490</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>491</v>
+      </c>
+      <c r="H62" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>188</v>
+      </c>
+      <c r="B63" t="s">
+        <v>493</v>
+      </c>
+      <c r="C63" t="s">
+        <v>12</v>
+      </c>
+      <c r="D63" t="s">
+        <v>494</v>
+      </c>
+      <c r="E63" t="s">
+        <v>495</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>496</v>
+      </c>
+      <c r="H63" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>188</v>
+      </c>
+      <c r="B64" t="s">
+        <v>498</v>
+      </c>
+      <c r="C64" t="s">
+        <v>12</v>
+      </c>
+      <c r="D64" t="s">
+        <v>494</v>
+      </c>
+      <c r="E64" t="s">
+        <v>494</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
+        <v>499</v>
+      </c>
+      <c r="H64" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>188</v>
+      </c>
+      <c r="B65" t="s">
+        <v>501</v>
+      </c>
+      <c r="C65" t="s">
+        <v>12</v>
+      </c>
+      <c r="D65" t="s">
+        <v>494</v>
+      </c>
+      <c r="E65" t="s">
+        <v>494</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>502</v>
+      </c>
+      <c r="H65" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>188</v>
+      </c>
+      <c r="B66" t="s">
+        <v>504</v>
+      </c>
+      <c r="C66" t="s">
+        <v>505</v>
+      </c>
+      <c r="D66" t="s">
+        <v>506</v>
+      </c>
+      <c r="E66" t="s">
+        <v>507</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>508</v>
+      </c>
+      <c r="H66" t="s">
+        <v>509</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>510</v>
+      </c>
+      <c r="B2" t="s">
+        <v>511</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>512</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>513</v>
+      </c>
+      <c r="H2" t="s">
+        <v>514</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>515</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>516</v>
       </c>
       <c r="C2" t="s">
-        <v>30</v>
+        <v>517</v>
       </c>
       <c r="D2" t="s">
-        <v>31</v>
+        <v>518</v>
       </c>
       <c r="E2" t="s">
-        <v>32</v>
+        <v>519</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>33</v>
+        <v>520</v>
       </c>
       <c r="H2" t="s">
-        <v>34</v>
+        <v>521</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>515</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>522</v>
       </c>
       <c r="C3" t="s">
-        <v>36</v>
+        <v>523</v>
       </c>
       <c r="D3" t="s">
-        <v>37</v>
+        <v>524</v>
       </c>
       <c r="E3" t="s">
-        <v>38</v>
+        <v>525</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>39</v>
+        <v>526</v>
       </c>
       <c r="H3" t="s">
-        <v>40</v>
+        <v>527</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>515</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>528</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>529</v>
       </c>
       <c r="D4" t="s">
-        <v>43</v>
+        <v>530</v>
       </c>
       <c r="E4" t="s">
-        <v>43</v>
+        <v>531</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>532</v>
       </c>
       <c r="H4" t="s">
-        <v>45</v>
+        <v>533</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>515</v>
       </c>
       <c r="B5" t="s">
-        <v>46</v>
+        <v>534</v>
       </c>
       <c r="C5" t="s">
-        <v>47</v>
+        <v>535</v>
       </c>
       <c r="D5" t="s">
-        <v>48</v>
+        <v>536</v>
       </c>
       <c r="E5" t="s">
-        <v>48</v>
+        <v>537</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>49</v>
+        <v>538</v>
       </c>
       <c r="H5" t="s">
-        <v>50</v>
+        <v>539</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>515</v>
       </c>
       <c r="B6" t="s">
-        <v>51</v>
+        <v>540</v>
       </c>
       <c r="C6" t="s">
-        <v>52</v>
+        <v>541</v>
       </c>
       <c r="D6" t="s">
-        <v>53</v>
+        <v>542</v>
       </c>
       <c r="E6" t="s">
-        <v>54</v>
+        <v>543</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>55</v>
+        <v>544</v>
       </c>
       <c r="H6" t="s">
-        <v>56</v>
+        <v>545</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>515</v>
       </c>
       <c r="B7" t="s">
-        <v>57</v>
+        <v>546</v>
       </c>
       <c r="C7" t="s">
-        <v>58</v>
+        <v>547</v>
       </c>
       <c r="D7" t="s">
-        <v>59</v>
+        <v>548</v>
       </c>
       <c r="E7" t="s">
-        <v>60</v>
+        <v>549</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>61</v>
+        <v>550</v>
       </c>
       <c r="H7" t="s">
-        <v>62</v>
+        <v>551</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:I28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>552</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>63</v>
+        <v>553</v>
       </c>
       <c r="B2" t="s">
-        <v>64</v>
+        <v>554</v>
       </c>
       <c r="C2" t="s">
-        <v>65</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>67</v>
+        <v>555</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>68</v>
+        <v>556</v>
       </c>
       <c r="H2" t="s">
-        <v>69</v>
+        <v>557</v>
+      </c>
+      <c r="I2" t="s">
+        <v>558</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>63</v>
+        <v>553</v>
       </c>
       <c r="B3" t="s">
-        <v>70</v>
+        <v>559</v>
       </c>
       <c r="C3" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>73</v>
+        <v>560</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>74</v>
+        <v>561</v>
       </c>
       <c r="H3" t="s">
-        <v>75</v>
+        <v>562</v>
+      </c>
+      <c r="I3" t="s">
+        <v>558</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>63</v>
+        <v>553</v>
       </c>
       <c r="B4" t="s">
-        <v>76</v>
+        <v>563</v>
       </c>
       <c r="C4" t="s">
-        <v>77</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>78</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>79</v>
+        <v>564</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>80</v>
+        <v>565</v>
       </c>
       <c r="H4" t="s">
-        <v>81</v>
+        <v>566</v>
+      </c>
+      <c r="I4" t="s">
+        <v>558</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>63</v>
+        <v>553</v>
       </c>
       <c r="B5" t="s">
-        <v>82</v>
+        <v>567</v>
       </c>
       <c r="C5" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>85</v>
+        <v>568</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>86</v>
+        <v>569</v>
       </c>
       <c r="H5" t="s">
-        <v>87</v>
+        <v>570</v>
+      </c>
+      <c r="I5" t="s">
+        <v>558</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>63</v>
+        <v>553</v>
       </c>
       <c r="B6" t="s">
-        <v>88</v>
+        <v>571</v>
       </c>
       <c r="C6" t="s">
-        <v>89</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>91</v>
+        <v>572</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>92</v>
+        <v>573</v>
       </c>
       <c r="H6" t="s">
-        <v>93</v>
+        <v>574</v>
+      </c>
+      <c r="I6" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>553</v>
+      </c>
+      <c r="B7" t="s">
+        <v>575</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>576</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>577</v>
+      </c>
+      <c r="H7" t="s">
+        <v>578</v>
+      </c>
+      <c r="I7" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>553</v>
+      </c>
+      <c r="B8" t="s">
+        <v>579</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>580</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>581</v>
+      </c>
+      <c r="H8" t="s">
+        <v>582</v>
+      </c>
+      <c r="I8" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>553</v>
+      </c>
+      <c r="B9" t="s">
+        <v>583</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>580</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>584</v>
+      </c>
+      <c r="H9" t="s">
+        <v>585</v>
+      </c>
+      <c r="I9" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>553</v>
+      </c>
+      <c r="B10" t="s">
+        <v>586</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>587</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>588</v>
+      </c>
+      <c r="H10" t="s">
+        <v>589</v>
+      </c>
+      <c r="I10" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>553</v>
+      </c>
+      <c r="B11" t="s">
+        <v>590</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>591</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>592</v>
+      </c>
+      <c r="H11" t="s">
+        <v>593</v>
+      </c>
+      <c r="I11" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>553</v>
+      </c>
+      <c r="B12" t="s">
+        <v>594</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>595</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>596</v>
+      </c>
+      <c r="H12" t="s">
+        <v>597</v>
+      </c>
+      <c r="I12" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>553</v>
+      </c>
+      <c r="B13" t="s">
+        <v>598</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>599</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>600</v>
+      </c>
+      <c r="H13" t="s">
+        <v>601</v>
+      </c>
+      <c r="I13" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>553</v>
+      </c>
+      <c r="B14" t="s">
+        <v>602</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>603</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>604</v>
+      </c>
+      <c r="H14" t="s">
+        <v>605</v>
+      </c>
+      <c r="I14" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>553</v>
+      </c>
+      <c r="B15" t="s">
+        <v>606</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>607</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>608</v>
+      </c>
+      <c r="H15" t="s">
+        <v>609</v>
+      </c>
+      <c r="I15" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>553</v>
+      </c>
+      <c r="B16" t="s">
+        <v>610</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>611</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>612</v>
+      </c>
+      <c r="H16" t="s">
+        <v>613</v>
+      </c>
+      <c r="I16" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>553</v>
+      </c>
+      <c r="B17" t="s">
+        <v>614</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>615</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>616</v>
+      </c>
+      <c r="H17" t="s">
+        <v>617</v>
+      </c>
+      <c r="I17" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>553</v>
+      </c>
+      <c r="B18" t="s">
+        <v>618</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>619</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>620</v>
+      </c>
+      <c r="H18" t="s">
+        <v>621</v>
+      </c>
+      <c r="I18" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>553</v>
+      </c>
+      <c r="B19" t="s">
+        <v>622</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>623</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>624</v>
+      </c>
+      <c r="H19" t="s">
+        <v>625</v>
+      </c>
+      <c r="I19" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>553</v>
+      </c>
+      <c r="B20" t="s">
+        <v>626</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>627</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>628</v>
+      </c>
+      <c r="H20" t="s">
+        <v>629</v>
+      </c>
+      <c r="I20" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>553</v>
+      </c>
+      <c r="B21" t="s">
+        <v>630</v>
+      </c>
+      <c r="C21" t="s">
+        <v>631</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>632</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>633</v>
+      </c>
+      <c r="H21" t="s">
+        <v>634</v>
+      </c>
+      <c r="I21" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>553</v>
+      </c>
+      <c r="B22" t="s">
+        <v>635</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>636</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>637</v>
+      </c>
+      <c r="H22" t="s">
+        <v>638</v>
+      </c>
+      <c r="I22" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>553</v>
+      </c>
+      <c r="B23" t="s">
+        <v>639</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>640</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>641</v>
+      </c>
+      <c r="H23" t="s">
+        <v>642</v>
+      </c>
+      <c r="I23" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>553</v>
+      </c>
+      <c r="B24" t="s">
+        <v>643</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>644</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>645</v>
+      </c>
+      <c r="H24" t="s">
+        <v>646</v>
+      </c>
+      <c r="I24" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>553</v>
+      </c>
+      <c r="B25" t="s">
+        <v>647</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>648</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>649</v>
+      </c>
+      <c r="H25" t="s">
+        <v>650</v>
+      </c>
+      <c r="I25" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>553</v>
+      </c>
+      <c r="B26" t="s">
+        <v>651</v>
+      </c>
+      <c r="C26" t="s">
+        <v>652</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>653</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>654</v>
+      </c>
+      <c r="H26" t="s">
+        <v>655</v>
+      </c>
+      <c r="I26" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>553</v>
+      </c>
+      <c r="B27" t="s">
+        <v>656</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>657</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>658</v>
+      </c>
+      <c r="H27" t="s">
+        <v>659</v>
+      </c>
+      <c r="I27" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>553</v>
+      </c>
+      <c r="B28" t="s">
+        <v>660</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>661</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>662</v>
+      </c>
+      <c r="H28" t="s">
+        <v>663</v>
+      </c>
+      <c r="I28" t="s">
+        <v>558</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>97</v>
+        <v>664</v>
       </c>
       <c r="B2" t="s">
-        <v>98</v>
+        <v>665</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>666</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>667</v>
       </c>
       <c r="E2" t="s">
-        <v>99</v>
+        <v>668</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>100</v>
+        <v>669</v>
       </c>
       <c r="H2" t="s">
-        <v>101</v>
-[...8 lines deleted...]
-        <v>104</v>
+        <v>670</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>97</v>
+        <v>664</v>
       </c>
       <c r="B3" t="s">
-        <v>105</v>
+        <v>671</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>672</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>673</v>
       </c>
       <c r="E3" t="s">
-        <v>106</v>
+        <v>674</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>107</v>
+        <v>675</v>
       </c>
       <c r="H3" t="s">
-        <v>108</v>
-[...17 lines deleted...]
-        <v>114</v>
+        <v>676</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>664</v>
+      </c>
+      <c r="B4" t="s">
+        <v>677</v>
+      </c>
+      <c r="C4" t="s">
+        <v>678</v>
+      </c>
+      <c r="D4" t="s">
+        <v>679</v>
+      </c>
+      <c r="E4" t="s">
+        <v>680</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>681</v>
+      </c>
+      <c r="H4" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>664</v>
+      </c>
+      <c r="B5" t="s">
+        <v>683</v>
+      </c>
+      <c r="C5" t="s">
+        <v>684</v>
+      </c>
+      <c r="D5" t="s">
+        <v>685</v>
+      </c>
+      <c r="E5" t="s">
+        <v>686</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>687</v>
+      </c>
+      <c r="H5" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>664</v>
+      </c>
+      <c r="B6" t="s">
+        <v>689</v>
+      </c>
+      <c r="C6" t="s">
+        <v>690</v>
+      </c>
+      <c r="D6" t="s">
+        <v>691</v>
+      </c>
+      <c r="E6" t="s">
+        <v>692</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>693</v>
+      </c>
+      <c r="H6" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>664</v>
+      </c>
+      <c r="B7" t="s">
+        <v>695</v>
+      </c>
+      <c r="C7" t="s">
+        <v>696</v>
+      </c>
+      <c r="D7" t="s">
+        <v>697</v>
+      </c>
+      <c r="E7" t="s">
+        <v>698</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>699</v>
+      </c>
+      <c r="H7" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>664</v>
+      </c>
+      <c r="B8" t="s">
+        <v>701</v>
+      </c>
+      <c r="C8" t="s">
+        <v>702</v>
+      </c>
+      <c r="D8" t="s">
+        <v>703</v>
+      </c>
+      <c r="E8" t="s">
+        <v>704</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>705</v>
+      </c>
+      <c r="H8" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>664</v>
+      </c>
+      <c r="B9" t="s">
+        <v>707</v>
+      </c>
+      <c r="C9" t="s">
+        <v>708</v>
+      </c>
+      <c r="D9" t="s">
+        <v>709</v>
+      </c>
+      <c r="E9" t="s">
+        <v>710</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>711</v>
+      </c>
+      <c r="H9" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>664</v>
+      </c>
+      <c r="B10" t="s">
+        <v>713</v>
+      </c>
+      <c r="C10" t="s">
+        <v>714</v>
+      </c>
+      <c r="D10" t="s">
+        <v>715</v>
+      </c>
+      <c r="E10" t="s">
+        <v>716</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>717</v>
+      </c>
+      <c r="H10" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>664</v>
+      </c>
+      <c r="B11" t="s">
+        <v>719</v>
+      </c>
+      <c r="C11" t="s">
+        <v>720</v>
+      </c>
+      <c r="D11" t="s">
+        <v>721</v>
+      </c>
+      <c r="E11" t="s">
+        <v>722</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>723</v>
+      </c>
+      <c r="H11" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>664</v>
+      </c>
+      <c r="B12" t="s">
+        <v>725</v>
+      </c>
+      <c r="C12" t="s">
+        <v>726</v>
+      </c>
+      <c r="D12" t="s">
+        <v>727</v>
+      </c>
+      <c r="E12" t="s">
+        <v>728</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>729</v>
+      </c>
+      <c r="H12" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>664</v>
+      </c>
+      <c r="B13" t="s">
+        <v>731</v>
+      </c>
+      <c r="C13" t="s">
+        <v>732</v>
+      </c>
+      <c r="D13" t="s">
+        <v>733</v>
+      </c>
+      <c r="E13" t="s">
+        <v>734</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>735</v>
+      </c>
+      <c r="H13" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>664</v>
+      </c>
+      <c r="B14" t="s">
+        <v>737</v>
+      </c>
+      <c r="C14" t="s">
+        <v>738</v>
+      </c>
+      <c r="D14" t="s">
+        <v>739</v>
+      </c>
+      <c r="E14" t="s">
+        <v>740</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>741</v>
+      </c>
+      <c r="H14" t="s">
+        <v>742</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>743</v>
+      </c>
+      <c r="B2" t="s">
+        <v>744</v>
+      </c>
+      <c r="C2" t="s">
+        <v>745</v>
+      </c>
+      <c r="D2" t="s">
+        <v>746</v>
+      </c>
+      <c r="E2" t="s">
+        <v>747</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>748</v>
+      </c>
+      <c r="H2" t="s">
+        <v>749</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>