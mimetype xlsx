--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -12,78 +12,78 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1363" uniqueCount="809">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1379" uniqueCount="820">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -224,50 +224,1037 @@
   <si>
     <t>https://www.has-sante.fr/jcms/r_1499485/fr/l-education-therapeutique-dans-la-prise-en-charge-des-maladies-chroniques-analyse-economique-et-organisationnelle</t>
   </si>
   <si>
     <t>r_1499485</t>
   </si>
   <si>
     <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
   </si>
   <si>
     <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
   </si>
   <si>
     <t>01/06/2005 00:00:00</t>
   </si>
   <si>
     <t>01/06/2005 17:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
   </si>
   <si>
     <t>r_1499617</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Les maladies du spectre de la neuromyélite optique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>p_3245151</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Hypercalcémie infantile idiopathique (HII)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HII. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 17:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522489/fr/hypercalcemie-infantile-idiopathique-hii</t>
+  </si>
+  <si>
+    <t>p_3522489</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Fibrodysplasie Ossifiante Progressive (FOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de FOP. Il a été élaboré par le Centre de référence des maladies osseuses constitutionnelles (CRMR MOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503200/fr/fibrodysplasie-ossifiante-progressive-fop</t>
+  </si>
+  <si>
+    <t>p_3503200</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>La kératoconjonctivite vernale KCV</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une kératoconjonctivite vernale. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382572/fr/la-keratoconjonctivite-vernale-kcv</t>
+  </si>
+  <si>
+    <t>p_3382572</t>
+  </si>
+  <si>
+    <t>Le spectre des maladies à anticorps anti-MOG</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MOGAD. Il a été élaboré par le Centre de Référence Maladies Inflammatoires Rares du Cerveau Et de la Moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382586/fr/le-spectre-des-maladies-a-anticorps-anti-mog</t>
+  </si>
+  <si>
+    <t>p_3382586</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Maladie de Kawasaki</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie de Kawasaki. Il a été élaboré par le Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose inflammatoire CeRéMAIA Sous l’égide de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363015/fr/maladie-de-kawasaki</t>
+  </si>
+  <si>
+    <t>p_3363015</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>p_3301927</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS) (y compris syndrome de Landau-Kleffner)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'une Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS). Il a été élaboré par le Centre de référence épilepsies rares (CReER) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295051/fr/encephalopathie-epileptique-avec-pointe-ondes-continues-du-sommeil-eepocs-y-compris-syndrome-de-landau-kleffner</t>
+  </si>
+  <si>
+    <t>p_3295051</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Syndrome de Pendred</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome de Pendred. Il a été élaboré par le Centre de référence des surdités génétiques, le Centre de référence des maladies endocriniennes de la croissance et du développement, le Centre de référence des maladies rares de la thyroïde et des récepteurs hormonaux, Sous l'égide et avec le partenariat de La Filière de santé des maladies rares sensorielles SENSGENE et La Filière des maladies rares endocriniennes FIRENDO à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/03/2021 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245874/fr/syndrome-de-pendred</t>
+  </si>
+  <si>
+    <t>p_3245874</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Pneumopathie d'hypersensibilité de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant présentant une pneumathie d'hypersensibilité. Il a été élaboré par le Centre de Référence des maladies respiratoires rares RespiRare, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3163310/fr/pneumopathie-d-hypersensibilite-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3163310</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins bronchopneumopathie chronique obstructive (BPCO)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une bronchopneumopathie chronique obstructive (BPCO). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques de la prise en charge et de 10 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>c_1242507</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>Incontinentia Pigmenti</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Incontinentia Pigmenti. Il a été élaboré par par le centre de référence : Hôpital Necker Enfants -Malades, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112337/fr/incontinentia-pigmenti</t>
+  </si>
+  <si>
+    <t>p_3112337</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Rectocolite hémorragique</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2019 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671091/fr/ald-n-24-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>c_671091</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Maladie de Crohn</t>
+  </si>
+  <si>
+    <t>11/06/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671094/fr/ald-n-24-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>c_671094</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_2636268</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Lymphomes non hodgkiniens de l’adulte</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_881776/fr/ald-n-30-lymphomes-non-hodgkiniens-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_881776</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Hyperplasie congénitale des surrénales</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé susceptibles de les prendre en charge la prise en charge optimale et le parcours de soins des patients atteints d'hyperplasie congénitale des surrénales par déficit en 21-hydroxylase.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2011 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058546/fr/ald-hors-liste-hyperplasie-congenitale-des-surrenales</t>
+  </si>
+  <si>
+    <t>c_1058546</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2011 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035501/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_1035501</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035498/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_1035498</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>ALD n° 2 - Aplasies médullaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) en ALD au titre de l’ALD 2.# Ce PNDS est un outil pratique auquel le médecin traitant, en concertation avec le médecin spécialiste, peut se référer, pour la prise en charge de la maladie considérée, notamment au moment d’établir le protocole de soins conjointement avec le médecin-conseil et le patient.</t>
+  </si>
+  <si>
+    <t>11/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2009 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
+  </si>
+  <si>
+    <t>c_778579</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
   </si>
   <si>
     <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>09/01/2025 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3575612</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
   </si>
   <si>
     <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
@@ -296,53 +1283,50 @@
   <si>
     <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
   </si>
   <si>
     <t>p_3575597</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
   </si>
   <si>
     <t>p_3575605</t>
   </si>
   <si>
     <t>Recommandations de prise en charge des personnes ayant une syphilis</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes ayant une syphilis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
-    <t>10/04/2025 00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>13/05/2025 09:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3604647/fr/recommandations-de-prise-en-charge-des-personnes-ayant-une-syphilis</t>
   </si>
   <si>
     <t>p_3604647</t>
   </si>
   <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>
   <si>
     <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
   </si>
   <si>
     <t>13/02/2025 00:00:00</t>
   </si>
   <si>
     <t>18/02/2025 14:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
   </si>
   <si>
     <t>c_2857558</t>
@@ -350,53 +1334,50 @@
   <si>
     <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
   </si>
   <si>
     <t>11/07/2024 00:00:00</t>
   </si>
   <si>
     <t>15/07/2024 09:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
   </si>
   <si>
     <t>p_3528903</t>
   </si>
   <si>
     <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>14/11/2024 00:00:00</t>
   </si>
   <si>
-    <t>02/12/2024 14:12:00</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
   </si>
   <si>
     <t>p_3562501</t>
   </si>
   <si>
     <t>Épilepsies : Prise en charge des enfants et des adultes</t>
   </si>
   <si>
     <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
   </si>
   <si>
     <t>08/10/2020 00:00:00</t>
   </si>
   <si>
     <t>26/11/2020 09:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
   </si>
   <si>
     <t>p_3214468</t>
   </si>
   <si>
     <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
@@ -605,1016 +1586,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
     <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
   </si>
   <si>
     <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
   </si>
   <si>
     <t>01/11/2005 00:00:00</t>
   </si>
   <si>
     <t>01/11/2005 16:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...964 lines deleted...]
-  <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
   </si>
   <si>
     <t>08/02/2006 12:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_240391</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Transplantation d’îlots pancréatiques</t>
   </si>
   <si>
     <t>La HAS a évalué la sécurité, l’efficacité et les conditions de réalisation de l’acte de transplantation d’îlots pancréatiques (ou de Langerhans) (TIL) dans plusieurs indications. Elle recommande une réévaluation de cet acte à cinq ans pour tenir compte des avancées thérapeutiques et scientifiques potentielles.</t>
   </si>
   <si>
     <t>16/07/2020 00:00:00</t>
@@ -2034,50 +2049,68 @@
     <t>Commission de la transparence - Réunion du 6 juillet 2011</t>
   </si>
   <si>
     <t>06/07/2011 12:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1069129/fr/commission-de-la-transparence-reunion-du-6-juillet-2011</t>
   </si>
   <si>
     <t>c_1069129</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 17 septembre 2008</t>
   </si>
   <si>
     <t>17/09/2008 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_692477/fr/commission-de-la-transparence-reunion-du-17-septembre-2008</t>
   </si>
   <si>
     <t>c_692477</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0270/DC/SEM du 20 novembre 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité IMBRUVICA (ibrutinib)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité IMBRUVICA (ibrutinib) dans l'indication « en association au rituximab, au cyclophosphamide, à la doxorubicine, à la vincristine et à la prednisolone (IMBRUVICA + R-CHOP) en alternance avec R-DHAP (ou R-DHAOx) sans IMBRUVICA, suivi d’IMBRUVICA en monothérapie, est indiqué pour le traitement des patients adultes atteints d’un lymphome à cellules du manteau (LCM) non précédemment traité et qui seraient éligibles à une autogreffe de cellules souches (AGCS) ».</t>
+  </si>
+  <si>
+    <t>20/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>01/12/2025 14:34:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762614/fr/decision-n-2025-0270/dc/sem-du-20-novembre-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>p_3762614</t>
   </si>
   <si>
     <t>Décision n°2024.0113/DC/SEM du 25 avril 2024 du collège de la Haute Autorité de santé portant refus de renouvellement de l’autorisation d’accès précoce de la spécialité AKEEGA (niraparib - acétate d’abiratérone)</t>
   </si>
   <si>
     <t>Refus de renouvellement d'autorisation d’accès précoce à la spécialité AKEEGA (niraparib/acétate d'abiratérone) dans l'indication « en association avec la prednisone ou la prednisolone pour le traitement de première ligne des hommes adultes atteints d’un cancer de la prostate métastatique résistant à la castration (CPRCm) qui sont asymptomatiques ou peu symptomatiques et qui présentent des altérations des gènes BRCA1/2 (germinales et/ou somatiques) ».</t>
   </si>
   <si>
     <t>25/04/2024 09:39:00</t>
   </si>
   <si>
     <t>06/05/2024 09:26:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3516756/fr/decision-n2024-0113/dc/sem-du-25-avril-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-de-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-akeega-niraparib-acetate-d-abiraterone</t>
   </si>
   <si>
     <t>p_3516756</t>
   </si>
   <si>
     <t>Décision n°2024.130/DC/SEM du 2 mai 2024 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité AGAMREE (vamorolone)</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce refusée à la spécialité AGAMREE (vamorolone) dans l'indication « AGAMREE (vamorolone) est indiqué dans le traitement de la dystrophie musculaire de Duchenne avant la phase de déclin des fonctions motrices chez les patients ambulatoires âgés entre 4 et 18 ans ».</t>
   </si>
@@ -2690,363 +2723,363 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>750</v>
+        <v>761</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>751</v>
+        <v>762</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="B2" t="s">
-        <v>753</v>
+        <v>764</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>754</v>
+        <v>765</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>755</v>
+        <v>766</v>
       </c>
       <c r="H2" t="s">
-        <v>756</v>
+        <v>767</v>
       </c>
       <c r="I2" t="s">
-        <v>757</v>
+        <v>768</v>
       </c>
       <c r="J2" t="s">
-        <v>758</v>
+        <v>769</v>
       </c>
       <c r="K2" t="s">
-        <v>759</v>
+        <v>770</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="B3" t="s">
-        <v>760</v>
+        <v>771</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>761</v>
+        <v>772</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>762</v>
+        <v>773</v>
       </c>
       <c r="H3" t="s">
-        <v>763</v>
+        <v>774</v>
       </c>
       <c r="I3" t="s">
-        <v>764</v>
+        <v>775</v>
       </c>
       <c r="J3" t="s">
-        <v>765</v>
+        <v>776</v>
       </c>
       <c r="K3" t="s">
-        <v>766</v>
+        <v>777</v>
       </c>
       <c r="L3" t="s">
-        <v>767</v>
+        <v>778</v>
       </c>
       <c r="M3" t="s">
-        <v>768</v>
+        <v>779</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="B4" t="s">
-        <v>769</v>
+        <v>780</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>770</v>
+        <v>781</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>771</v>
+        <v>782</v>
       </c>
       <c r="H4" t="s">
-        <v>772</v>
+        <v>783</v>
       </c>
       <c r="I4" t="s">
-        <v>773</v>
+        <v>784</v>
       </c>
       <c r="J4" t="s">
-        <v>765</v>
+        <v>776</v>
       </c>
       <c r="K4" t="s">
-        <v>774</v>
+        <v>785</v>
       </c>
       <c r="L4" t="s">
-        <v>775</v>
+        <v>786</v>
       </c>
       <c r="M4" t="s">
-        <v>776</v>
+        <v>787</v>
       </c>
       <c r="N4" t="s">
-        <v>777</v>
+        <v>788</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="B5" t="s">
-        <v>778</v>
+        <v>789</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>779</v>
+        <v>790</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>780</v>
+        <v>791</v>
       </c>
       <c r="H5" t="s">
-        <v>781</v>
+        <v>792</v>
       </c>
       <c r="I5" t="s">
-        <v>782</v>
+        <v>793</v>
       </c>
       <c r="J5" t="s">
-        <v>765</v>
+        <v>776</v>
       </c>
       <c r="K5" t="s">
-        <v>783</v>
+        <v>794</v>
       </c>
       <c r="L5" t="s">
-        <v>784</v>
+        <v>795</v>
       </c>
       <c r="M5" t="s">
-        <v>785</v>
+        <v>796</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="B6" t="s">
-        <v>786</v>
+        <v>797</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>787</v>
+        <v>798</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>788</v>
+        <v>799</v>
       </c>
       <c r="H6" t="s">
-        <v>789</v>
+        <v>800</v>
       </c>
       <c r="I6" t="s">
-        <v>790</v>
+        <v>801</v>
       </c>
       <c r="J6" t="s">
-        <v>791</v>
+        <v>802</v>
       </c>
       <c r="K6" t="s">
-        <v>792</v>
+        <v>803</v>
       </c>
       <c r="L6" t="s">
-        <v>793</v>
+        <v>804</v>
       </c>
       <c r="M6" t="s">
-        <v>794</v>
+        <v>805</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="B7" t="s">
-        <v>795</v>
+        <v>806</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>796</v>
+        <v>807</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>797</v>
+        <v>808</v>
       </c>
       <c r="H7" t="s">
-        <v>798</v>
+        <v>809</v>
       </c>
       <c r="I7" t="s">
-        <v>799</v>
+        <v>810</v>
       </c>
       <c r="J7" t="s">
-        <v>800</v>
+        <v>811</v>
       </c>
       <c r="K7" t="s">
-        <v>801</v>
+        <v>812</v>
       </c>
       <c r="L7" t="s">
-        <v>802</v>
+        <v>813</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>803</v>
+        <v>814</v>
       </c>
       <c r="B2" t="s">
-        <v>804</v>
+        <v>815</v>
       </c>
       <c r="C2" t="s">
-        <v>805</v>
+        <v>816</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>806</v>
+        <v>817</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>807</v>
+        <v>818</v>
       </c>
       <c r="H2" t="s">
-        <v>808</v>
+        <v>819</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3183,3935 +3216,3987 @@
       </c>
       <c r="D6" t="s">
         <v>57</v>
       </c>
       <c r="E6" t="s">
         <v>58</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>59</v>
       </c>
       <c r="H6" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H67"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>65</v>
+      </c>
+      <c r="H2" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>61</v>
+      </c>
+      <c r="B4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C4" t="s">
+        <v>73</v>
+      </c>
+      <c r="D4" t="s">
+        <v>74</v>
+      </c>
+      <c r="E4" t="s">
+        <v>75</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>76</v>
+      </c>
+      <c r="H4" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>61</v>
+      </c>
+      <c r="B5" t="s">
+        <v>78</v>
+      </c>
+      <c r="C5" t="s">
+        <v>79</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>80</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>81</v>
+      </c>
+      <c r="H5" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>83</v>
+      </c>
+      <c r="C6" t="s">
+        <v>84</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>86</v>
+      </c>
+      <c r="H6" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>88</v>
+      </c>
+      <c r="C7" t="s">
+        <v>89</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>90</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>91</v>
+      </c>
+      <c r="H7" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>93</v>
+      </c>
+      <c r="C8" t="s">
+        <v>94</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>95</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>96</v>
+      </c>
+      <c r="H8" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>98</v>
+      </c>
+      <c r="C9" t="s">
+        <v>99</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>100</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>101</v>
+      </c>
+      <c r="H9" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>61</v>
+      </c>
+      <c r="B10" t="s">
+        <v>103</v>
+      </c>
+      <c r="C10" t="s">
+        <v>104</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>105</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>106</v>
+      </c>
+      <c r="H10" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>108</v>
+      </c>
+      <c r="C11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D11" t="s">
+        <v>110</v>
+      </c>
+      <c r="E11" t="s">
+        <v>111</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>112</v>
+      </c>
+      <c r="H11" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C12" t="s">
+        <v>115</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>116</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>117</v>
+      </c>
+      <c r="H12" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B13" t="s">
+        <v>119</v>
+      </c>
+      <c r="C13" t="s">
+        <v>120</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>121</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>122</v>
+      </c>
+      <c r="H13" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>124</v>
+      </c>
+      <c r="C14" t="s">
+        <v>125</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>126</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>127</v>
+      </c>
+      <c r="H14" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" t="s">
+        <v>129</v>
+      </c>
+      <c r="C15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>131</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>132</v>
+      </c>
+      <c r="H15" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B16" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" t="s">
+        <v>135</v>
+      </c>
+      <c r="D16" t="s">
+        <v>136</v>
+      </c>
+      <c r="E16" t="s">
+        <v>137</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>138</v>
+      </c>
+      <c r="H16" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" t="s">
+        <v>140</v>
+      </c>
+      <c r="C17" t="s">
+        <v>141</v>
+      </c>
+      <c r="D17" t="s">
+        <v>142</v>
+      </c>
+      <c r="E17" t="s">
+        <v>143</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>144</v>
+      </c>
+      <c r="H17" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>61</v>
+      </c>
+      <c r="B18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C18" t="s">
+        <v>147</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>148</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>149</v>
+      </c>
+      <c r="H18" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>61</v>
+      </c>
+      <c r="B19" t="s">
+        <v>151</v>
+      </c>
+      <c r="C19" t="s">
+        <v>152</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>153</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>154</v>
+      </c>
+      <c r="H19" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>61</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>157</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>158</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>159</v>
+      </c>
+      <c r="H20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>61</v>
+      </c>
+      <c r="B21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>163</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>164</v>
+      </c>
+      <c r="H21" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C22" t="s">
+        <v>167</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>168</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>169</v>
+      </c>
+      <c r="H22" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>61</v>
+      </c>
+      <c r="B23" t="s">
+        <v>171</v>
+      </c>
+      <c r="C23" t="s">
+        <v>172</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>168</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>173</v>
+      </c>
+      <c r="H23" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>61</v>
+      </c>
+      <c r="B24" t="s">
+        <v>175</v>
+      </c>
+      <c r="C24" t="s">
+        <v>176</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>177</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>178</v>
+      </c>
+      <c r="H24" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>61</v>
+      </c>
+      <c r="B25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C25" t="s">
+        <v>181</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>177</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>182</v>
+      </c>
+      <c r="H25" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>61</v>
+      </c>
+      <c r="B26" t="s">
+        <v>184</v>
+      </c>
+      <c r="C26" t="s">
+        <v>185</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>186</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>187</v>
+      </c>
+      <c r="H26" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>61</v>
+      </c>
+      <c r="B27" t="s">
+        <v>189</v>
+      </c>
+      <c r="C27" t="s">
+        <v>190</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>191</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>192</v>
+      </c>
+      <c r="H27" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>61</v>
+      </c>
+      <c r="B28" t="s">
+        <v>194</v>
+      </c>
+      <c r="C28" t="s">
+        <v>195</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>196</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>197</v>
+      </c>
+      <c r="H28" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
+        <v>199</v>
+      </c>
+      <c r="C29" t="s">
+        <v>200</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>201</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>202</v>
+      </c>
+      <c r="H29" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>61</v>
+      </c>
+      <c r="B30" t="s">
+        <v>204</v>
+      </c>
+      <c r="C30" t="s">
+        <v>205</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>206</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>207</v>
+      </c>
+      <c r="H30" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>61</v>
+      </c>
+      <c r="B31" t="s">
+        <v>209</v>
+      </c>
+      <c r="C31" t="s">
+        <v>210</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>211</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>212</v>
+      </c>
+      <c r="H31" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>61</v>
+      </c>
+      <c r="B32" t="s">
+        <v>214</v>
+      </c>
+      <c r="C32" t="s">
+        <v>215</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>211</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>216</v>
+      </c>
+      <c r="H32" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>61</v>
+      </c>
+      <c r="B33" t="s">
+        <v>218</v>
+      </c>
+      <c r="C33" t="s">
+        <v>219</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>220</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>221</v>
+      </c>
+      <c r="H33" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>61</v>
+      </c>
+      <c r="B34" t="s">
+        <v>223</v>
+      </c>
+      <c r="C34" t="s">
+        <v>224</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>225</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>226</v>
+      </c>
+      <c r="H34" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>61</v>
+      </c>
+      <c r="B35" t="s">
+        <v>228</v>
+      </c>
+      <c r="C35" t="s">
+        <v>229</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>230</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>231</v>
+      </c>
+      <c r="H35" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>61</v>
+      </c>
+      <c r="B36" t="s">
+        <v>233</v>
+      </c>
+      <c r="C36" t="s">
+        <v>234</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>230</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>235</v>
+      </c>
+      <c r="H36" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>61</v>
+      </c>
+      <c r="B37" t="s">
+        <v>237</v>
+      </c>
+      <c r="C37" t="s">
+        <v>238</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>230</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>239</v>
+      </c>
+      <c r="H37" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>61</v>
+      </c>
+      <c r="B38" t="s">
+        <v>241</v>
+      </c>
+      <c r="C38" t="s">
+        <v>242</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>243</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>244</v>
+      </c>
+      <c r="H38" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>61</v>
+      </c>
+      <c r="B39" t="s">
+        <v>246</v>
+      </c>
+      <c r="C39" t="s">
+        <v>247</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>248</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>249</v>
+      </c>
+      <c r="H39" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>61</v>
+      </c>
+      <c r="B40" t="s">
+        <v>251</v>
+      </c>
+      <c r="C40" t="s">
+        <v>252</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>253</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>254</v>
+      </c>
+      <c r="H40" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>61</v>
+      </c>
+      <c r="B41" t="s">
+        <v>256</v>
+      </c>
+      <c r="C41" t="s">
+        <v>257</v>
+      </c>
+      <c r="D41" t="s">
+        <v>258</v>
+      </c>
+      <c r="E41" t="s">
+        <v>259</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>260</v>
+      </c>
+      <c r="H41" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>61</v>
+      </c>
+      <c r="B42" t="s">
+        <v>262</v>
+      </c>
+      <c r="C42" t="s">
+        <v>263</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>264</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>265</v>
+      </c>
+      <c r="H42" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>61</v>
+      </c>
+      <c r="B43" t="s">
+        <v>267</v>
+      </c>
+      <c r="C43" t="s">
+        <v>268</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>269</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>270</v>
+      </c>
+      <c r="H43" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>61</v>
+      </c>
+      <c r="B44" t="s">
+        <v>272</v>
+      </c>
+      <c r="C44" t="s">
+        <v>273</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>274</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>275</v>
+      </c>
+      <c r="H44" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>61</v>
+      </c>
+      <c r="B45" t="s">
+        <v>277</v>
+      </c>
+      <c r="C45" t="s">
+        <v>278</v>
+      </c>
+      <c r="D45" t="s">
+        <v>279</v>
+      </c>
+      <c r="E45" t="s">
+        <v>280</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>281</v>
+      </c>
+      <c r="H45" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>61</v>
+      </c>
+      <c r="B46" t="s">
+        <v>283</v>
+      </c>
+      <c r="C46" t="s">
+        <v>284</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>285</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>286</v>
+      </c>
+      <c r="H46" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>61</v>
+      </c>
+      <c r="B47" t="s">
+        <v>288</v>
+      </c>
+      <c r="C47" t="s">
+        <v>289</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>290</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>291</v>
+      </c>
+      <c r="H47" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>61</v>
+      </c>
+      <c r="B48" t="s">
+        <v>293</v>
+      </c>
+      <c r="C48" t="s">
+        <v>294</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>295</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>296</v>
+      </c>
+      <c r="H48" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>61</v>
+      </c>
+      <c r="B49" t="s">
+        <v>298</v>
+      </c>
+      <c r="C49" t="s">
+        <v>299</v>
+      </c>
+      <c r="D49" t="s">
+        <v>300</v>
+      </c>
+      <c r="E49" t="s">
+        <v>301</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>302</v>
+      </c>
+      <c r="H49" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>61</v>
+      </c>
+      <c r="B50" t="s">
+        <v>304</v>
+      </c>
+      <c r="C50" t="s">
+        <v>299</v>
+      </c>
+      <c r="D50" t="s">
+        <v>300</v>
+      </c>
+      <c r="E50" t="s">
+        <v>305</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>306</v>
+      </c>
+      <c r="H50" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>61</v>
+      </c>
+      <c r="B51" t="s">
+        <v>308</v>
+      </c>
+      <c r="C51" t="s">
+        <v>309</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>310</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>311</v>
+      </c>
+      <c r="H51" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>61</v>
+      </c>
+      <c r="B52" t="s">
+        <v>313</v>
+      </c>
+      <c r="C52" t="s">
+        <v>314</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>315</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>316</v>
+      </c>
+      <c r="H52" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>61</v>
+      </c>
+      <c r="B53" t="s">
+        <v>318</v>
+      </c>
+      <c r="C53" t="s">
+        <v>319</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>320</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>321</v>
+      </c>
+      <c r="H53" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>61</v>
+      </c>
+      <c r="B54" t="s">
+        <v>323</v>
+      </c>
+      <c r="C54" t="s">
+        <v>324</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>325</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>326</v>
+      </c>
+      <c r="H54" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>61</v>
+      </c>
+      <c r="B55" t="s">
+        <v>328</v>
+      </c>
+      <c r="C55" t="s">
+        <v>329</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>330</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>331</v>
+      </c>
+      <c r="H55" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>61</v>
+      </c>
+      <c r="B56" t="s">
+        <v>333</v>
+      </c>
+      <c r="C56" t="s">
+        <v>334</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>335</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>336</v>
+      </c>
+      <c r="H56" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>61</v>
+      </c>
+      <c r="B57" t="s">
+        <v>338</v>
+      </c>
+      <c r="C57" t="s">
+        <v>339</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>340</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>341</v>
+      </c>
+      <c r="H57" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>61</v>
+      </c>
+      <c r="B58" t="s">
+        <v>343</v>
+      </c>
+      <c r="C58" t="s">
+        <v>344</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>345</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>346</v>
+      </c>
+      <c r="H58" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>61</v>
+      </c>
+      <c r="B59" t="s">
+        <v>348</v>
+      </c>
+      <c r="C59" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>349</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>350</v>
+      </c>
+      <c r="H59" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>61</v>
+      </c>
+      <c r="B60" t="s">
+        <v>352</v>
+      </c>
+      <c r="C60" t="s">
+        <v>353</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>354</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>355</v>
+      </c>
+      <c r="H60" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>61</v>
+      </c>
+      <c r="B61" t="s">
+        <v>357</v>
+      </c>
+      <c r="C61" t="s">
+        <v>358</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>359</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>360</v>
+      </c>
+      <c r="H61" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>61</v>
+      </c>
+      <c r="B62" t="s">
+        <v>362</v>
+      </c>
+      <c r="C62" t="s">
+        <v>299</v>
+      </c>
+      <c r="D62" t="s">
+        <v>363</v>
+      </c>
+      <c r="E62" t="s">
+        <v>364</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>365</v>
+      </c>
+      <c r="H62" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>61</v>
+      </c>
+      <c r="B63" t="s">
+        <v>367</v>
+      </c>
+      <c r="C63" t="s">
+        <v>368</v>
+      </c>
+      <c r="D63" t="s">
+        <v>369</v>
+      </c>
+      <c r="E63" t="s">
+        <v>370</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>371</v>
+      </c>
+      <c r="H63" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>61</v>
+      </c>
+      <c r="B64" t="s">
+        <v>373</v>
+      </c>
+      <c r="C64" t="s">
+        <v>12</v>
+      </c>
+      <c r="D64" t="s">
+        <v>374</v>
+      </c>
+      <c r="E64" t="s">
+        <v>375</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
+        <v>376</v>
+      </c>
+      <c r="H64" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>61</v>
+      </c>
+      <c r="B65" t="s">
+        <v>378</v>
+      </c>
+      <c r="C65" t="s">
+        <v>12</v>
+      </c>
+      <c r="D65" t="s">
+        <v>374</v>
+      </c>
+      <c r="E65" t="s">
+        <v>374</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>379</v>
+      </c>
+      <c r="H65" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>61</v>
+      </c>
+      <c r="B66" t="s">
+        <v>381</v>
+      </c>
+      <c r="C66" t="s">
+        <v>12</v>
+      </c>
+      <c r="D66" t="s">
+        <v>374</v>
+      </c>
+      <c r="E66" t="s">
+        <v>374</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>382</v>
+      </c>
+      <c r="H66" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>61</v>
+      </c>
+      <c r="B67" t="s">
+        <v>384</v>
+      </c>
+      <c r="C67" t="s">
+        <v>385</v>
+      </c>
+      <c r="D67" t="s">
+        <v>386</v>
+      </c>
+      <c r="E67" t="s">
+        <v>387</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>388</v>
+      </c>
+      <c r="H67" t="s">
+        <v>389</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B2" t="s">
-        <v>62</v>
+        <v>391</v>
       </c>
       <c r="C2" t="s">
-        <v>63</v>
+        <v>392</v>
       </c>
       <c r="D2" t="s">
-        <v>64</v>
+        <v>393</v>
       </c>
       <c r="E2" t="s">
-        <v>65</v>
+        <v>394</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>66</v>
+        <v>395</v>
       </c>
       <c r="H2" t="s">
-        <v>67</v>
+        <v>396</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B3" t="s">
-        <v>68</v>
+        <v>397</v>
       </c>
       <c r="C3" t="s">
-        <v>69</v>
+        <v>398</v>
       </c>
       <c r="D3" t="s">
-        <v>64</v>
+        <v>393</v>
       </c>
       <c r="E3" t="s">
-        <v>70</v>
+        <v>399</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>71</v>
+        <v>400</v>
       </c>
       <c r="H3" t="s">
-        <v>72</v>
+        <v>401</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B4" t="s">
-        <v>73</v>
+        <v>402</v>
       </c>
       <c r="C4" t="s">
-        <v>63</v>
+        <v>392</v>
       </c>
       <c r="D4" t="s">
-        <v>64</v>
+        <v>393</v>
       </c>
       <c r="E4" t="s">
-        <v>74</v>
+        <v>403</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>75</v>
+        <v>404</v>
       </c>
       <c r="H4" t="s">
-        <v>76</v>
+        <v>405</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B5" t="s">
-        <v>77</v>
+        <v>406</v>
       </c>
       <c r="C5" t="s">
-        <v>63</v>
+        <v>392</v>
       </c>
       <c r="D5" t="s">
-        <v>64</v>
+        <v>393</v>
       </c>
       <c r="E5" t="s">
-        <v>65</v>
+        <v>394</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>78</v>
+        <v>407</v>
       </c>
       <c r="H5" t="s">
-        <v>79</v>
+        <v>408</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B6" t="s">
-        <v>80</v>
+        <v>409</v>
       </c>
       <c r="C6" t="s">
-        <v>63</v>
+        <v>392</v>
       </c>
       <c r="D6" t="s">
-        <v>64</v>
+        <v>393</v>
       </c>
       <c r="E6" t="s">
-        <v>65</v>
+        <v>394</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>81</v>
+        <v>410</v>
       </c>
       <c r="H6" t="s">
-        <v>82</v>
+        <v>411</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B7" t="s">
-        <v>83</v>
+        <v>412</v>
       </c>
       <c r="C7" t="s">
-        <v>84</v>
+        <v>413</v>
       </c>
       <c r="D7" t="s">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="E7" t="s">
-        <v>86</v>
+        <v>414</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>87</v>
+        <v>415</v>
       </c>
       <c r="H7" t="s">
-        <v>88</v>
+        <v>416</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B8" t="s">
-        <v>89</v>
+        <v>417</v>
       </c>
       <c r="C8" t="s">
-        <v>90</v>
+        <v>418</v>
       </c>
       <c r="D8" t="s">
-        <v>91</v>
+        <v>419</v>
       </c>
       <c r="E8" t="s">
-        <v>92</v>
+        <v>420</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>93</v>
+        <v>421</v>
       </c>
       <c r="H8" t="s">
-        <v>94</v>
+        <v>422</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B9" t="s">
-        <v>95</v>
+        <v>423</v>
       </c>
       <c r="C9" t="s">
-        <v>63</v>
+        <v>392</v>
       </c>
       <c r="D9" t="s">
-        <v>96</v>
+        <v>424</v>
       </c>
       <c r="E9" t="s">
-        <v>97</v>
+        <v>425</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>98</v>
+        <v>426</v>
       </c>
       <c r="H9" t="s">
-        <v>99</v>
+        <v>427</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B10" t="s">
-        <v>100</v>
+        <v>428</v>
       </c>
       <c r="C10" t="s">
-        <v>101</v>
+        <v>429</v>
       </c>
       <c r="D10" t="s">
-        <v>102</v>
+        <v>430</v>
       </c>
       <c r="E10" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>104</v>
+        <v>431</v>
       </c>
       <c r="H10" t="s">
-        <v>105</v>
+        <v>432</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B11" t="s">
-        <v>106</v>
+        <v>433</v>
       </c>
       <c r="C11" t="s">
-        <v>107</v>
+        <v>434</v>
       </c>
       <c r="D11" t="s">
-        <v>108</v>
+        <v>435</v>
       </c>
       <c r="E11" t="s">
-        <v>109</v>
+        <v>436</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>110</v>
+        <v>437</v>
       </c>
       <c r="H11" t="s">
-        <v>111</v>
+        <v>438</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B12" t="s">
-        <v>112</v>
+        <v>439</v>
       </c>
       <c r="C12" t="s">
-        <v>113</v>
+        <v>440</v>
       </c>
       <c r="D12" t="s">
-        <v>114</v>
+        <v>441</v>
       </c>
       <c r="E12" t="s">
-        <v>115</v>
+        <v>442</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>116</v>
+        <v>443</v>
       </c>
       <c r="H12" t="s">
-        <v>117</v>
+        <v>444</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B13" t="s">
-        <v>118</v>
+        <v>445</v>
       </c>
       <c r="C13" t="s">
-        <v>119</v>
+        <v>446</v>
       </c>
       <c r="D13" t="s">
-        <v>120</v>
+        <v>447</v>
       </c>
       <c r="E13" t="s">
-        <v>121</v>
+        <v>448</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>122</v>
+        <v>449</v>
       </c>
       <c r="H13" t="s">
-        <v>123</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B14" t="s">
-        <v>124</v>
+        <v>451</v>
       </c>
       <c r="C14" t="s">
-        <v>125</v>
+        <v>452</v>
       </c>
       <c r="D14" t="s">
-        <v>126</v>
+        <v>453</v>
       </c>
       <c r="E14" t="s">
-        <v>127</v>
+        <v>454</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>128</v>
+        <v>455</v>
       </c>
       <c r="H14" t="s">
-        <v>129</v>
+        <v>456</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B15" t="s">
-        <v>130</v>
+        <v>457</v>
       </c>
       <c r="C15" t="s">
-        <v>131</v>
+        <v>458</v>
       </c>
       <c r="D15" t="s">
-        <v>132</v>
+        <v>459</v>
       </c>
       <c r="E15" t="s">
-        <v>133</v>
+        <v>460</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>134</v>
+        <v>461</v>
       </c>
       <c r="H15" t="s">
-        <v>135</v>
+        <v>462</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B16" t="s">
-        <v>136</v>
+        <v>463</v>
       </c>
       <c r="C16" t="s">
-        <v>137</v>
+        <v>464</v>
       </c>
       <c r="D16" t="s">
-        <v>138</v>
+        <v>465</v>
       </c>
       <c r="E16" t="s">
-        <v>139</v>
+        <v>466</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>140</v>
+        <v>467</v>
       </c>
       <c r="H16" t="s">
-        <v>141</v>
+        <v>468</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B17" t="s">
-        <v>142</v>
+        <v>469</v>
       </c>
       <c r="C17" t="s">
-        <v>143</v>
+        <v>470</v>
       </c>
       <c r="D17" t="s">
-        <v>144</v>
+        <v>471</v>
       </c>
       <c r="E17" t="s">
-        <v>145</v>
+        <v>472</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>146</v>
+        <v>473</v>
       </c>
       <c r="H17" t="s">
-        <v>147</v>
+        <v>474</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B18" t="s">
-        <v>148</v>
+        <v>475</v>
       </c>
       <c r="C18" t="s">
-        <v>149</v>
+        <v>476</v>
       </c>
       <c r="D18" t="s">
-        <v>150</v>
+        <v>477</v>
       </c>
       <c r="E18" t="s">
-        <v>151</v>
+        <v>478</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>152</v>
+        <v>479</v>
       </c>
       <c r="H18" t="s">
-        <v>153</v>
+        <v>480</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B19" t="s">
-        <v>154</v>
+        <v>481</v>
       </c>
       <c r="C19" t="s">
-        <v>155</v>
+        <v>482</v>
       </c>
       <c r="D19" t="s">
-        <v>156</v>
+        <v>483</v>
       </c>
       <c r="E19" t="s">
-        <v>156</v>
+        <v>483</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>157</v>
+        <v>484</v>
       </c>
       <c r="H19" t="s">
-        <v>158</v>
+        <v>485</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B20" t="s">
-        <v>159</v>
+        <v>486</v>
       </c>
       <c r="C20" t="s">
-        <v>160</v>
+        <v>487</v>
       </c>
       <c r="D20" t="s">
-        <v>161</v>
+        <v>488</v>
       </c>
       <c r="E20" t="s">
-        <v>162</v>
+        <v>489</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>163</v>
+        <v>490</v>
       </c>
       <c r="H20" t="s">
-        <v>164</v>
+        <v>491</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B21" t="s">
-        <v>165</v>
+        <v>492</v>
       </c>
       <c r="C21" t="s">
-        <v>166</v>
+        <v>493</v>
       </c>
       <c r="D21" t="s">
-        <v>167</v>
+        <v>494</v>
       </c>
       <c r="E21" t="s">
-        <v>167</v>
+        <v>494</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>168</v>
+        <v>495</v>
       </c>
       <c r="H21" t="s">
-        <v>169</v>
+        <v>496</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B22" t="s">
-        <v>170</v>
+        <v>497</v>
       </c>
       <c r="C22" t="s">
-        <v>171</v>
+        <v>498</v>
       </c>
       <c r="D22" t="s">
-        <v>172</v>
+        <v>499</v>
       </c>
       <c r="E22" t="s">
-        <v>173</v>
+        <v>500</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>174</v>
+        <v>501</v>
       </c>
       <c r="H22" t="s">
-        <v>175</v>
+        <v>502</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B23" t="s">
-        <v>176</v>
+        <v>503</v>
       </c>
       <c r="C23" t="s">
-        <v>177</v>
+        <v>504</v>
       </c>
       <c r="D23" t="s">
-        <v>178</v>
+        <v>505</v>
       </c>
       <c r="E23" t="s">
-        <v>179</v>
+        <v>506</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>180</v>
+        <v>507</v>
       </c>
       <c r="H23" t="s">
-        <v>181</v>
+        <v>508</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B24" t="s">
-        <v>182</v>
+        <v>509</v>
       </c>
       <c r="C24" t="s">
-        <v>183</v>
+        <v>510</v>
       </c>
       <c r="D24" t="s">
-        <v>184</v>
+        <v>511</v>
       </c>
       <c r="E24" t="s">
-        <v>185</v>
+        <v>512</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>186</v>
+        <v>513</v>
       </c>
       <c r="H24" t="s">
-        <v>187</v>
-[...1729 lines deleted...]
-        <v>509</v>
+        <v>514</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="B2" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="H2" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="C2" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="D2" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="E2" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="H2" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B3" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="C3" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="D3" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="H3" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B4" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="C4" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="D4" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="E4" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="H4" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B5" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="C5" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="D5" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="E5" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="H5" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B6" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="C6" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="D6" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="E6" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="H6" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B7" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="C7" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="D7" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="E7" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="H7" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B2" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="H2" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="I2" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B3" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="H3" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="I3" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B4" t="s">
+        <v>568</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>569</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>570</v>
+      </c>
+      <c r="H4" t="s">
+        <v>571</v>
+      </c>
+      <c r="I4" t="s">
         <v>563</v>
-      </c>
-[...19 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B5" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="H5" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="I5" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B6" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="H6" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="I6" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B7" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="H7" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="I7" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B8" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="H8" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="I8" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B9" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="H9" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="I9" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B10" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="H10" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="I10" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B11" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="H11" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="I11" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B12" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="H12" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="I12" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B13" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="H13" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="I13" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B14" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="H14" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="I14" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B15" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="H15" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="I15" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B16" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="H16" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="I16" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B17" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="H17" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="I17" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B18" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="H18" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="I18" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B19" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="H19" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="I19" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B20" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="H20" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="I20" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B21" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="C21" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="H21" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="I21" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B22" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="H22" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="I22" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B23" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="H23" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="I23" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B24" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="H24" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="I24" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B25" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="H25" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="I25" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B26" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="C26" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="H26" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="I26" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B27" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="H27" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="I27" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B28" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="H28" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="I28" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B2" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="C2" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="D2" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="E2" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="H2" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B3" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="C3" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="D3" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="E3" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="H3" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B4" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="C4" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="D4" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="E4" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="H4" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B5" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="C5" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="D5" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="E5" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="H5" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B6" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="C6" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="D6" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="E6" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="H6" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B7" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="C7" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="D7" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="E7" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="H7" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B8" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="C8" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="D8" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="E8" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="H8" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B9" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="C9" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="D9" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="E9" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="H9" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B10" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="C10" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="D10" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="E10" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="H10" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B11" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="C11" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="D11" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="E11" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="H11" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B12" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="C12" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="D12" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="E12" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="H12" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B13" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="C13" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="D13" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="E13" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="H13" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B14" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="C14" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="D14" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="E14" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="H14" t="s">
-        <v>742</v>
+        <v>747</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>669</v>
+      </c>
+      <c r="B15" t="s">
+        <v>748</v>
+      </c>
+      <c r="C15" t="s">
+        <v>749</v>
+      </c>
+      <c r="D15" t="s">
+        <v>750</v>
+      </c>
+      <c r="E15" t="s">
+        <v>751</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>752</v>
+      </c>
+      <c r="H15" t="s">
+        <v>753</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>743</v>
+        <v>754</v>
       </c>
       <c r="B2" t="s">
-        <v>744</v>
+        <v>755</v>
       </c>
       <c r="C2" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="D2" t="s">
-        <v>746</v>
+        <v>757</v>
       </c>
       <c r="E2" t="s">
-        <v>747</v>
+        <v>758</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>748</v>
+        <v>759</v>
       </c>
       <c r="H2" t="s">
-        <v>749</v>
+        <v>760</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>