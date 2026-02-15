--- v1 (2025-12-20)
+++ v2 (2026-02-15)
@@ -1,7202 +1,1102 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1379" uniqueCount="820">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="115">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>BIATAIN IBU, pansements hydrocellulaires à l'ibuprofène</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
+  </si>
+  <si>
+    <t>07/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 16:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>29/01/2013 00:00:00</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
+    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
-    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
-[...221 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Fibrodysplasie Ossifiante Progressive (FOP)</t>
-[...1043 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
+    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
+  </si>
+  <si>
+    <t>Chronic low back pain is defined as habitual pain in the lumbar region which has been present for more than three months. These guidelines concern chronic uncomplicated low back pain. They exclude the diagnosis and management of secondary low back pain caused by chronic inflammatory disease, trauma, tumour or infection.</t>
+  </si>
+  <si>
+    <t>12/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Éducation thérapeutique du patient asthmatique adulte et adolescent</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
+    <t>Therapeutic education for patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Therapeutic patient education is defined as helping patients acquire or maintain the competences they need to manage as well as possible their lives with a chronic disease.These guidleines concern patient education for adults and adolescents asthmatics. The topics of the guidelines are: 1. Benefit of patient education in the management of asthma 2. Place of patient education in the management of asthma 3. Approach to education of patients with asthma 4. Consistent information for continuity of care</t>
+  </si>
+  <si>
+    <t>06/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/en/therapeutic-education-for-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_271954</t>
   </si>
   <si>
-    <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272101/fr/indications-a-visee-diagnostique-de-l-endoscopie-digestive-haute-en-pathologie-oeso-gastro-duodenale-de-l-adulte-a-l-exclusion-de-l-echoendoscopie-et-l-enteroscopie</t>
+    <t>Diagnostic indications for upper gastrointestinal endoscopy in oesophageal and gastroduodenal disease in adults, excluding endoscopic ultrasonography and enteroscopy</t>
+  </si>
+  <si>
+    <t>These guidelines concern three issues:# 1. Which clinical signs and/or laboratory values should lead to oesophageal and gastroduodenal imaging or endoscopy, and which form of investigation should be used?# 2. What are the upper gastrointestinal indications for diagnosis and follow-up of gastro-oesophageal reflux, ulcers, and portal hypertension without bleeding?# 3. What are the indications for duodenal biopsy?</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272101/en/diagnostic-indications-for-upper-gastrointestinal-endoscopy-in-oesophageal-and-gastroduodenal-disease-in-adults-excluding-endoscopic-ultrasonography-and-enteroscopy</t>
   </si>
   <si>
     <t>c_272101</t>
   </si>
   <si>
-    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Pancreatic islet transplantation - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this study was to assess the safety, efficacy and conditions for performance of pancreatic islet (or islets of Langerhans) transplantation (IT) in several indications: patients with chronically unstable insulin-dependent diabetes (type 1 diabetes) with preserved renal function (allogeneic transplantation); patients with insulin-dependent diabetes and renal failure (usually due to diabetic kidney disease) with an indication for kidney transplantation, in which case IT may be simultaneous or delayed (allogeneic transplantation); patients with insulin-dependent diabetes with a functional kidney graft and presenting an HbA1c level ≥ 7% or severe hypoglycaemia (allogeneic transplantation); patients at risk of insulinopaenic or insulin-dependent diabetes following extensive or total pancreatic surgery or following a pancreatic injury causing extensive or total devascularisation of the pancreas (autologous transplantation). This work was also conducted with a view to registration of IT on the list of joint classification of medical procedures (CCAM) and funding by the national health insurance system in France.</t>
+  </si>
+  <si>
+    <t>07/16/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
   </si>
   <si>
     <t>p_3114652</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic sérologique de la toxocarose (Larva migrans viscérale)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680723/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-serologique-de-la-toxocarose-larva-migrans-viscerale</t>
+    <t>Update of laboratory medicine procedures related to the serodiagnosis of toxocariasis (visceral larva migrans) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to review the serological techniques for detecting Toxocara antibodies that are currently validated for initial testing (screening) and confirming diagnosis of toxocariasis (visceral larva migrans), to respond to a request from National Health Insurance regarding updating the list of laboratory medicine procedures that it reimburses. This request envisaged limiting initial testing to immunoenzyme techniques and confirmation to the Western blot</t>
+  </si>
+  <si>
+    <t>03/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/09/2017 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680723/en/update-of-laboratory-medicine-procedures-related-to-the-serodiagnosis-of-toxocariasis-visceral-larva-migrans-inahta-brief</t>
   </si>
   <si>
     <t>c_2680723</t>
   </si>
   <si>
-    <t>Évaluation de la sialendoscopie parotidienne et submandibulaire à visée diagnostique et thérapeutique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1164340/fr/evaluation-de-la-sialendoscopie-parotidienne-et-submandibulaire-a-visee-diagnostique-et-therapeutique</t>
+    <t>Assessment of diagnostic and therapeutic parotid and submandibular sialendoscopy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions in this assessment focus on the sialendoscopy technique (endoscopy of the major salivary ducts: parotid and submandibular gland in order for it to be refunded by National Health Insurance. They have been grouped into three main topics: • the ability of the technique to diagnose a non-neoplastic condition causing salivary obstruction; • its ability to treat obstructive-type salivary conditions with a favourable benefit-risk balance by improving patient management; • the conditions for performing this procedure</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2015 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
   </si>
   <si>
     <t>c_1164340</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Jevtana®, Xtandi® et Zytiga® (cabazitaxel, enzalutamide et abiratérone) : des progrès thérapeutiques pour certains cancers métastatiques de la prostate</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1343374/fr/prothese-epiretinienne-et-son-acte-d-implantation</t>
+    <t>Assessment of an epiretinal implant and its implantation procedure</t>
+  </si>
+  <si>
+    <t>To assess effectiveness and safety of ARGUS II to support reimbursement decision by the French National Insurance Funds.# Systematic literature review was performed and EUnetHTA Planned and Ongoing Projects database was consulted. The ensuing report was discussed by a multidisciplinary working group, then submitted to the relevant HAS Committees for validation.</t>
+  </si>
+  <si>
+    <t>12/19/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/20/2012 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
   </si>
   <si>
     <t>c_1343374</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...617 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ULTARCORLENE (pivalate de prednisolone)</t>
   </si>
   <si>
-    <t>04/10/2022 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3372868/fr/ultarcorlene-pivalate-de-prednisolone</t>
+    <t>10/04/2022 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372868/en/ultarcorlene-pivalate-de-prednisolone</t>
   </si>
   <si>
     <t>p_3372868</t>
   </si>
   <si>
     <t>pivalate de prednisolone</t>
   </si>
   <si>
     <t>MEDIPHA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3372794/fr/ultarcorlene-pivalate-de-prednisolone</t>
-[...14 lines deleted...]
-    <t>prednisolone,prednisone</t>
+    <t>https://www.has-sante.fr/jcms/p_3372794/en/ultarcorlene-pivalate-de-prednisolone</t>
+  </si>
+  <si>
+    <t>HYDROCORTANCYL (prednisolone (acétate de))</t>
+  </si>
+  <si>
+    <t>04/12/2018 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983469/en/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983469</t>
+  </si>
+  <si>
+    <t>prednisolone (acétate de)</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_724410/fr/cortancyl-prednisolone/-prednisone</t>
-[...125 lines deleted...]
-    <t>p_3118475</t>
+    <t>https://www.has-sante.fr/jcms/c_724536/en/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710104/en/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766752/en/hydrocortancyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807273/en/hydrocortancyl-prednisolone-glucocorticoid</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
-[...39 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-[...288 lines deleted...]
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>814</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>815</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>816</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>817</v>
+        <v>25</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>818</v>
+        <v>26</v>
       </c>
       <c r="H2" t="s">
-        <v>819</v>
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>43</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>47</v>
+      </c>
+      <c r="D5" t="s">
+        <v>48</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>51</v>
+      </c>
+      <c r="C6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E6" t="s">
+        <v>54</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H6" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>61</v>
+      </c>
+      <c r="H7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>64</v>
       </c>
       <c r="C2" t="s">
-        <v>32</v>
+        <v>65</v>
       </c>
       <c r="D2" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="H2" t="s">
-        <v>36</v>
+        <v>69</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="B3" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="C3" t="s">
-        <v>38</v>
+        <v>71</v>
       </c>
       <c r="D3" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="E3" t="s">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="H3" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="B4" t="s">
-        <v>43</v>
+        <v>76</v>
       </c>
       <c r="C4" t="s">
-        <v>44</v>
+        <v>77</v>
       </c>
       <c r="D4" t="s">
-        <v>45</v>
+        <v>78</v>
       </c>
       <c r="E4" t="s">
-        <v>46</v>
+        <v>79</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
       <c r="H4" t="s">
-        <v>48</v>
+        <v>81</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>82</v>
       </c>
       <c r="C5" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="D5" t="s">
-        <v>51</v>
+        <v>84</v>
       </c>
       <c r="E5" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>53</v>
+        <v>86</v>
       </c>
       <c r="H5" t="s">
-        <v>54</v>
+        <v>87</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>30</v>
+        <v>63</v>
       </c>
       <c r="B6" t="s">
-        <v>55</v>
+        <v>88</v>
       </c>
       <c r="C6" t="s">
-        <v>56</v>
+        <v>89</v>
       </c>
       <c r="D6" t="s">
-        <v>57</v>
+        <v>90</v>
       </c>
       <c r="E6" t="s">
-        <v>58</v>
+        <v>91</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>59</v>
+        <v>92</v>
       </c>
       <c r="H6" t="s">
-        <v>60</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H67"/>
+  <dimension ref="A1:N3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>94</v>
+      </c>
+      <c r="J1" t="s">
+        <v>95</v>
+      </c>
+      <c r="K1" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>61</v>
+        <v>97</v>
       </c>
       <c r="B2" t="s">
-        <v>62</v>
+        <v>98</v>
       </c>
       <c r="C2" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>64</v>
+        <v>99</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>65</v>
+        <v>100</v>
       </c>
       <c r="H2" t="s">
-        <v>66</v>
+        <v>101</v>
+      </c>
+      <c r="I2" t="s">
+        <v>102</v>
+      </c>
+      <c r="J2" t="s">
+        <v>103</v>
+      </c>
+      <c r="K2" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>61</v>
+        <v>97</v>
       </c>
       <c r="B3" t="s">
-        <v>67</v>
+        <v>105</v>
       </c>
       <c r="C3" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>69</v>
+        <v>106</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>70</v>
+        <v>107</v>
       </c>
       <c r="H3" t="s">
-        <v>71</v>
-[...188 lines deleted...]
-      <c r="B11" t="s">
         <v>108</v>
       </c>
-      <c r="C11" t="s">
+      <c r="I3" t="s">
         <v>109</v>
       </c>
-      <c r="D11" t="s">
+      <c r="J3" t="s">
         <v>110</v>
       </c>
-      <c r="E11" t="s">
+      <c r="K3" t="s">
         <v>111</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="L3" t="s">
         <v>112</v>
       </c>
-      <c r="H11" t="s">
+      <c r="M3" t="s">
         <v>113</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B12" t="s">
+      <c r="N3" t="s">
         <v>114</v>
       </c>
-      <c r="C12" t="s">
-[...1446 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...2195 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>