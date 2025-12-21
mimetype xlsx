--- v0 (2025-11-03)
+++ v1 (2025-12-21)
@@ -1,207 +1,1536 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="150">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ACTIVA</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>03/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398732/fr/activa</t>
+  </si>
+  <si>
+    <t>c_398732</t>
+  </si>
+  <si>
+    <t>Medtronic France</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
+    <t>Syndrome 48,XXYY et autres tétrasomies ou pentasomies des gonosomes chez le garçon</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome 48,XXYY ou d’une autre tétrasomie ou pentasomie des gonosomes chez le garçon. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares DefiBourgogne, le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est et le Centre de compétences Maladies Rares à expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374425/fr/syndrome-48-xxyy-et-autres-tetrasomies-ou-pentasomies-des-gonosomes-chez-le-garcon</t>
+  </si>
+  <si>
+    <t>p_3374425</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Wilson. Il a été élaboré par le Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_640052/fr/maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>c_640052</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Épilepsie myoclonique du nourrisson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’épilepsie myoclonique du nourrisson. Il a été élaboré par le Centre de référence des épilepsies rare de l'hôpital Robert-Debré à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/06/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076470/fr/epilepsie-myoclonique-du-nourrisson</t>
+  </si>
+  <si>
+    <t>p_3076470</t>
+  </si>
+  <si>
+    <t>Holoprosencephalie (HPE) &amp; formes apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’holoprosencéphalie (HPE) et/ou d’une microforme d’HPE (sans anomalie cérébrale). Il a été élaboré par les Centres de Référence CLAD Ouest et CRDI à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>26/12/2018 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895029/fr/holoprosencephalie-hpe-formes-apparentees</t>
+  </si>
+  <si>
+    <t>c_2895029</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>La sclérose en plaques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes : Critères diagnostiques de la sclérose en plaques ? Indications thérapeutiques à visée étiologique ? Indications thérapeutiques à visée symptomatique ? Suivi de la sclérose en plaques et évaluation de l'évolution ? Modalités de la prise en charge ?</t>
+  </si>
+  <si>
+    <t>29/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2001 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272001/fr/la-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>c_272001</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’ablation unilatérale de cibles cérébrales en condition stéréotaxique à l’aide d’ultrasons focalisés guidés par IRM (MRgFUS)</t>
+  </si>
+  <si>
+    <t>Tremblement essentiel (TE), résistant aux médicaments, thalamothomie par ultrasons focalisés guidés par IRM (MRgFUS), stimulation cérébrale profonde (SCP), sévérité des tremblements, qualité de vie</t>
+  </si>
+  <si>
+    <t>20/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2024 11:52:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520474/fr/evaluation-de-l-ablation-unilaterale-de-cibles-cerebrales-en-condition-stereotaxique-a-l-aide-d-ultrasons-focalises-guides-par-irm-mrgfus</t>
+  </si>
+  <si>
+    <t>p_3520474</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>MYSOLINE (primidone)</t>
+  </si>
+  <si>
+    <t>27/12/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983794/fr/mysoline-primidone</t>
+  </si>
+  <si>
+    <t>pprd_2983794</t>
+  </si>
+  <si>
+    <t>primidone</t>
+  </si>
+  <si>
+    <t>SERB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456391/fr/mysoline-primidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1218111/fr/mysoline-primidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732122/fr/mysoline-primidone</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>16</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>17</v>
+      </c>
+      <c r="B3" t="s">
+        <v>24</v>
+      </c>
+      <c r="C3" t="s">
+        <v>25</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" t="s">
+        <v>30</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>17</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>17</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" t="s">
+        <v>65</v>
+      </c>
+      <c r="C2" t="s">
+        <v>66</v>
+      </c>
+      <c r="D2" t="s">
+        <v>67</v>
+      </c>
+      <c r="E2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>69</v>
+      </c>
+      <c r="H2" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>64</v>
+      </c>
+      <c r="B3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D3" t="s">
+        <v>73</v>
+      </c>
+      <c r="E3" t="s">
+        <v>74</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>75</v>
+      </c>
+      <c r="H3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>64</v>
+      </c>
+      <c r="B4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C4" t="s">
+        <v>78</v>
+      </c>
+      <c r="D4" t="s">
+        <v>73</v>
+      </c>
+      <c r="E4" t="s">
+        <v>74</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>79</v>
+      </c>
+      <c r="H4" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>64</v>
+      </c>
+      <c r="B5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C5" t="s">
+        <v>82</v>
+      </c>
+      <c r="D5" t="s">
+        <v>73</v>
+      </c>
+      <c r="E5" t="s">
+        <v>83</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>84</v>
+      </c>
+      <c r="H5" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>64</v>
+      </c>
+      <c r="B6" t="s">
+        <v>86</v>
+      </c>
+      <c r="C6" t="s">
+        <v>87</v>
+      </c>
+      <c r="D6" t="s">
+        <v>73</v>
+      </c>
+      <c r="E6" t="s">
+        <v>83</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>88</v>
+      </c>
+      <c r="H6" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>64</v>
+      </c>
+      <c r="B7" t="s">
+        <v>90</v>
+      </c>
+      <c r="C7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D7" t="s">
+        <v>73</v>
+      </c>
+      <c r="E7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>91</v>
+      </c>
+      <c r="H7" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>64</v>
+      </c>
+      <c r="B8" t="s">
+        <v>93</v>
+      </c>
+      <c r="C8" t="s">
+        <v>94</v>
+      </c>
+      <c r="D8" t="s">
+        <v>73</v>
+      </c>
+      <c r="E8" t="s">
+        <v>83</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>95</v>
+      </c>
+      <c r="H8" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>64</v>
+      </c>
+      <c r="B9" t="s">
+        <v>97</v>
+      </c>
+      <c r="C9" t="s">
+        <v>98</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>83</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>99</v>
+      </c>
+      <c r="H9" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>64</v>
+      </c>
+      <c r="B10" t="s">
+        <v>101</v>
+      </c>
+      <c r="C10" t="s">
+        <v>102</v>
+      </c>
+      <c r="D10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E10" t="s">
+        <v>74</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>103</v>
+      </c>
+      <c r="H10" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>64</v>
+      </c>
+      <c r="B11" t="s">
+        <v>105</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>106</v>
+      </c>
+      <c r="H11" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>64</v>
+      </c>
+      <c r="B12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C12" t="s">
+        <v>82</v>
+      </c>
+      <c r="D12" t="s">
+        <v>73</v>
+      </c>
+      <c r="E12" t="s">
+        <v>83</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>109</v>
+      </c>
+      <c r="H12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>64</v>
+      </c>
+      <c r="B13" t="s">
+        <v>111</v>
+      </c>
+      <c r="C13" t="s">
+        <v>82</v>
+      </c>
+      <c r="D13" t="s">
+        <v>73</v>
+      </c>
+      <c r="E13" t="s">
+        <v>83</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>112</v>
+      </c>
+      <c r="H13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>115</v>
+      </c>
+      <c r="D14" t="s">
+        <v>116</v>
+      </c>
+      <c r="E14" t="s">
+        <v>117</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>118</v>
+      </c>
+      <c r="H14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>64</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>121</v>
+      </c>
+      <c r="D15" t="s">
+        <v>122</v>
+      </c>
+      <c r="E15" t="s">
+        <v>123</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>124</v>
+      </c>
+      <c r="H15" t="s">
+        <v>125</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>126</v>
+      </c>
+      <c r="B2" t="s">
+        <v>127</v>
+      </c>
+      <c r="C2" t="s">
+        <v>128</v>
+      </c>
+      <c r="D2" t="s">
+        <v>129</v>
+      </c>
+      <c r="E2" t="s">
+        <v>130</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>131</v>
+      </c>
+      <c r="H2" t="s">
+        <v>132</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>133</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>135</v>
+      </c>
+      <c r="B2" t="s">
+        <v>136</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>137</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>138</v>
+      </c>
+      <c r="H2" t="s">
+        <v>139</v>
+      </c>
+      <c r="I2" t="s">
+        <v>140</v>
+      </c>
+      <c r="J2" t="s">
+        <v>141</v>
+      </c>
+      <c r="K2" t="s">
+        <v>142</v>
+      </c>
+      <c r="L2" t="s">
+        <v>143</v>
+      </c>
+      <c r="M2" t="s">
+        <v>144</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>145</v>
+      </c>
+      <c r="B2" t="s">
+        <v>146</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>147</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>148</v>
+      </c>
+      <c r="H2" t="s">
+        <v>149</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>