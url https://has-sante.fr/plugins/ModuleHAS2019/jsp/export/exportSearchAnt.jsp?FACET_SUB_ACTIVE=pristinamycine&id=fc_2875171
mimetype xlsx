--- v0 (2025-10-18)
+++ v1 (2026-01-19)
@@ -1,713 +1,2209 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="422" uniqueCount="222">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>08/27/2021 12:16:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Lymphœdème primaire</t>
+  </si>
+  <si>
+    <t>Ce PNDS explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de Lymphœdème primaire. Il a été élaboré par le Centre national de référence des maladies vasculaires rares à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>14/02/2019 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904795/fr/lymphoedeme-primaire</t>
+  </si>
+  <si>
+    <t>c_2904795</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Mycoplasma genitalium</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Mycoplasma genitalium. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604652/fr/traitement-curatif-des-personnes-infectees-par-mycoplasma-genitalium</t>
+  </si>
+  <si>
+    <t>p_3604652</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Prescription des antibiotiques en bucco-dentaire - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs Déterminer la prescription d’antibiotiques chez les patients de la population générale et les patients à risque ; Limiter et rationaliser les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance ; Préciser les modalités de l’antibioprophylaxie lorsqu’elle est indiquée ; Homogénéiser la prescription d’antibiotiques à visée curative.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:45:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525810/fr/prescription-des-antibiotiques-en-bucco-dentaire-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3525810</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Staphylococcus aureus ?# 2. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Pseudomonas aeruginosa ?# 3. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Staphylococcus aureus ?# 4. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Pseudomonas aeruginosa ?# 5. Quelle est la place des autres thérapeutiques à visée respiratoire dans le traitement de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique des mycoplasmes urogénitaux dans les infections génitales basses – Rapport d'évaluation - Actualisation d'avril 2025</t>
+  </si>
+  <si>
+    <t>Mycoplasme ; Mycoplasma genitalium ; Mycoplasma hominis ; Ureaplasma urealyticum ; Ureaplasma parvum ; infection sexuellement transmissible ; infection génitale basse ; cervicite ; urétrite ; antibiorésistance ; macrolides ; mutations de résistance</t>
+  </si>
+  <si>
+    <t>14/05/2025 09:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356494/fr/diagnostic-biologique-des-mycoplasmes-urogenitaux-dans-les-infections-genitales-basses-rapport-d-evaluation-actualisation-d-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3356494</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 06/07/2021</t>
+  </si>
+  <si>
+    <t>15/07/2021 12:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3277421/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-06/07/2021</t>
+  </si>
+  <si>
+    <t>p_3277421</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>PYOSTACINE (pristinamycine)</t>
+  </si>
+  <si>
+    <t>09/10/2018 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983096/fr/pyostacine-pristinamycine</t>
+  </si>
+  <si>
+    <t>pprd_2983096</t>
+  </si>
+  <si>
+    <t>pristinamycine</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399757/fr/pyostacine-250mg-comprime-pellicule-b/16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532409/fr/pyostacine-pristinamycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332090/fr/pyostacine-pristinamycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2875365/fr/pyostacine-pristinamycine</t>
+  </si>
+  <si>
+    <t>PRISTAM (pristinamycine)</t>
+  </si>
+  <si>
+    <t>26/11/2012 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984971/fr/pristam-pristinamycine</t>
+  </si>
+  <si>
+    <t>pprd_2984971</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332077/fr/pristam-pristinamycine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="H7" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C8" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E8" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="H8" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="C9" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="H9" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="C10" t="s">
-        <v>37</v>
+        <v>52</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>42</v>
       </c>
       <c r="E10" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="H10" t="s">
-        <v>46</v>
+        <v>55</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H33"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B2" t="s">
+        <v>57</v>
+      </c>
+      <c r="C2" t="s">
+        <v>58</v>
+      </c>
+      <c r="D2" t="s">
+        <v>59</v>
+      </c>
+      <c r="E2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>61</v>
+      </c>
+      <c r="H2" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>56</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D3" t="s">
+        <v>64</v>
+      </c>
+      <c r="E3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>66</v>
+      </c>
+      <c r="H3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>56</v>
+      </c>
+      <c r="B4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C4" t="s">
+        <v>58</v>
+      </c>
+      <c r="D4" t="s">
+        <v>64</v>
+      </c>
+      <c r="E4" t="s">
+        <v>69</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>70</v>
+      </c>
+      <c r="H4" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>56</v>
+      </c>
+      <c r="B5" t="s">
+        <v>72</v>
+      </c>
+      <c r="C5" t="s">
+        <v>58</v>
+      </c>
+      <c r="D5" t="s">
+        <v>64</v>
+      </c>
+      <c r="E5" t="s">
+        <v>65</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>73</v>
+      </c>
+      <c r="H5" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>56</v>
+      </c>
+      <c r="B6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C6" t="s">
+        <v>58</v>
+      </c>
+      <c r="D6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E6" t="s">
+        <v>76</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>77</v>
+      </c>
+      <c r="H6" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>56</v>
+      </c>
+      <c r="B7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C7" t="s">
+        <v>58</v>
+      </c>
+      <c r="D7" t="s">
+        <v>64</v>
+      </c>
+      <c r="E7" t="s">
+        <v>65</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>80</v>
+      </c>
+      <c r="H7" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>56</v>
+      </c>
+      <c r="B8" t="s">
+        <v>82</v>
+      </c>
+      <c r="C8" t="s">
+        <v>58</v>
+      </c>
+      <c r="D8" t="s">
+        <v>64</v>
+      </c>
+      <c r="E8" t="s">
+        <v>83</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>84</v>
+      </c>
+      <c r="H8" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>56</v>
+      </c>
+      <c r="B9" t="s">
+        <v>86</v>
+      </c>
+      <c r="C9" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>87</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>88</v>
+      </c>
+      <c r="H9" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>56</v>
+      </c>
+      <c r="B10" t="s">
+        <v>90</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
+        <v>76</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>91</v>
+      </c>
+      <c r="H10" t="s">
+        <v>92</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>93</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>64</v>
       </c>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>94</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>95</v>
       </c>
       <c r="H11" t="s">
-        <v>49</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>64</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>94</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>98</v>
       </c>
       <c r="H12" t="s">
-        <v>52</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>100</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>101</v>
       </c>
       <c r="D13" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="E13" t="s">
-        <v>56</v>
+        <v>102</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>57</v>
+        <v>103</v>
       </c>
       <c r="H13" t="s">
-        <v>58</v>
+        <v>104</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>56</v>
       </c>
       <c r="B14" t="s">
-        <v>59</v>
+        <v>105</v>
       </c>
       <c r="C14" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="D14" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="E14" t="s">
-        <v>62</v>
+        <v>102</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>63</v>
+        <v>106</v>
       </c>
       <c r="H14" t="s">
-        <v>64</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="B15" t="s">
-        <v>66</v>
+        <v>108</v>
       </c>
       <c r="C15" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="D15" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="E15" t="s">
-        <v>69</v>
+        <v>102</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>70</v>
+        <v>109</v>
       </c>
       <c r="H15" t="s">
-        <v>71</v>
+        <v>110</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>56</v>
+      </c>
+      <c r="B16" t="s">
+        <v>111</v>
+      </c>
+      <c r="C16" t="s">
+        <v>58</v>
+      </c>
+      <c r="D16" t="s">
+        <v>64</v>
+      </c>
+      <c r="E16" t="s">
+        <v>102</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>112</v>
+      </c>
+      <c r="H16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>56</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>58</v>
+      </c>
+      <c r="D17" t="s">
+        <v>64</v>
+      </c>
+      <c r="E17" t="s">
+        <v>102</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>115</v>
+      </c>
+      <c r="H17" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>56</v>
+      </c>
+      <c r="B18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C18" t="s">
+        <v>58</v>
+      </c>
+      <c r="D18" t="s">
+        <v>64</v>
+      </c>
+      <c r="E18" t="s">
+        <v>102</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>118</v>
+      </c>
+      <c r="H18" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>56</v>
+      </c>
+      <c r="B19" t="s">
+        <v>120</v>
+      </c>
+      <c r="C19" t="s">
+        <v>58</v>
+      </c>
+      <c r="D19" t="s">
+        <v>64</v>
+      </c>
+      <c r="E19" t="s">
+        <v>102</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>121</v>
+      </c>
+      <c r="H19" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>56</v>
+      </c>
+      <c r="B20" t="s">
+        <v>123</v>
+      </c>
+      <c r="C20" t="s">
+        <v>58</v>
+      </c>
+      <c r="D20" t="s">
+        <v>64</v>
+      </c>
+      <c r="E20" t="s">
+        <v>102</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>124</v>
+      </c>
+      <c r="H20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>56</v>
+      </c>
+      <c r="B21" t="s">
+        <v>126</v>
+      </c>
+      <c r="C21" t="s">
+        <v>58</v>
+      </c>
+      <c r="D21" t="s">
+        <v>59</v>
+      </c>
+      <c r="E21" t="s">
+        <v>127</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>128</v>
+      </c>
+      <c r="H21" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>56</v>
+      </c>
+      <c r="B22" t="s">
+        <v>130</v>
+      </c>
+      <c r="C22" t="s">
+        <v>58</v>
+      </c>
+      <c r="D22" t="s">
+        <v>64</v>
+      </c>
+      <c r="E22" t="s">
+        <v>131</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>132</v>
+      </c>
+      <c r="H22" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>56</v>
+      </c>
+      <c r="B23" t="s">
+        <v>134</v>
+      </c>
+      <c r="C23" t="s">
+        <v>58</v>
+      </c>
+      <c r="D23" t="s">
+        <v>64</v>
+      </c>
+      <c r="E23" t="s">
+        <v>135</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>136</v>
+      </c>
+      <c r="H23" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>56</v>
+      </c>
+      <c r="B24" t="s">
+        <v>138</v>
+      </c>
+      <c r="C24" t="s">
+        <v>58</v>
+      </c>
+      <c r="D24" t="s">
+        <v>59</v>
+      </c>
+      <c r="E24" t="s">
+        <v>60</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>139</v>
+      </c>
+      <c r="H24" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>56</v>
+      </c>
+      <c r="B25" t="s">
+        <v>141</v>
+      </c>
+      <c r="C25" t="s">
+        <v>58</v>
+      </c>
+      <c r="D25" t="s">
+        <v>59</v>
+      </c>
+      <c r="E25" t="s">
+        <v>60</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>142</v>
+      </c>
+      <c r="H25" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>56</v>
+      </c>
+      <c r="B26" t="s">
+        <v>144</v>
+      </c>
+      <c r="C26" t="s">
+        <v>145</v>
+      </c>
+      <c r="D26" t="s">
+        <v>146</v>
+      </c>
+      <c r="E26" t="s">
+        <v>147</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>148</v>
+      </c>
+      <c r="H26" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>56</v>
+      </c>
+      <c r="B27" t="s">
+        <v>150</v>
+      </c>
+      <c r="C27" t="s">
+        <v>151</v>
+      </c>
+      <c r="D27" t="s">
+        <v>152</v>
+      </c>
+      <c r="E27" t="s">
+        <v>153</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>154</v>
+      </c>
+      <c r="H27" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" t="s">
+        <v>156</v>
+      </c>
+      <c r="C28" t="s">
+        <v>58</v>
+      </c>
+      <c r="D28" t="s">
+        <v>157</v>
+      </c>
+      <c r="E28" t="s">
+        <v>131</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>158</v>
+      </c>
+      <c r="H28" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>56</v>
+      </c>
+      <c r="B29" t="s">
+        <v>160</v>
+      </c>
+      <c r="C29" t="s">
+        <v>58</v>
+      </c>
+      <c r="D29" t="s">
+        <v>64</v>
+      </c>
+      <c r="E29" t="s">
+        <v>102</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>161</v>
+      </c>
+      <c r="H29" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>56</v>
+      </c>
+      <c r="B30" t="s">
+        <v>163</v>
+      </c>
+      <c r="C30" t="s">
+        <v>58</v>
+      </c>
+      <c r="D30" t="s">
+        <v>64</v>
+      </c>
+      <c r="E30" t="s">
+        <v>102</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>164</v>
+      </c>
+      <c r="H30" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>56</v>
+      </c>
+      <c r="B31" t="s">
+        <v>166</v>
+      </c>
+      <c r="C31" t="s">
+        <v>167</v>
+      </c>
+      <c r="D31" t="s">
+        <v>168</v>
+      </c>
+      <c r="E31" t="s">
+        <v>169</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>170</v>
+      </c>
+      <c r="H31" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>56</v>
+      </c>
+      <c r="B32" t="s">
+        <v>172</v>
+      </c>
+      <c r="C32" t="s">
+        <v>173</v>
+      </c>
+      <c r="D32" t="s">
+        <v>174</v>
+      </c>
+      <c r="E32" t="s">
+        <v>175</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>176</v>
+      </c>
+      <c r="H32" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>56</v>
+      </c>
+      <c r="B33" t="s">
+        <v>178</v>
+      </c>
+      <c r="C33" t="s">
+        <v>179</v>
+      </c>
+      <c r="D33" t="s">
+        <v>180</v>
+      </c>
+      <c r="E33" t="s">
+        <v>181</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>182</v>
+      </c>
+      <c r="H33" t="s">
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B2" t="s">
+        <v>185</v>
+      </c>
+      <c r="C2" t="s">
+        <v>186</v>
+      </c>
+      <c r="D2" t="s">
+        <v>146</v>
+      </c>
+      <c r="E2" t="s">
+        <v>187</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>188</v>
+      </c>
+      <c r="H2" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D3" t="s">
+        <v>192</v>
+      </c>
+      <c r="E3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>194</v>
+      </c>
+      <c r="H3" t="s">
+        <v>195</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B2" t="s">
+        <v>198</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>199</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>200</v>
+      </c>
+      <c r="H2" t="s">
+        <v>201</v>
+      </c>
+      <c r="I2" t="s">
+        <v>202</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>203</v>
+      </c>
+      <c r="J1" t="s">
+        <v>204</v>
+      </c>
+      <c r="K1" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>206</v>
+      </c>
+      <c r="B2" t="s">
+        <v>207</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>208</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>209</v>
+      </c>
+      <c r="H2" t="s">
+        <v>210</v>
+      </c>
+      <c r="I2" t="s">
+        <v>211</v>
+      </c>
+      <c r="J2" t="s">
+        <v>212</v>
+      </c>
+      <c r="K2" t="s">
+        <v>213</v>
+      </c>
+      <c r="L2" t="s">
+        <v>214</v>
+      </c>
+      <c r="M2" t="s">
+        <v>215</v>
+      </c>
+      <c r="N2" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>206</v>
+      </c>
+      <c r="B3" t="s">
+        <v>217</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>218</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>219</v>
+      </c>
+      <c r="H3" t="s">
+        <v>220</v>
+      </c>
+      <c r="I3" t="s">
+        <v>211</v>
+      </c>
+      <c r="J3" t="s">
+        <v>212</v>
+      </c>
+      <c r="K3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>