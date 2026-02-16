--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,2209 +1,713 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="422" uniqueCount="222">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="72">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in children over 3 months</t>
+  </si>
+  <si>
+    <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
+  </si>
+  <si>
+    <t>07/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/12/2025 14:58:00</t>
-[...161 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
+    <t>Purulent acute otitis media in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
+    <t>Acute nasopharyngitis and acute strep throat in children</t>
+  </si>
+  <si>
+    <t>The goal of this memo is to make sure that antibiotics are prescribed appropriately, in order to reduce bacterial resistance which may lead to therapeutic dead-ends. The factors to be taken into account for an appropriate prescription are the choice of antibiotic, its dose and its dosage.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
+    <t>Acute nasopharyngitis and acute strep throat in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
+    <t>Adult sinusitis</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics, to reduce bacterial resistance that may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are the elements to take into account for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
+    <t>Paediatric sinusitis</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
+    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance, which may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are factors to consider for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
+    <t>Acute pyelonephritis in women</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
+    <t>Pregnant women - urinary colonisation and cystitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
+    <t>07/15/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
+    <t>07/12/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
-[...77 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
+    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. What are the diagnostic criteria for bronchopulmonary infection with Staphylococcus aureus (SA) ?# 2. What strategy should be adopted for antibiotic therapy for Staphylococcus aureus, irrespective of the route of administration?# 3. What are the diagnostic criteria for bronchopulmonary infection with Pseudomonas aeruginosa?# 4. What strategy should be adopted for antibiotic therapy for Pseudomonas aeruginosa, irrespective of the route of administration?# 5. What is the place of other respiratory therapies in the treatment of cystic fibrosis?</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
-  </si>
-[...76 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1332077/fr/pristam-pristinamycine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>17</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" t="s">
         <v>20</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>21</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>22</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>25</v>
       </c>
-      <c r="C5" t="s">
+      <c r="H5" t="s">
         <v>26</v>
-      </c>
-[...13 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>27</v>
+      </c>
+      <c r="C6" t="s">
+        <v>28</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>29</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>30</v>
       </c>
-      <c r="C6" t="s">
+      <c r="H6" t="s">
         <v>31</v>
-      </c>
-[...13 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>34</v>
+      </c>
+      <c r="H7" t="s">
         <v>35</v>
-      </c>
-[...16 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>42</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="H8" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>41</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>42</v>
       </c>
-      <c r="E9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H9" t="s">
-        <v>50</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>37</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>41</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>45</v>
+      </c>
+      <c r="H10" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>19</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>47</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>48</v>
+      </c>
+      <c r="H11" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>24</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>50</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>51</v>
       </c>
-      <c r="C10" t="s">
+      <c r="H12" t="s">
         <v>52</v>
       </c>
-      <c r="D10" t="s">
-[...2 lines deleted...]
-      <c r="E10" t="s">
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
         <v>53</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="C13" t="s">
         <v>54</v>
       </c>
-      <c r="H10" t="s">
+      <c r="D13" t="s">
         <v>55</v>
+      </c>
+      <c r="E13" t="s">
+        <v>56</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>59</v>
+      </c>
+      <c r="C14" t="s">
+        <v>60</v>
+      </c>
+      <c r="D14" t="s">
+        <v>61</v>
+      </c>
+      <c r="E14" t="s">
+        <v>62</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>63</v>
+      </c>
+      <c r="H14" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>66</v>
+      </c>
+      <c r="C15" t="s">
+        <v>67</v>
+      </c>
+      <c r="D15" t="s">
+        <v>68</v>
+      </c>
+      <c r="E15" t="s">
+        <v>69</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>70</v>
+      </c>
+      <c r="H15" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...1162 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>