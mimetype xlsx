--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,301 +1,1696 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="295" uniqueCount="173">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Studies and Reports</t>
-[...11 lines deleted...]
-    <t>12/01/2020 11:53:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>CLINUTREN REPAIR - CNEDiMTS du 08 décembre 2009 (2244)</t>
+  </si>
+  <si>
+    <t>Aliment diététique destiné à des fins médicales spéciales (ADDFMS) pour nutrition orale Nutrition – Modification d’inscription Pas de progrès par rapport aux autres mélanges polymériques, hyperprotidiques et normoénergétiques.</t>
+  </si>
+  <si>
+    <t>08/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2010 17:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3221567/en/immunological-and-virological-aspects-of-sars-cov-2-genetic-variability-immune-responses-vaccine-platforms-and-animal-models</t>
+    <t>https://www.has-sante.fr/jcms/c_896367/fr/clinutren-repair-cnedimts-du-08-decembre-2009-2244</t>
+  </si>
+  <si>
+    <t>c_896367</t>
+  </si>
+  <si>
+    <t>NESTLE Clinical Nutrition France SAS</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>CADASIL (Cerebral Autosomal Dominant Arteriopathy with Subcortical Infarcts and Leucoencephalopathy)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CADASIL. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’Œil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/07/2025 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069510/fr/cadasil-cerebral-autosomal-dominant-arteriopathy-with-subcortical-infarcts-and-leucoencephalopathy</t>
+  </si>
+  <si>
+    <t>c_1069510</t>
+  </si>
+  <si>
+    <t>Le syndrome de Stickler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Stickler. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3579060/fr/le-syndrome-de-stickler</t>
+  </si>
+  <si>
+    <t>p_3579060</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Syndrome de White-Sutton</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite, aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de White-Sutton. Il a été élaboré par le centre de référence anomalies du développement et syndromes malformatifs de l’Interrégion Est, filière AnDDI-Rares, le centre de référence déficience intellectuelle de causes rares et le centre de compétence maladies rares à expressions psychiatriques, filière DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/07/2022 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350160/fr/syndrome-de-white-sutton</t>
+  </si>
+  <si>
+    <t>p_3350160</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Délétion 22q11</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de délétion 22q11.</t>
+  </si>
+  <si>
+    <t>01/02/2016 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589363/fr/deletion-22q11</t>
+  </si>
+  <si>
+    <t>c_2589363</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+  </si>
+  <si>
+    <t>c_2823990</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2022</t>
+  </si>
+  <si>
+    <t>13/04/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331579/fr/commission-de-la-transparence-reunion-du-20-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3331579</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Aspects immunologiques et virologiques de l’infection par le SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Lorsqu’un ou des vaccins contre le SARS-CoV-2 auront obtenu une autorisation de mise sur le marché, la HAS devra rendre un avis sur ces vaccins, dans les meilleurs délais, au vu des données déposées par les industriels et devra adopter une stratégie vaccinale, afin de poser les jalons de la campagne de vaccination qui sera organisée en France. Afin d’anticiper l’évaluation des différents vaccins, en particulier l’analyse des résultats des essais cliniques, une synthèse des connaissances a été conduite sur différents aspects de la réponse immunitaire au cours de l’infection par SARS-CoV-2 (variabilité génétique du virus, réponses immunitaires, plateformes vaccinales, modèles animaux, etc.). Ce document sera actualisé en fonction de l’état d’avancement des connaissances sur le SARS-Cov2.</t>
+  </si>
+  <si>
+    <t>01/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2020 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
   </si>
   <si>
     <t>p_3221567</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...38 lines deleted...]
-    <t>c_2823990</t>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 : place du vaccin Spikevax bivalent Original / Omicron BA.4/BA.5 (ARNm-1273.222)</t>
+  </si>
+  <si>
+    <t>Ce rapport évalue les données d’immunogénicité et de tolérance du vaccin Spikevax bivalent Original / Omicron BA.4/BA.5 (Moderna) Au terme de son évaluation, la HAS recommande d’intégrer le vaccin bivalent Spikevax Original/Omicron BA.4-5 25/25 µg dans la stratégie vaccinale de rappel contre la Covid-19.</t>
+  </si>
+  <si>
+    <t>27/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>09/11/2022 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383749/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-spikevax-bivalent-original-/-omicron-ba-4/ba-5-arnm-1273-222</t>
+  </si>
+  <si>
+    <t>p_3383749</t>
+  </si>
+  <si>
+    <t>Place du vaccin contre la Covid-19 SPIKEVAX bivalent Original/Omicron BA.1</t>
+  </si>
+  <si>
+    <t>Ce rapport évalue les données d’immunogénicité et de tolérance du vaccin bivalent adapté contre Omicron BA.1 de la firme Moderna, Spikevax bivalent Original/ Omicron BA.1. Aujourd’hui, la HAS recommande d’intégrer les vaccins bivalents adaptés aux souches circulantes dans la stratégie vaccinale contre la Covid-19.</t>
+  </si>
+  <si>
+    <t>19/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>20/09/2022 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367933/fr/place-du-vaccin-contre-la-covid-19-spikevax-bivalent-original/omicron-ba-1</t>
+  </si>
+  <si>
+    <t>p_3367933</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du vaccin à ARNm COMIRNATY® chez les 5-11 ans</t>
+  </si>
+  <si>
+    <t>Dans un contexte épidémique marqué par une cinquième vague due au variant Delta et l’apparition à la mi-novembre du variant Omicron, la Haute Autorité de santé se prononce sur l’élargissement de la vaccination à l’ensemble des enfants de 5 à 11 ans. Sur la base des dernières données disponibles et après avoir auditionné les parties-prenantes, la HAS propose d’ouvrir la vaccination aux enfants de cette classe d’âge, sans obligation et sans que cela conditionne l’obtention d’un passe sanitaire, et en priorisant les enfants de moins de 12 ans scolarisés au collège. Elle indique que cette vaccination peut être réalisée dès la mise à disposition de la formulation pédiatrique du vaccin Comirnaty® de Pfizer.</t>
+  </si>
+  <si>
+    <t>17/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306504/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-5-11-ans</t>
+  </si>
+  <si>
+    <t>p_3306504</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Place du vaccin à ARNm Spikevax® de Moderna chez les 12 à 17 ans</t>
+  </si>
+  <si>
+    <t>La HAS publie une nouvelle recommandation vaccinale qui s’inscrit dans le cadre d’une extension de l’AMM du vaccin à ARNm Spikevax développé par le laboratoire Moderna. Elle vise à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 17 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280463/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-spikevax-de-moderna-chez-les-12-a-17-ans</t>
+  </si>
+  <si>
+    <t>p_3280463</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin à ARNm COMIRNATY® chez les 12-15 ans</t>
+  </si>
+  <si>
+    <t>Le vaccin COMIRNATY® (laboratoires BioNTech et Pfizer) a obtenu une autorisation de mise sur le marché (AMM) conditionnelle, en Europe (procédure centralisée), le 21/12/2020 (2, 3) « pour l’immunisation active pour la prévention de la COVID-19 causée par le virus SARS-CoV-2, chez les personnes âgées de 16 ans et plus », avec une extension de son indication aux adolescents de 12 à 15 ans le 28/05/2021. Ces recommandations s’inscrivent dans le cadre d’une extension de l’AMM du vaccin à ARNm COMIRNATY® développé par les firmes BioNTech et Pfizer et visent donc à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 15 ans.</t>
+  </si>
+  <si>
+    <t>02/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2021 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269889/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-12-15-ans</t>
+  </si>
+  <si>
+    <t>p_3269889</t>
+  </si>
+  <si>
+    <t>Stratégie vaccinale contre la Covid-19 : impact potentiel de la circulation des variants du SARS-CoV-2 sur la stratégie</t>
+  </si>
+  <si>
+    <t>Dans les départements de Guyane, Mayotte et la Réunion, la HAS recommande la poursuite de la stratégie mise en place avec utilisation exclusive des vaccins à ARNm. En Moselle, où le variant Sud-Africain est significativement présent, la HAS recommande à ce stade, de continuer à privilégier l’accès aux vaccins pour lesquels on dispose de données en faveur du maintien d’un niveau élevé d’efficacité contre le variant dit « sud-africain » : vaccins à ARNm (Comirnaty® de BioNTech/Pfizer et ARNm-1273® de Moderna) et vaccin Janssen lorsqu’il sera disponible. La HAS recommande la mise en place, en Moselle, d’un accès aux professionnels autorisés en ville à ces vaccins. Dans tous les autres départements, le variant dit « sud africain » diffuse à un niveau nettement inférieur, il n’est pas justifié de mettre en place, à ce stade, de stratégie différenciée de recours aux vaccins dans d’autres territoires.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2021 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260321/fr/strategie-vaccinale-contre-la-covid-19-impact-potentiel-de-la-circulation-des-variants-du-sars-cov-2-sur-la-strategie</t>
+  </si>
+  <si>
+    <t>p_3260321</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du Vaccin Moderna Covid-19 mRNA (nucleoside modified)</t>
+  </si>
+  <si>
+    <t>Mise à jour, au regard des nouvelles données disponibles, de la recommandation vaccinale intitulée « Stratégie de vaccination contre la Covid-19 - Place du Vaccin Moderna COVID-19 mRNA (nucleoside modified) » et sa synthèse.</t>
+  </si>
+  <si>
+    <t>07/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2021 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3230287/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-moderna-covid-19-mrna-nucleoside-modified</t>
+  </si>
+  <si>
+    <t>p_3230287</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>KABIVEN - PERIKABIVEN (alanine/ acides aminés et électrolytes (Vamin 18 Novum)/ acide glutami...)</t>
+  </si>
+  <si>
+    <t>19/02/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983377/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>pprd_2983377</t>
+  </si>
+  <si>
+    <t>alanine,acides aminés et électrolytes (Vamin 18 Novum),acide glutamique,arginine,aspartique (acide),calcium (chlorure de) dihydraté,émulsion lipidique (Intralipide 20%),glucose,glucose monohydraté,glycine,histidine,isoleucine,leucine,lysine (chlorhydrate de),magnésium (sulfate de) heptahydraté,méthionine,phénylalanine,potassium (chlorure de),proline,sérine,soja (huile de) raffinée,thréonine,tryptophane L,tyrosine,sodium (acétate de) trihydraté,sodium (glycerophosphate de),valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322227/fr/kabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829055/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322502/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523276/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398910/fr/perikabiven-900-kcal-emulsion-pour-perfusion-1440-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-4-perikabiven-1200-kcal-emulsion-pour-perfusion-1920-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2-perikabiven-1500-kcal-emulsion-pour-perfusion-2400-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2</t>
+  </si>
+  <si>
+    <t>AMINOMIX (arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lys...)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983531/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>pprd_2983531</t>
+  </si>
+  <si>
+    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332093/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+  </si>
+  <si>
+    <t>AMIPED (arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (a...)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984415/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984415</t>
+  </si>
+  <si>
+    <t>arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (acide), glycine, leucine, acétyltyrosine,,lysine monohydratée, acétylcystéine, proline, taurine, acide glutamique, thréonine, valine, histidine, méthionine, isoleucine</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558850/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>AMINOPLASMAL (arginine/ phénylalanine/ alanine/ tryptophane L/ sérine/ aspartique (a...)</t>
+  </si>
+  <si>
+    <t>15/06/2015 17:40:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984519/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984519</t>
+  </si>
+  <si>
+    <t>arginine,phénylalanine,alanine,tryptophane L,sérine,aspartique (acide),glycine,leucine,tyrosine,lysine monohydratée,acétylcystéine,proline,acide glutamique,thréonine,valine,histidine,méthionine,isoleucine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038283/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>NP2 ENFANTS AP-HP (alanine/ arginine/ aspartique (acide)/ dihydrate lysine (chlorhydrate ...)</t>
+  </si>
+  <si>
+    <t>29/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985588/fr/np2-enfants-ap-hp-alanine/-arginine/-aspartique-acide-/-dihydrate-lysine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985588</t>
+  </si>
+  <si>
+    <t>alanine,arginine,aspartique (acide),dihydrate lysine (chlorhydrate de),glucose monohydrate glutamique (acide),glycine,hexahydrate cystéine (chlorhydrate de),histidine,hydrate magnésium (lactate de),isoleucine,leucine,magnésium (chlorure de),méthionine,phénylalanine,phosphate dipotassique calcium (gluconate de),potassium (chlorure de),proline,sodium (hydroxyde de),sodium (gluconate de),thréonine,tryptophane,tyrosine,serine,valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400985/fr/np2-enfants-ap-hp-solution-pour-perfusion-flacons-en-verre-de-500-ml-cip-567-667-6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>26</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C5" t="s">
+        <v>36</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" t="s">
+        <v>46</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7" t="s">
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D2" t="s">
+        <v>53</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C2" t="s">
+        <v>59</v>
+      </c>
+      <c r="D2" t="s">
+        <v>60</v>
+      </c>
+      <c r="E2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D3" t="s">
+        <v>66</v>
+      </c>
+      <c r="E3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>68</v>
+      </c>
+      <c r="H3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>74</v>
+      </c>
+      <c r="H2" t="s">
+        <v>75</v>
+      </c>
+      <c r="I2" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>71</v>
+      </c>
+      <c r="B3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>78</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>79</v>
+      </c>
+      <c r="H3" t="s">
+        <v>80</v>
+      </c>
+      <c r="I3" t="s">
+        <v>76</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D2" t="s">
+        <v>84</v>
+      </c>
+      <c r="E2" t="s">
+        <v>85</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>86</v>
+      </c>
+      <c r="H2" t="s">
+        <v>87</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D2" t="s">
+        <v>91</v>
+      </c>
+      <c r="E2" t="s">
+        <v>92</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>93</v>
+      </c>
+      <c r="H2" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B3" t="s">
+        <v>95</v>
+      </c>
+      <c r="C3" t="s">
+        <v>96</v>
+      </c>
+      <c r="D3" t="s">
+        <v>97</v>
+      </c>
+      <c r="E3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>88</v>
+      </c>
+      <c r="B4" t="s">
+        <v>101</v>
+      </c>
+      <c r="C4" t="s">
+        <v>102</v>
+      </c>
+      <c r="D4" t="s">
+        <v>103</v>
+      </c>
+      <c r="E4" t="s">
+        <v>104</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>105</v>
+      </c>
+      <c r="H4" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B5" t="s">
+        <v>107</v>
+      </c>
+      <c r="C5" t="s">
+        <v>108</v>
+      </c>
+      <c r="D5" t="s">
+        <v>109</v>
+      </c>
+      <c r="E5" t="s">
+        <v>110</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>111</v>
+      </c>
+      <c r="H5" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>88</v>
+      </c>
+      <c r="B6" t="s">
+        <v>113</v>
+      </c>
+      <c r="C6" t="s">
+        <v>114</v>
+      </c>
+      <c r="D6" t="s">
+        <v>115</v>
+      </c>
+      <c r="E6" t="s">
+        <v>116</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>117</v>
+      </c>
+      <c r="H6" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>88</v>
+      </c>
+      <c r="B7" t="s">
+        <v>119</v>
+      </c>
+      <c r="C7" t="s">
+        <v>120</v>
+      </c>
+      <c r="D7" t="s">
+        <v>121</v>
+      </c>
+      <c r="E7" t="s">
+        <v>122</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>123</v>
+      </c>
+      <c r="H7" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>88</v>
+      </c>
+      <c r="B8" t="s">
+        <v>125</v>
+      </c>
+      <c r="C8" t="s">
+        <v>126</v>
+      </c>
+      <c r="D8" t="s">
+        <v>127</v>
+      </c>
+      <c r="E8" t="s">
+        <v>128</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>129</v>
+      </c>
+      <c r="H8" t="s">
+        <v>130</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>131</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>133</v>
+      </c>
+      <c r="B2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>136</v>
+      </c>
+      <c r="H2" t="s">
+        <v>137</v>
+      </c>
+      <c r="I2" t="s">
+        <v>138</v>
+      </c>
+      <c r="J2" t="s">
+        <v>139</v>
+      </c>
+      <c r="K2" t="s">
+        <v>140</v>
+      </c>
+      <c r="L2" t="s">
+        <v>141</v>
+      </c>
+      <c r="M2" t="s">
+        <v>142</v>
+      </c>
+      <c r="N2" t="s">
+        <v>143</v>
+      </c>
+      <c r="O2" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B3" t="s">
+        <v>145</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>147</v>
+      </c>
+      <c r="H3" t="s">
+        <v>148</v>
+      </c>
+      <c r="I3" t="s">
+        <v>149</v>
+      </c>
+      <c r="J3" t="s">
+        <v>139</v>
+      </c>
+      <c r="K3" t="s">
+        <v>150</v>
+      </c>
+      <c r="L3" t="s">
+        <v>151</v>
+      </c>
+      <c r="M3" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B4" t="s">
+        <v>153</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>154</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>155</v>
+      </c>
+      <c r="H4" t="s">
+        <v>156</v>
+      </c>
+      <c r="I4" t="s">
+        <v>157</v>
+      </c>
+      <c r="J4" t="s">
+        <v>158</v>
+      </c>
+      <c r="K4" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>133</v>
+      </c>
+      <c r="B5" t="s">
+        <v>160</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>161</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>162</v>
+      </c>
+      <c r="H5" t="s">
+        <v>163</v>
+      </c>
+      <c r="I5" t="s">
+        <v>164</v>
+      </c>
+      <c r="J5" t="s">
+        <v>158</v>
+      </c>
+      <c r="K5" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>133</v>
+      </c>
+      <c r="B6" t="s">
+        <v>166</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>167</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>168</v>
+      </c>
+      <c r="H6" t="s">
+        <v>169</v>
+      </c>
+      <c r="I6" t="s">
+        <v>170</v>
+      </c>
+      <c r="J6" t="s">
+        <v>171</v>
+      </c>
+      <c r="K6" t="s">
+        <v>172</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>