--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -35,111 +35,111 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Studies and Reports</t>
-[...11 lines deleted...]
-    <t>12/01/2020 11:53:00</t>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Aspects immunologiques et virologiques de l’infection par le SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Lorsqu’un ou des vaccins contre le SARS-CoV-2 auront obtenu une autorisation de mise sur le marché, la HAS devra rendre un avis sur ces vaccins, dans les meilleurs délais, au vu des données déposées par les industriels et devra adopter une stratégie vaccinale, afin de poser les jalons de la campagne de vaccination qui sera organisée en France. Afin d’anticiper l’évaluation des différents vaccins, en particulier l’analyse des résultats des essais cliniques, une synthèse des connaissances a été conduite sur différents aspects de la réponse immunitaire au cours de l’infection par SARS-CoV-2 (variabilité génétique du virus, réponses immunitaires, plateformes vaccinales, modèles animaux, etc.). Ce document sera actualisé en fonction de l’état d’avancement des connaissances sur le SARS-Cov2.</t>
+  </si>
+  <si>
+    <t>01/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2020 11:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3221567/en/immunological-and-virological-aspects-of-sars-cov-2-genetic-variability-immune-responses-vaccine-platforms-and-animal-models</t>
+    <t>https://www.has-sante.fr/jcms/p_3221567/fr/aspects-immunologiques-et-virologiques-de-l-infection-par-le-sars-cov-2</t>
   </si>
   <si>
     <t>p_3221567</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>