--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,934 +1,367 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="441" uniqueCount="270">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="84">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>15/09/2025 09:02:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3592435/fr/prise-en-charge-peri-operatoire-du-patient-adulte-lors-d-une-resection-hepatique</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
-[...134 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
+    <t>Induced abortion up to 14 weeks</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of legally permitted induced abortion performed within 14 weeks of last menstrual period. The topics of the guidleines are: 1. Abortion services, contact and organisation 2. Pre-abortion visits 3. Methods used for induced abortion according to gestationnal age 4. Management of pain - Analgesia and anaesthesia 5. Prevention of infective complications 6. Prevention of Rhesus incompatibility 7. Follow-up immediately after induced abortion 8. Evaluation</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
   <si>
-    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...296 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Aim To evaluate the validity of funding of this procedure by the French National Health Insurance system: Assess the clinical utility, diagnostic performance and safety of drug-induced sleep endoscopy (DISE) to locate sites of upper airway obstruction in adults with obstructive sleep apnoea (OSA), via comparison with the usual strategy (including clinical assessment and awake endoscopy). In the event of a demonstrated clinical benefit, describe the conditions for optimum performance of this procedure.</t>
+  </si>
+  <si>
+    <t>04/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
   <si>
-    <t>Évaluation de thrombectomie des artères intracrâniennes par voie endovasculaire</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2624413/fr/evaluation-de-thrombectomie-des-arteres-intracraniennes-par-voie-endovasculaire</t>
+    <t>Endovascular thrombectomy of intracranial arteries - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of mechanical thrombectomy (MT) for the treatment of Acute Ischaemic Stroke (AIS)</t>
+  </si>
+  <si>
+    <t>11/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/23/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624413/en/endovascular-thrombectomy-of-intracranial-arteries-inahta-brief</t>
   </si>
   <si>
     <t>c_2624413</t>
   </si>
   <si>
-    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
+    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
+  </si>
+  <si>
+    <t>01/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Évaluation de la sialendoscopie parotidienne et submandibulaire à visée diagnostique et thérapeutique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1164340/fr/evaluation-de-la-sialendoscopie-parotidienne-et-submandibulaire-a-visee-diagnostique-et-therapeutique</t>
+    <t>Assessment of diagnostic and therapeutic parotid and submandibular sialendoscopy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions in this assessment focus on the sialendoscopy technique (endoscopy of the major salivary ducts: parotid and submandibular gland in order for it to be refunded by National Health Insurance. They have been grouped into three main topics: • the ability of the technique to diagnose a non-neoplastic condition causing salivary obstruction; • its ability to treat obstructive-type salivary conditions with a favourable benefit-risk balance by improving patient management; • the conditions for performing this procedure</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2015 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
   </si>
   <si>
     <t>c_1164340</t>
   </si>
   <si>
-    <t>Évaluation de l’endomicroscopie optique réalisée lors de la cartographie d’un endo-brachy-œsophage  (aide au diagnostic précoce du cancer superficiel de l’œsophage) - Rapport d'évaluation</t>
-[...2 lines deleted...]
-    <t>L’endo-brachy-œsophage est une lésion pré-cancéreuse métaplasique du bas œsophage responsable d’un risque de dégénérescence maligne : l’adénocarcinome de l’œsophage. Une surveillance biopsique régulière par une cartographie étagée de la muqueuse vise à diagnostiquer précocement les lésions cancéreuses. La lésion cible est l’adénocarcinome superficiel de l’œsophage qui comprend la dysplasie de haut grade et le carcinome intra-muqueux.</t>
+    <t>Assessment of real-time optical endomicroscopy performed during mapping of Barrett's esophagus (BE) (for diagnosis of BE-associated early neoplasia) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>To assess the clinical utility (impact on healthcare), the diagnostic accuracy and safety of endomicroscopy-based biopsy method in comparison to the standard of care during an endoscopic evaluation of patients with Barrett’s esophagus (BE) using white light endoscopy (WLE) +/- high-definition (HD) view. The standard of care is currently the Seattle protocol which correspond to biopsy any visible lesion and practice complementary random four-quadrant biopsy of the remaining metaplastic mucosa. The aim of this heath technology assessment (HTA) is to decide on the coverage by French National Health Insurance of medical procedure using esophagus’s endomicroscopy in two different clinical situations: surveillance of patients with non-dysplastic BE (for diagnosis of BE early neoplasia) or pre-therapeutic mapping with dysplastic BE (for diagnosis of synchronous early neoplasia). The target lesion in this assessment was early oesophageal adenocarcinoma .</t>
   </si>
   <si>
     <t>10/10/2014 00:00:00</t>
   </si>
   <si>
     <t>10/10/2014 16:05:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1731777/fr/evaluation-de-l-endomicroscopie-optique-realisee-lors-de-la-cartographie-d-un-endo-brachy-oesophage-aide-au-diagnostic-precoce-du-cancer-superficiel-de-l-oesophage-rapport-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1731777/en/assessment-of-real-time-optical-endomicroscopy-performed-during-mapping-of-barrett-s-esophagus-be-for-diagnosis-of-be-associated-early-neoplasia-inahta-brief</t>
   </si>
   <si>
     <t>c_1731777</t>
   </si>
   <si>
-    <t>Conditions de réalisation de la chirurgie de la cataracte : environnement technique - rapport d'évaluation</t>
-[...113 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983714/fr/propofol-propofol</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>PROPOFOL FRESENIUS (propofol)</t>
+  </si>
+  <si>
+    <t>07/27/2023 10:25:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983714/en/propofol-fresenius-propofol</t>
   </si>
   <si>
     <t>pprd_2983714</t>
   </si>
   <si>
     <t>propofol</t>
   </si>
   <si>
     <t>B. BRAUN MEDICAL SAS / BAXTER SAS / DAKOTA PHARM / FRESENIUS KABI FRANCE / PANPHARMA SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399113/fr/propofol-dakota-pharm-propofol</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399992/fr/diprivan-propofol</t>
+    <t>https://www.has-sante.fr/jcms/c_399113/en/propofol-dakota-pharm-propofol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399338/en/propofol-fresenius-propofol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399512/en/propofol-baxter-propofol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399513/en/propofol-lipuro-propofol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399756/en/propofol-panpharma-propofol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399840/en/propofol-fresenius-propofol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399859/en/propofol-dakota-pharm-propofol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619536/en/propofol-lipuro-propofol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827722/en/propofol-lipuro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652849/en/propofol-panpharma-propofol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013198/en/propofol-lipuro-propofol-emulsion-with-medium-and-long-chain-triglycerides-anaesthetic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747508/en/propofol-fresenius-propofol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112639/en/propofol-kabi-propofol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117081/en/propofol-baxter-propofol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454346/en/propofol-lipuro-propofol-agent-anesthesique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454340/en/propofol-lipuro-propofol-agent-anesthesique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -956,1472 +389,383 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...235 lines deleted...]
-        <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="B2" t="s">
-        <v>81</v>
+        <v>28</v>
       </c>
       <c r="C2" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E2" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>84</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>85</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="B3" t="s">
-        <v>86</v>
+        <v>34</v>
       </c>
       <c r="C3" t="s">
-        <v>87</v>
+        <v>35</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="E3" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>89</v>
+        <v>38</v>
       </c>
       <c r="H3" t="s">
-        <v>90</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="B4" t="s">
-        <v>91</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>92</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="E4" t="s">
-        <v>93</v>
+        <v>43</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>94</v>
+        <v>44</v>
       </c>
       <c r="H4" t="s">
-        <v>95</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="B5" t="s">
-        <v>96</v>
+        <v>46</v>
       </c>
       <c r="C5" t="s">
-        <v>97</v>
+        <v>47</v>
       </c>
       <c r="D5" t="s">
-        <v>98</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
-        <v>99</v>
+        <v>49</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>100</v>
+        <v>50</v>
       </c>
       <c r="H5" t="s">
-        <v>101</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>80</v>
+        <v>27</v>
       </c>
       <c r="B6" t="s">
-        <v>102</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>103</v>
+        <v>53</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>54</v>
       </c>
       <c r="E6" t="s">
-        <v>104</v>
+        <v>55</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>105</v>
+        <v>56</v>
       </c>
       <c r="H6" t="s">
-        <v>106</v>
-[...285 lines deleted...]
-        <v>160</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:AA2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>58</v>
+      </c>
+      <c r="J1" t="s">
+        <v>59</v>
+      </c>
+      <c r="K1" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>161</v>
+        <v>61</v>
       </c>
       <c r="B2" t="s">
-        <v>162</v>
+        <v>62</v>
       </c>
       <c r="C2" t="s">
-        <v>163</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>164</v>
+        <v>63</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>165</v>
+        <v>64</v>
       </c>
       <c r="H2" t="s">
-        <v>166</v>
-[...316 lines deleted...]
-        <v>215</v>
+        <v>65</v>
       </c>
       <c r="I2" t="s">
-        <v>216</v>
-[...222 lines deleted...]
-        <v>245</v>
+        <v>66</v>
       </c>
       <c r="J2" t="s">
-        <v>246</v>
+        <v>67</v>
       </c>
       <c r="K2" t="s">
-        <v>247</v>
+        <v>68</v>
       </c>
       <c r="L2" t="s">
-        <v>248</v>
+        <v>69</v>
       </c>
       <c r="M2" t="s">
-        <v>249</v>
+        <v>70</v>
       </c>
       <c r="N2" t="s">
-        <v>250</v>
+        <v>71</v>
       </c>
       <c r="O2" t="s">
-        <v>251</v>
+        <v>72</v>
       </c>
       <c r="P2" t="s">
-        <v>252</v>
+        <v>73</v>
       </c>
       <c r="Q2" t="s">
-        <v>253</v>
+        <v>74</v>
       </c>
       <c r="R2" t="s">
-        <v>254</v>
+        <v>75</v>
       </c>
       <c r="S2" t="s">
-        <v>255</v>
+        <v>76</v>
       </c>
       <c r="T2" t="s">
-        <v>256</v>
+        <v>77</v>
       </c>
       <c r="U2" t="s">
-        <v>257</v>
+        <v>78</v>
       </c>
       <c r="V2" t="s">
-        <v>258</v>
+        <v>79</v>
       </c>
       <c r="W2" t="s">
-        <v>259</v>
+        <v>80</v>
       </c>
       <c r="X2" t="s">
-        <v>260</v>
+        <v>81</v>
       </c>
       <c r="Y2" t="s">
-        <v>249</v>
+        <v>70</v>
       </c>
       <c r="Z2" t="s">
-        <v>261</v>
+        <v>82</v>
       </c>
       <c r="AA2" t="s">
-        <v>262</v>
-[...37 lines deleted...]
-        <v>269</v>
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>