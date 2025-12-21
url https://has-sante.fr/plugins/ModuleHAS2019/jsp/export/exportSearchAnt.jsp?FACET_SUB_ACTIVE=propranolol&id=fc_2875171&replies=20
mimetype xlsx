--- v0 (2025-10-06)
+++ v1 (2025-12-21)
@@ -1,207 +1,2340 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="426" uniqueCount="251">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>INFINITY</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:25:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242540/fr/infinity</t>
+  </si>
+  <si>
+    <t>p_3242540</t>
+  </si>
+  <si>
+    <t>Système non rechargeable double canal pour stimulation cérébrale  profonde (SCP)</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS</t>
+  </si>
+  <si>
+    <t>26/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2018 10:39:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862297/fr/infinity</t>
+  </si>
+  <si>
+    <t>c_2862297</t>
+  </si>
+  <si>
+    <t>Système non rechargeable pour stimulation cérébrale profonde</t>
+  </si>
+  <si>
+    <t>ACTIVA  - 15 juin 2010 (2503) avis</t>
+  </si>
+  <si>
+    <t>Système pour stimulation cérébrale profonde NEUROLOGIE - Mise au point Progrès majeur dans les formes invalidantes de la maladie de Parkinson et de la dystonie primaire généralisée pharmaco-résistante Progrès important dans les tremblements invalidants sévères</t>
+  </si>
+  <si>
+    <t>15/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2010 18:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958863/fr/activa-15-juin-2010-2503-avis</t>
+  </si>
+  <si>
+    <t>c_958863</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France SAS</t>
+  </si>
+  <si>
+    <t>ACTIVA</t>
+  </si>
+  <si>
+    <t>03/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398732/fr/activa</t>
+  </si>
+  <si>
+    <t>c_398732</t>
+  </si>
+  <si>
+    <t>Medtronic France</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Syndrome de Résistance aux Hormones Thyroïdiennes par variant pathogène de THRB</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de RHTβ. Il a été élaboré par le Centre de Référence des Maladies Rares de la Thyroïde et des Récepteurs Hormonaux (CRMR-TRH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493353/fr/syndrome-de-resistance-aux-hormones-thyroidiennes-par-variant-pathogene-de-thrb</t>
+  </si>
+  <si>
+    <t>p_3493353</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Papillomatose respiratoire récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392262/fr/papillomatose-respiratoire-recurrente</t>
+  </si>
+  <si>
+    <t>p_3392262</t>
+  </si>
+  <si>
+    <t>Syndrome 48,XXYY et autres tétrasomies ou pentasomies des gonosomes chez le garçon</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome 48,XXYY ou d’une autre tétrasomie ou pentasomie des gonosomes chez le garçon. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares DefiBourgogne, le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est et le Centre de compétences Maladies Rares à expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374425/fr/syndrome-48-xxyy-et-autres-tetrasomies-ou-pentasomies-des-gonosomes-chez-le-garcon</t>
+  </si>
+  <si>
+    <t>p_3374425</t>
+  </si>
+  <si>
+    <t>Tachycardies ventriculaires catécholergiques (TVC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de TVC. Il a été élaboré par le Centre de Référence Maladies Cardiaques Héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/02/2022 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314799/fr/tachycardies-ventriculaires-catecholergiques-tvc</t>
+  </si>
+  <si>
+    <t>p_3314799</t>
+  </si>
+  <si>
+    <t>Maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Wilson. Il a été élaboré par le Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_640052/fr/maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>c_640052</t>
+  </si>
+  <si>
+    <t>Les malformations artério-veineuses superficielles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de malformations artério-veineuses superficielles. Il a été élaboré par le Centre de référence maladies vasculaires rares – Filière FAVA-Multi à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299827/fr/les-malformations-arterio-veineuses-superficielles</t>
+  </si>
+  <si>
+    <t>p_3299827</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Cardiomyopathie Hypertrophique (CMH)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cardiomyopathie hypertrophique (CMH). Il a été élaboré par le Centre de référence des cardiomyopathies et des troubles du rythme cardiaque héréditaires ou rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1100272/fr/cardiomyopathie-hypertrophique-cmh</t>
+  </si>
+  <si>
+    <t>c_1100272</t>
+  </si>
+  <si>
+    <t>Syndrome du QT Long</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome du QT Long. Il a été élaboré par le Centre de Référence des Maladies cardiaques héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290161/fr/syndrome-du-qt-long</t>
+  </si>
+  <si>
+    <t>p_3290161</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Pertes de connaissance brèves de l’adulte : prise en charge diagnostique et thérapeutique des syncopes</t>
+  </si>
+  <si>
+    <t>Le champ des recommandations concerne les pertes de connaissance brèves de l’adulte. Elles abordent plus précisément la prise en charge diagnostique et thérapeutique des syncopes.</t>
+  </si>
+  <si>
+    <t>14/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_681605/fr/pertes-de-connaissance-breves-de-l-adulte-prise-en-charge-diagnostique-et-therapeutique-des-syncopes</t>
+  </si>
+  <si>
+    <t>c_681605</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est de répondre aux questions suivantes dans le cadre de la prise en charge de l'adulte et de l'enfant : Quelle est la stratégie diagnostique de la migraine ? Comment évaluer le handicap du migraineux pour une prise en charge optimale ? Quelle est la stratégie thérapeutique de la crise ? Quelle est la stratégie thérapeutique prophylactique ?</t>
+  </si>
+  <si>
+    <t>01/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272212/fr/prise-en-charge-diagnostique-et-therapeutique-de-la-migraine-chez-l-adulte-et-chez-l-enfant-aspects-cliniques-et-economiques</t>
+  </si>
+  <si>
+    <t>c_272212</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’ablation unilatérale de cibles cérébrales en condition stéréotaxique à l’aide d’ultrasons focalisés guidés par IRM (MRgFUS)</t>
+  </si>
+  <si>
+    <t>Tremblement essentiel (TE), résistant aux médicaments, thalamothomie par ultrasons focalisés guidés par IRM (MRgFUS), stimulation cérébrale profonde (SCP), sévérité des tremblements, qualité de vie</t>
+  </si>
+  <si>
+    <t>20/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2024 11:52:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520474/fr/evaluation-de-l-ablation-unilaterale-de-cibles-cerebrales-en-condition-stereotaxique-a-l-aide-d-ultrasons-focalises-guides-par-irm-mrgfus</t>
+  </si>
+  <si>
+    <t>p_3520474</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192534/fr/commission-de-la-transparence-reunion-a-distance-du-9-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192534</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 24 juin 2020</t>
+  </si>
+  <si>
+    <t>17/06/2020 13:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190382/fr/commission-de-la-transparence-reunion-a-distance-du-24-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3190382</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 février 2019</t>
+  </si>
+  <si>
+    <t>20/02/2019 14:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905798/fr/commission-de-la-transparence-reunion-du-27-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2905798</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 12 février 2019</t>
+  </si>
+  <si>
+    <t>12/02/2019 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904174/fr/ceesp-reunion-du-12-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2904174</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 23 mars 2016</t>
+  </si>
+  <si>
+    <t>17/03/2016 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617806/fr/college-deliberatif-du-23-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2617806</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 juin 2014</t>
+  </si>
+  <si>
+    <t>06/06/2014 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1745376/fr/commission-de-la-transparence-reunion-du-11-juin-2014</t>
+  </si>
+  <si>
+    <t>c_1745376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités MULTAQ et CLAREAL par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu</t>
+  </si>
+  <si>
+    <t>04/07/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265267/fr/commission-de-la-transparence-reunion-du-4-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1265267</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2017.0068/AC/SEM du 12 juillet 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité NOYADA (captopril)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité NOYADA (captopril), validées par l’ANSM, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes :# # – Indication n°1 : « L’hypertension artérielle de l’enfant de plus de 6 ans, de l’adulte qui n’ont pas de troubles de la déglutition ».# – Indication n°2 : « L’insuffisance cardiaque de l’enfant de plus de 6 ans, de l’adulte qui n’ont pas de troubles de la déglutition ».# – Indication n°3 : « L’infarctus du myocarde des adultes qui n’ont pas de troubles de la déglutition :#  Traitement de courte durée (4 semaines) : NOYADA est indiqué dans les 24 premières heures chez les patients en situation hémodynamique stable.#  Prévention à long terme de l'insuffisance cardiaque symptomatique : NOYADA est indiqué chez les patients cliniquement stables avec dysfonction ventriculaire gauche asymptomatique (fraction d'éjection ≤ à 40 %) ».# Pour les indications n°1 et n°3, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.# Pour l’indication n°2, la Haute Autorité de santé n’a pas identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# L’indication n°4 : « Néphropathie diabétique du diabète de type I : NOYADA est indiqué dans le traitement de la néphropathie diabétique macroprotéinurique du diabète insulinodépendant », validée par l’ANSM, est identique à celle définie dans l’autorisation temporaire d’utilisation de cohorte de la spécialité NOYADA.# Par conséquent, cette indication n’entre pas dans le cadre du 2° du I de l’article L. 162-16-5-2 du code de la sécurité sociale qui concerne uniquement les indications mentionnées dans l’autorisation de mise sur le marché et n’ayant pas fait l’objet d’une autorisation temporaire d’utilisation. Il n’y a donc pas lieu d’identifier, pour cette spécialité, des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.</t>
+  </si>
+  <si>
+    <t>21/06/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>18/07/2017 16:22:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786174/fr/avis-n-2017-0068/ac/sem-du-12-juillet-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-noyada-captopril</t>
+  </si>
+  <si>
+    <t>c_2786174</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0060/DC/SEM du 23 mars 2016 du collège de la Haute Autorité de santé portant sur la recommandation relative à la prise en charge à titre dérogatoire de HEMANGIOL 3,75 mg/ml, solution buvable (propranolol) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # * Le syndrome de Marfan, maladie systémique du tissu conjonctif dont les manifestations, notamment cardiovasculaires peuvent être graves, * L’absence de spécialité de même principe actif, de même dosage et de même forme pharmaceutique et remboursable à ce jour chez ces patients en attente de chirurgie, * Le fait que l’utilisation de ce médicament ait un intérêt thérapeutique pour les patients, le Collège de la HAS considère que la spécialité HEMANGIOL 3,75 mg/ml, solution buvable (propranolol) peut faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des enfants avec syndrome de Marfan et justifiant d’un traitement par bétabloquant » si le prescripteur estime qu’elle est indispensable pour le traitement de ces patients.</t>
+  </si>
+  <si>
+    <t>23/03/2016 09:33:00</t>
+  </si>
+  <si>
+    <t>29/03/2016 13:39:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620171/fr/decision-n2016-0060/dc/sem-du-23-mars-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-hemangiol-3-75-mg/ml-solution-buvable-propranolol-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2620171</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0019/AC/SEM du 2 avril 2014 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité HEMANGIOL (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Les indications de l’autorisation de mise sur le marché de la spécialité HEMANGIOL qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte concernent les patients avec une hémangiome : - ulcérés avec douleurs, - avec risque de cicatrice permanente ou défigurante. Pour ces indications, la HAS a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de la sécurité sociale ; ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>02/04/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>13/05/2014 12:19:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740755/fr/avis-n-2014-0019/ac/sem-du-2-avril-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-hemangiol-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1740755</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>HEMIPRALON (propranolol (chlorhydrate))</t>
+  </si>
+  <si>
+    <t>12/09/2007 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985431/fr/hemipralon-propranolol-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985431</t>
+  </si>
+  <si>
+    <t>propranolol (chlorhydrate)</t>
+  </si>
+  <si>
+    <t>BEAUFOUR IPSEN Pharma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399684/fr/hemipralon-lp-propranolol-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594444/fr/hemipralon-propranolol-chlorhydrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
+      <c r="B3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+      <c r="I3" t="s">
+        <v>23</v>
+      </c>
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C2" t="s">
+        <v>38</v>
+      </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>41</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>36</v>
+      </c>
+      <c r="B3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>45</v>
+      </c>
+      <c r="H3" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C4" t="s">
+        <v>48</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>49</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>50</v>
+      </c>
+      <c r="H4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>55</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" t="s">
+        <v>58</v>
+      </c>
+      <c r="C6" t="s">
+        <v>59</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>60</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>61</v>
+      </c>
+      <c r="H6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>36</v>
+      </c>
+      <c r="B7" t="s">
+        <v>63</v>
+      </c>
+      <c r="C7" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>60</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>65</v>
+      </c>
+      <c r="H7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>69</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>70</v>
+      </c>
+      <c r="H8" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" t="s">
+        <v>72</v>
+      </c>
+      <c r="C9" t="s">
+        <v>73</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>74</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>75</v>
+      </c>
+      <c r="H9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>36</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>79</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>80</v>
+      </c>
+      <c r="H10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>36</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>84</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>85</v>
+      </c>
+      <c r="H11" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" t="s">
+        <v>87</v>
+      </c>
+      <c r="C12" t="s">
+        <v>88</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>89</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>90</v>
+      </c>
+      <c r="H12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>36</v>
+      </c>
+      <c r="B13" t="s">
+        <v>92</v>
+      </c>
+      <c r="C13" t="s">
+        <v>93</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>94</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>95</v>
+      </c>
+      <c r="H13" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>36</v>
+      </c>
+      <c r="B14" t="s">
+        <v>97</v>
+      </c>
+      <c r="C14" t="s">
+        <v>98</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>99</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>100</v>
+      </c>
+      <c r="H14" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C15" t="s">
+        <v>103</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>104</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>105</v>
+      </c>
+      <c r="H15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" t="s">
+        <v>107</v>
+      </c>
+      <c r="C16" t="s">
+        <v>108</v>
+      </c>
+      <c r="D16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E16" t="s">
+        <v>110</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>111</v>
+      </c>
+      <c r="H16" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
+        <v>113</v>
+      </c>
+      <c r="C17" t="s">
+        <v>114</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>115</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>116</v>
+      </c>
+      <c r="H17" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" t="s">
+        <v>118</v>
+      </c>
+      <c r="C18" t="s">
+        <v>119</v>
+      </c>
+      <c r="D18" t="s">
+        <v>120</v>
+      </c>
+      <c r="E18" t="s">
+        <v>121</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H18" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>36</v>
+      </c>
+      <c r="B19" t="s">
+        <v>124</v>
+      </c>
+      <c r="C19" t="s">
+        <v>125</v>
+      </c>
+      <c r="D19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E19" t="s">
+        <v>127</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>128</v>
+      </c>
+      <c r="H19" t="s">
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C2" t="s">
+        <v>132</v>
+      </c>
+      <c r="D2" t="s">
+        <v>133</v>
+      </c>
+      <c r="E2" t="s">
+        <v>134</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>135</v>
+      </c>
+      <c r="H2" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B3" t="s">
+        <v>137</v>
+      </c>
+      <c r="C3" t="s">
+        <v>138</v>
+      </c>
+      <c r="D3" t="s">
+        <v>139</v>
+      </c>
+      <c r="E3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>141</v>
+      </c>
+      <c r="H3" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>130</v>
+      </c>
+      <c r="B4" t="s">
+        <v>143</v>
+      </c>
+      <c r="C4" t="s">
+        <v>144</v>
+      </c>
+      <c r="D4" t="s">
+        <v>145</v>
+      </c>
+      <c r="E4" t="s">
+        <v>146</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>147</v>
+      </c>
+      <c r="H4" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>130</v>
+      </c>
+      <c r="B5" t="s">
+        <v>149</v>
+      </c>
+      <c r="C5" t="s">
+        <v>150</v>
+      </c>
+      <c r="D5" t="s">
+        <v>151</v>
+      </c>
+      <c r="E5" t="s">
+        <v>152</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>153</v>
+      </c>
+      <c r="H5" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>130</v>
+      </c>
+      <c r="B6" t="s">
+        <v>155</v>
+      </c>
+      <c r="C6" t="s">
+        <v>156</v>
+      </c>
+      <c r="D6" t="s">
+        <v>157</v>
+      </c>
+      <c r="E6" t="s">
+        <v>158</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>159</v>
+      </c>
+      <c r="H6" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>130</v>
+      </c>
+      <c r="B7" t="s">
+        <v>161</v>
+      </c>
+      <c r="C7" t="s">
+        <v>162</v>
+      </c>
+      <c r="D7" t="s">
+        <v>151</v>
+      </c>
+      <c r="E7" t="s">
+        <v>163</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>164</v>
+      </c>
+      <c r="H7" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>130</v>
+      </c>
+      <c r="B8" t="s">
+        <v>166</v>
+      </c>
+      <c r="C8" t="s">
+        <v>167</v>
+      </c>
+      <c r="D8" t="s">
+        <v>168</v>
+      </c>
+      <c r="E8" t="s">
+        <v>169</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>170</v>
+      </c>
+      <c r="H8" t="s">
+        <v>171</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>172</v>
+      </c>
+      <c r="B2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C2" t="s">
+        <v>174</v>
+      </c>
+      <c r="D2" t="s">
+        <v>175</v>
+      </c>
+      <c r="E2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>177</v>
+      </c>
+      <c r="H2" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B3" t="s">
+        <v>179</v>
+      </c>
+      <c r="C3" t="s">
+        <v>180</v>
+      </c>
+      <c r="D3" t="s">
+        <v>181</v>
+      </c>
+      <c r="E3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>183</v>
+      </c>
+      <c r="H3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>186</v>
+      </c>
+      <c r="B2" t="s">
+        <v>187</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>189</v>
+      </c>
+      <c r="H2" t="s">
+        <v>190</v>
+      </c>
+      <c r="I2" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>186</v>
+      </c>
+      <c r="B3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>194</v>
+      </c>
+      <c r="H3" t="s">
+        <v>195</v>
+      </c>
+      <c r="I3" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>186</v>
+      </c>
+      <c r="B4" t="s">
+        <v>196</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>197</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>198</v>
+      </c>
+      <c r="H4" t="s">
+        <v>199</v>
+      </c>
+      <c r="I4" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>186</v>
+      </c>
+      <c r="B5" t="s">
+        <v>200</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>201</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>202</v>
+      </c>
+      <c r="H5" t="s">
+        <v>203</v>
+      </c>
+      <c r="I5" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>186</v>
+      </c>
+      <c r="B6" t="s">
+        <v>204</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>205</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>206</v>
+      </c>
+      <c r="H6" t="s">
+        <v>207</v>
+      </c>
+      <c r="I6" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>186</v>
+      </c>
+      <c r="B7" t="s">
+        <v>208</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>209</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>210</v>
+      </c>
+      <c r="H7" t="s">
+        <v>211</v>
+      </c>
+      <c r="I7" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>186</v>
+      </c>
+      <c r="B8" t="s">
+        <v>212</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>213</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>214</v>
+      </c>
+      <c r="H8" t="s">
+        <v>215</v>
+      </c>
+      <c r="I8" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>186</v>
+      </c>
+      <c r="B9" t="s">
+        <v>216</v>
+      </c>
+      <c r="C9" t="s">
+        <v>217</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>218</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>219</v>
+      </c>
+      <c r="H9" t="s">
+        <v>220</v>
+      </c>
+      <c r="I9" t="s">
+        <v>191</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>221</v>
+      </c>
+      <c r="B2" t="s">
+        <v>222</v>
+      </c>
+      <c r="C2" t="s">
+        <v>223</v>
+      </c>
+      <c r="D2" t="s">
+        <v>224</v>
+      </c>
+      <c r="E2" t="s">
+        <v>225</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>226</v>
+      </c>
+      <c r="H2" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>221</v>
+      </c>
+      <c r="B3" t="s">
+        <v>228</v>
+      </c>
+      <c r="C3" t="s">
+        <v>229</v>
+      </c>
+      <c r="D3" t="s">
+        <v>230</v>
+      </c>
+      <c r="E3" t="s">
+        <v>231</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>232</v>
+      </c>
+      <c r="H3" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>221</v>
+      </c>
+      <c r="B4" t="s">
+        <v>234</v>
+      </c>
+      <c r="C4" t="s">
+        <v>235</v>
+      </c>
+      <c r="D4" t="s">
+        <v>236</v>
+      </c>
+      <c r="E4" t="s">
+        <v>237</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>238</v>
+      </c>
+      <c r="H4" t="s">
+        <v>239</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>240</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>242</v>
+      </c>
+      <c r="B2" t="s">
+        <v>243</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>244</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>245</v>
+      </c>
+      <c r="H2" t="s">
+        <v>246</v>
+      </c>
+      <c r="I2" t="s">
+        <v>247</v>
+      </c>
+      <c r="J2" t="s">
+        <v>248</v>
+      </c>
+      <c r="K2" t="s">
+        <v>249</v>
+      </c>
+      <c r="L2" t="s">
+        <v>250</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>