--- v1 (2025-12-21)
+++ v2 (2026-02-16)
@@ -146,51 +146,51 @@
   <si>
     <t>ACTIVA</t>
   </si>
   <si>
     <t>03/11/2004 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398732/fr/activa</t>
   </si>
   <si>
     <t>c_398732</t>
   </si>
   <si>
     <t>Medtronic France</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Syndrome de Marfan et apparentés</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
   </si>
   <si>
     <t>c_676981</t>
   </si>
   <si>
     <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
   </si>