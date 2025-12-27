--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="418" uniqueCount="246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="426" uniqueCount="251">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -140,50 +140,80 @@
   <si>
     <t>c_958863</t>
   </si>
   <si>
     <t>MEDTRONIC France SAS</t>
   </si>
   <si>
     <t>ACTIVA</t>
   </si>
   <si>
     <t>03/11/2004 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398732/fr/activa</t>
   </si>
   <si>
     <t>c_398732</t>
   </si>
   <si>
     <t>Medtronic France</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
     <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>19/12/2024 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
   </si>
   <si>
     <t>p_3574785</t>
   </si>
   <si>
     <t>Syndrome de Résistance aux Hormones Thyroïdiennes par variant pathogène de THRB</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de RHTβ. Il a été élaboré par le Centre de Référence des Maladies Rares de la Thyroïde et des Récepteurs Hormonaux (CRMR-TRH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/02/2024 00:00:00</t>
   </si>
   <si>
     <t>09/02/2024 08:27:00</t>
@@ -351,65 +381,50 @@
     <t>04/03/2021 00:00:00</t>
   </si>
   <si>
     <t>09/03/2021 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
   </si>
   <si>
     <t>p_3241227</t>
   </si>
   <si>
     <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
   </si>
   <si>
     <t>p_3187041</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_676981</t>
   </si>
   <si>
     <t>ALD hors liste - Syndrome de Cushing</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
   </si>
   <si>
     <t>17/09/2008 00:00:00</t>
   </si>
   <si>
     <t>09/12/2008 11:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
   </si>
   <si>
     <t>c_722917</t>
   </si>
   <si>
     <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
   </si>
@@ -989,51 +1004,51 @@
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>33</v>
       </c>
       <c r="H5" t="s">
         <v>34</v>
       </c>
       <c r="I5" t="s">
         <v>12</v>
       </c>
       <c r="J5" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1058,158 +1073,158 @@
       </c>
       <c r="E2" t="s">
         <v>39</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>40</v>
       </c>
       <c r="H2" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>36</v>
       </c>
       <c r="B3" t="s">
         <v>42</v>
       </c>
       <c r="C3" t="s">
         <v>43</v>
       </c>
       <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>44</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>45</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" t="s">
+        <v>47</v>
+      </c>
+      <c r="C4" t="s">
         <v>48</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>49</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>50</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>36</v>
       </c>
       <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
         <v>53</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>54</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>36</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>36</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
         <v>65</v>
       </c>
       <c r="H7" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>68</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
@@ -1344,956 +1359,982 @@
       </c>
       <c r="E13" t="s">
         <v>94</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
         <v>95</v>
       </c>
       <c r="H13" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>36</v>
       </c>
       <c r="B14" t="s">
         <v>97</v>
       </c>
       <c r="C14" t="s">
         <v>98</v>
       </c>
       <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
         <v>99</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
         <v>100</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>36</v>
       </c>
       <c r="B15" t="s">
+        <v>102</v>
+      </c>
+      <c r="C15" t="s">
         <v>103</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
         <v>104</v>
       </c>
-      <c r="D15" t="s">
-[...2 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
         <v>105</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>36</v>
       </c>
       <c r="B16" t="s">
+        <v>107</v>
+      </c>
+      <c r="C16" t="s">
         <v>108</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E16" t="s">
         <v>110</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
         <v>111</v>
       </c>
       <c r="H16" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>36</v>
       </c>
       <c r="B17" t="s">
         <v>113</v>
       </c>
       <c r="C17" t="s">
         <v>114</v>
       </c>
       <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
         <v>115</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
         <v>116</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>36</v>
       </c>
       <c r="B18" t="s">
+        <v>118</v>
+      </c>
+      <c r="C18" t="s">
         <v>119</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>120</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>121</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
         <v>122</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>123</v>
       </c>
-      <c r="H18" t="s">
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>36</v>
+      </c>
+      <c r="B19" t="s">
         <v>124</v>
+      </c>
+      <c r="C19" t="s">
+        <v>125</v>
+      </c>
+      <c r="D19" t="s">
+        <v>126</v>
+      </c>
+      <c r="E19" t="s">
+        <v>127</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>128</v>
+      </c>
+      <c r="H19" t="s">
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="C2" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="D2" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="E2" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="H2" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B3" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C3" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="D3" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="E3" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="H3" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B4" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="C4" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="D4" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="E4" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="H4" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B5" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="C5" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="D5" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="E5" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="H5" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B6" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C6" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="D6" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="E6" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="H6" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B7" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C7" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="D7" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="E7" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="H7" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B8" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C8" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D8" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="E8" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="H8" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="B2" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="C2" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="D2" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="E2" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="H2" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="B3" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="C3" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="D3" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="E3" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="H3" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B2" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="H2" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="I2" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B3" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="H3" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="I3" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B4" t="s">
+        <v>196</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>197</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>198</v>
+      </c>
+      <c r="H4" t="s">
+        <v>199</v>
+      </c>
+      <c r="I4" t="s">
         <v>191</v>
-      </c>
-[...19 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B5" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="H5" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="I5" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B6" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="H6" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="I6" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B7" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="H7" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="I7" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B8" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="H8" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="I8" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B9" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="C9" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="H9" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="I9" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="B2" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="C2" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="D2" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="E2" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="H2" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="B3" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="C3" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="D3" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="E3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="H3" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="B4" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="C4" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="D4" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="E4" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="H4" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B2" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="H2" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="I2" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="J2" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="K2" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="L2" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>