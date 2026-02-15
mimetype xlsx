--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,2340 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="426" uniqueCount="251">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>INFINITY</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>15/12/2020 00:00:00</t>
-[...509 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
-  </si>
-[...196 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_594444/fr/hemipralon-propranolol-chlorhydrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...611 lines deleted...]
-        <v>129</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...792 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>