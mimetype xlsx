--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,599 +1,254 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Active tuberculosis</t>
+  </si>
+  <si>
+    <t>This guide is intended to be a pragmatic reference tool for doctors managing active tuberculosis.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/26/2025 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/11/2024 15:16:00</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2021762/fr/tests-in-vitro-de-depistage-de-l-infection-tuberculeuse-latente-par-detection-de-production-d-interferon-gamma</t>
+    <t>https://www.has-sante.fr/jcms/c_482999/en/active-tuberculosis</t>
+  </si>
+  <si>
+    <t>c_482999</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Interferon-gamma release assays as in vitro screening tests for latent tuberculosis infection</t>
+  </si>
+  <si>
+    <t>The aim of this report is to establish whether data from a critical analysis of good practice guidelines are coherent with the information in the application from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) and therefore support this application for the inclusion of IGRA tests on the list of procedures and services reimbursed by National Health Insurance.</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/29/2015 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021762/en/interferon-gamma-release-assays-as-in-vitro-screening-tests-for-latent-tuberculosis-infection</t>
   </si>
   <si>
     <t>c_2021762</t>
-  </si>
-[...88 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2875374/fr/pirilene-pyrazinamide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
         <v>13</v>
       </c>
-      <c r="H2" t="s">
-        <v>14</v>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...273 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>