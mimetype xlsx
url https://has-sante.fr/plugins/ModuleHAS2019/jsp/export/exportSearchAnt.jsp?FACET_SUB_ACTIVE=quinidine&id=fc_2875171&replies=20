--- v0 (2025-11-02)
+++ v1 (2025-12-20)
@@ -1,207 +1,1370 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="235" uniqueCount="134">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/26/2007 13:44:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ASSERT-IQ EL+</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>03/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2025 12:04:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585488/fr/assert-iq-el</t>
+  </si>
+  <si>
+    <t>p_3585488</t>
+  </si>
+  <si>
+    <t>Moniteur cardiaque implantable</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS</t>
+  </si>
+  <si>
+    <t>ASSERT-IQ 3+</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585498/fr/assert-iq-3</t>
+  </si>
+  <si>
+    <t>p_3585498</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Syndrome de Brugada</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Brugada. Il a été élaboré par le Centre de référence pour la prise en charge des maladies rythmiques héréditaires de l’Ouest à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289995/fr/syndrome-de-brugada</t>
+  </si>
+  <si>
+    <t>p_3289995</t>
+  </si>
+  <si>
+    <t>Syndrome du QT Long</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome du QT Long. Il a été élaboré par le Centre de Référence des Maladies cardiaques héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290161/fr/syndrome-du-qt-long</t>
+  </si>
+  <si>
+    <t>p_3290161</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités MULTAQ et CLAREAL par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu</t>
+  </si>
+  <si>
+    <t>04/07/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265267/fr/commission-de-la-transparence-reunion-du-4-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1265267</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0203/DC/SEM du 16 septembre 2015 et n°2015.0235/DC/SEM du 4 novembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire des spécialités à base de vérapamil (ISOPTINE et ses génériques) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# La pathologie, l’algie vasculaire de la face, est fréquente, sévère et invalidante et peut altérer la qualité de vie du patient,# Il n’y a pas d’alternative appropriée et remboursable dans le traitement prophylactique de l’algie vasculaire de la face,# L’utilisation de ce médicament semble indispensable pour le traitement prophylactique de ces patients pour améliorer leur état de santé ou éviter leur dégradation,# le Collège de la HAS considère que les spécialités ISOPTINE et génériques (vérapamil), doivent faire l’objet d’une prise en charge dérogatoire dans le traitement prophylactique de l’algie vasculaire de la face.# Le Collège alerte les prescripteurs et les décideurs sur le risque cardiaque lié à l’association du vérapamil avec les bêtabloquants et les anti-arythmiques.</t>
+  </si>
+  <si>
+    <t>16/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2015 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062720/fr/decision-n-2015-0203/dc/sem-du-16-septembre-2015-et-n2015-0235/dc/sem-du-4-novembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-des-specialites-a-base-de-verapamil-isoptine-et-ses-generiques-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2062720</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>QUINIMAX (quinine/ quinidine/ cinchonine/ cinchonidine)</t>
+  </si>
+  <si>
+    <t>16/02/2018 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983402/fr/quinimax-quinine/-quinidine/-cinchonine/-cinchonidine</t>
+  </si>
+  <si>
+    <t>pprd_2983402</t>
+  </si>
+  <si>
+    <t>quinine,quinidine,cinchonine,cinchonidine</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399108/fr/quinimax-125-mg-comprimes-pellicules-secables-tube-de-18-quinimax-500-mg-comprimes-pellicules-secables-tube-de-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399107/fr/quinimax-125-mg/1-ml-solution-injectable-en-ampoules-quinimax-250-mg/2-ml-solution-injectable-en-ampoules-quinimax-500-mg/4-ml-solution-injectable-en-ampoules-boite-de-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468667/fr/quinimax-quinine/-quinidine/-cinchonine/-cinchonidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298553/fr/quinimax-quinine/-quinidine/-cinchonine/-cinchonidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826582/fr/quinimax-quinine/-quinidine/-cinchonine/-cinchonidine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+      <c r="I3" t="s">
+        <v>17</v>
+      </c>
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>51</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>57</v>
+      </c>
+      <c r="H7" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" t="s">
+        <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>68</v>
+      </c>
+      <c r="H9" t="s">
+        <v>69</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>75</v>
+      </c>
+      <c r="H2" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C3" t="s">
+        <v>78</v>
+      </c>
+      <c r="D3" t="s">
+        <v>79</v>
+      </c>
+      <c r="E3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>81</v>
+      </c>
+      <c r="H3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>70</v>
+      </c>
+      <c r="B4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>87</v>
+      </c>
+      <c r="H4" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B5" t="s">
+        <v>89</v>
+      </c>
+      <c r="C5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D5" t="s">
+        <v>91</v>
+      </c>
+      <c r="E5" t="s">
+        <v>92</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>93</v>
+      </c>
+      <c r="H5" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>70</v>
+      </c>
+      <c r="B6" t="s">
+        <v>95</v>
+      </c>
+      <c r="C6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D6" t="s">
+        <v>97</v>
+      </c>
+      <c r="E6" t="s">
+        <v>98</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>99</v>
+      </c>
+      <c r="H6" t="s">
+        <v>100</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>102</v>
+      </c>
+      <c r="B2" t="s">
+        <v>103</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>104</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>105</v>
+      </c>
+      <c r="H2" t="s">
+        <v>106</v>
+      </c>
+      <c r="I2" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>102</v>
+      </c>
+      <c r="B3" t="s">
+        <v>108</v>
+      </c>
+      <c r="C3" t="s">
+        <v>109</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>111</v>
+      </c>
+      <c r="H3" t="s">
+        <v>112</v>
+      </c>
+      <c r="I3" t="s">
+        <v>107</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B2" t="s">
+        <v>114</v>
+      </c>
+      <c r="C2" t="s">
+        <v>115</v>
+      </c>
+      <c r="D2" t="s">
+        <v>116</v>
+      </c>
+      <c r="E2" t="s">
+        <v>117</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>118</v>
+      </c>
+      <c r="H2" t="s">
+        <v>119</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>120</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B2" t="s">
+        <v>123</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>124</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>125</v>
+      </c>
+      <c r="H2" t="s">
+        <v>126</v>
+      </c>
+      <c r="I2" t="s">
+        <v>127</v>
+      </c>
+      <c r="J2" t="s">
+        <v>128</v>
+      </c>
+      <c r="K2" t="s">
+        <v>129</v>
+      </c>
+      <c r="L2" t="s">
+        <v>130</v>
+      </c>
+      <c r="M2" t="s">
+        <v>131</v>
+      </c>
+      <c r="N2" t="s">
+        <v>132</v>
+      </c>
+      <c r="O2" t="s">
+        <v>133</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>