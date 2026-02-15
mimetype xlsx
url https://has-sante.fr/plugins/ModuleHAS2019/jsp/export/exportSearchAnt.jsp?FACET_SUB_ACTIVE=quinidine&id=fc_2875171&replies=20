--- v1 (2025-12-20)
+++ v2 (2026-02-15)
@@ -125,51 +125,51 @@
   <si>
     <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
   </si>
   <si>
     <t>21/05/2014 00:00:00</t>
   </si>
   <si>
     <t>13/02/2015 12:19:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
   </si>
   <si>
     <t>c_2012494</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>p_3761395</t>
   </si>
   <si>
     <t>Syndrome de Brugada</t>
   </si>