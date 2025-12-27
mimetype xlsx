--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -6,60 +6,60 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="297" uniqueCount="178">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
@@ -92,50 +92,236 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
   </si>
   <si>
     <t>c_2012494</t>
   </si>
   <si>
     <t>Principes de dépistage du diabète de type 2</t>
   </si>
   <si>
     <t>Cette étude évalue l'intérêt du dépistage du diabète de type 2 au regard des critères prévus par l'OMS (données épidémiologiques, histoire de la maladie, performance des tests, efficacité et efficience), analyse les recommandations existantes et propose de nouvelles modalités de dépistage pour la France métropolitaine : un dépistage opportuniste ciblé pour les sujets de plus de 45 ans et avec certains facteurs de risque cardiovasculaire associés etun dépistage communautaire chez le sujet de plus de 45 ans en situation de précarité.</t>
   </si>
   <si>
     <t>01/02/2003 00:00:00</t>
   </si>
   <si>
     <t>01/02/2003 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_464100/fr/principes-de-depistage-du-diabete-de-type-2</t>
   </si>
   <si>
     <t>c_464100</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Maculopathies génétiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Maculopathies génétiques. Il a été élaboré par le Centre de référence "Maladies sensorielles génétiques" MAOLYA sous l’égide et avec le partenariat de la Filière de santé des maladies rares sensorielles SENSGENE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280084/fr/maculopathies-genetiques</t>
+  </si>
+  <si>
+    <t>p_3280084</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Syndrome de Cohen</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole est d’expliquer aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle ainsi que le parcours de soins pour cette maladie rare.</t>
+  </si>
+  <si>
+    <t>29/11/2017 10:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807912/fr/syndrome-de-cohen</t>
+  </si>
+  <si>
+    <t>c_2807912</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>c_2776017</t>
+  </si>
+  <si>
+    <t>Sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de Sclérose latérale amyotrophique.</t>
+  </si>
+  <si>
+    <t>18/11/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573383/fr/sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>c_2573383</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 9 : sclérose latérale amyotrophique (SLA).</t>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2007 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538662/fr/ald-n-9-sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>c_538662</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>
   <si>
     <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
   </si>
   <si>
     <t>13/02/2025 00:00:00</t>
   </si>
   <si>
     <t>18/02/2025 14:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
   </si>
   <si>
     <t>c_2857558</t>
   </si>
   <si>
     <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
   </si>
   <si>
     <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
@@ -147,236 +333,50 @@
     <t>17/11/2014 17:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
   </si>
   <si>
     <t>c_1718021</t>
   </si>
   <si>
     <t>Prise en charge des personnes atteintes de sclérose latérale amyotrophique</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : 1. Comment fait-on le diagnostic de sclérose latérale amyotrophique (SLA) ? 2. Comment dit-on le diagnostic de SLA ? 3. Comment évalue-t-on l’évolution de la SLA et quels outils utiliser ? 4. Quelles thérapies et quel suivi pour le patient atteint de SLA et son entourage ? 5. Quelle est la place de la suppléance des fonctions vitales chez le patient atteint de SLA ?</t>
   </si>
   <si>
     <t>02/02/2006 00:00:00</t>
   </si>
   <si>
     <t>02/02/2006 15:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_409014/fr/prise-en-charge-des-personnes-atteintes-de-sclerose-laterale-amyotrophique</t>
   </si>
   <si>
     <t>c_409014</t>
-  </si>
-[...184 lines deleted...]
-    <t>c_538662</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Purpura thrombotique thrombocytopénique - Exploration d’ADAMTS-13</t>
   </si>
   <si>
     <t>Cette évaluation répond à une demande de l’Union nationale des caisses d’Assurance maladie qui souhaitait que la HAS se prononce sur l’opportunité du transfert éventuel de deux actes (mesure d’activité d’ADAMTS-13 [pour A disintegrin and metalloprotease with thrombospondin type 1 repeats, member 13] et recherche/titrage d’anticorps anti-ADAMTS-13) de la liste complémentaire vers la nomenclature des actes de biologie médicale (NABM). En sus de ces deux actes, la HAS a évalué la recherche de mutations dans le gène codant ADAMTS-13 qui n’est pas inscrit à la NABM. Ces trois actes sont réalisés dans le cadre du purpura thrombotique thrombocytopénique (PTT) ou maladie de Moschcowitz</t>
   </si>
   <si>
     <t>17/11/2022 00:00:00</t>
   </si>
   <si>
     <t>23/11/2022 17:04:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3388869/fr/purpura-thrombotique-thrombocytopenique-exploration-d-adamts-13</t>
   </si>
   <si>
     <t>p_3388869</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
@@ -700,509 +700,509 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" t="s">
+        <v>31</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>32</v>
+      </c>
+      <c r="H3" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>34</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" t="s">
+        <v>55</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>56</v>
+      </c>
+      <c r="H8" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" t="s">
+        <v>59</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>61</v>
+      </c>
+      <c r="H9" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>63</v>
+      </c>
+      <c r="C10" t="s">
+        <v>64</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>65</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H10" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" t="s">
+        <v>68</v>
+      </c>
+      <c r="C11" t="s">
+        <v>69</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>70</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" t="s">
+        <v>74</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>75</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>76</v>
+      </c>
+      <c r="H12" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" t="s">
+        <v>78</v>
+      </c>
+      <c r="C13" t="s">
+        <v>79</v>
+      </c>
+      <c r="D13" t="s">
+        <v>80</v>
+      </c>
+      <c r="E13" t="s">
+        <v>81</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>82</v>
+      </c>
+      <c r="H13" t="s">
+        <v>83</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="D2" t="s">
-        <v>25</v>
+        <v>87</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>88</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>89</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>90</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>91</v>
       </c>
       <c r="C3" t="s">
-        <v>30</v>
+        <v>92</v>
       </c>
       <c r="D3" t="s">
-        <v>31</v>
+        <v>93</v>
       </c>
       <c r="E3" t="s">
-        <v>32</v>
+        <v>94</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>33</v>
+        <v>95</v>
       </c>
       <c r="H3" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>84</v>
       </c>
       <c r="B4" t="s">
-        <v>35</v>
+        <v>97</v>
       </c>
       <c r="C4" t="s">
-        <v>36</v>
+        <v>98</v>
       </c>
       <c r="D4" t="s">
-        <v>37</v>
+        <v>99</v>
       </c>
       <c r="E4" t="s">
-        <v>38</v>
+        <v>100</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>39</v>
+        <v>101</v>
       </c>
       <c r="H4" t="s">
-        <v>40</v>
-[...350 lines deleted...]
-      <c r="H13" t="s">
         <v>102</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">