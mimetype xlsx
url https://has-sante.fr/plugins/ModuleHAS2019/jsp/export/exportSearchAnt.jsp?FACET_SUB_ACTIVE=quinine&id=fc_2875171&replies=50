--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,658 +1,205 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="297" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="31">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>13/02/2015 12:19:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care of patients with amyotrophic lateral sclerosis (ALS) (23-24 November 2004)</t>
+  </si>
+  <si>
+    <t>Questions put to the jury: 1. How to diagnose ALS? 2. How to break the news of ALS? 3. How to assess the course of ALS and what instruments to use? 4. What therapies and follow-up are available for patients with ALS and their families? 5. What is the role of life support in patients with ALS?</t>
+  </si>
+  <si>
+    <t>02/02/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>02/02/2006 15:30:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
-[...260 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_409014/fr/prise-en-charge-des-personnes-atteintes-de-sclerose-laterale-amyotrophique</t>
+    <t>https://www.has-sante.fr/jcms/c_409014/en/care-of-patients-with-amyotrophic-lateral-sclerosis-als-23-24-november-2004</t>
   </si>
   <si>
     <t>c_409014</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...140 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2826582/fr/quinimax-quinine/-quinidine/-cinchonine/-cinchonidine</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>QUININE LAFRAN (ascorbique (acide)/ quinine (bisulfate de) heptahydrate/ quinine (chlo...)</t>
   </si>
   <si>
-    <t>27/04/2015 10:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984559/fr/quinine-lafran-ascorbique-acide-/-quinine-bisulfate-de-heptahydrate/-quinine-chlo</t>
+    <t>04/27/2015 10:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984559/en/quinine-lafran-ascorbique-acide-/-quinine-bisulfate-de-heptahydrate/-quinine-chlo</t>
   </si>
   <si>
     <t>pprd_2984559</t>
   </si>
   <si>
     <t>ascorbique (acide),quinine (bisulfate de) heptahydrate,quinine (chlorhydrate de),quinine (sulfate de)</t>
   </si>
   <si>
     <t>LAFRAN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400821/fr/quinine-vitamine-c-grand-comprime-enrobe-boite-de-24-comprimes-308-874-5</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1060132/fr/hexaquine-benzoate-de-quinine/-chlorhydrate-de-thiamine</t>
+    <t>https://www.has-sante.fr/jcms/c_400821/en/quinine-vitamine-c-grand-comprime-enrobe-boite-de-24-comprimes-308-874-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468642/en/quinine-lafran-ascorbique-acide-/-quinine-bisulfate-de-heptahydrate/-quinine-chlo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990906/en/quinine-vitamine-c-grand-ascorbique-acide-/-quinine-bisulfate-de-heptahydrate/-quinine-chlo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060124/en/quinine-vitamine-c-grand</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028104/en/quinine-lafran-ascorbique-acide-/-quinine-bisulfate-de-heptahydrate/-quinine-chlo</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -666,1018 +213,139 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:O2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+      <c r="K2" t="s">
         <v>26</v>
       </c>
-      <c r="H2" t="s">
+      <c r="L2" t="s">
         <v>27</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B3" t="s">
+      <c r="M2" t="s">
         <v>28</v>
       </c>
-      <c r="C3" t="s">
+      <c r="N2" t="s">
         <v>29</v>
       </c>
-      <c r="D3" t="s">
+      <c r="O2" t="s">
         <v>30</v>
-      </c>
-[...867 lines deleted...]
-        <v>177</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>