--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -1,461 +1,1614 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="162">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>CARDIOMEMS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+    <t>27/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2021 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267496/fr/cardiomems</t>
+  </si>
+  <si>
+    <t>p_3267496</t>
+  </si>
+  <si>
+    <t>Capteur de pression artérielle pulmonaire</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Méthodes d’évaluation du risque cardio-vasculaire global</t>
+  </si>
+  <si>
+    <t>Le risque cardiovasculaire global est estimé soit par la sommation des facteurs de risque, (considérés comme présents ou absents et ayant un poids identique), soit par une modélisation statistique prenant en compte la valeur réelle de chacun d’eux. Ce rapport définit les limites respectives des méthodes d’estimation du risque cardio-vasculaire global et discute les bénéfices à attendre de l’utilisation des modèles de risque dans la pratique quotidienne en 2004.</t>
+  </si>
+  <si>
+    <t>15/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/fr/methodes-d-evaluation-du-risque-cardio-vasculaire-global</t>
   </si>
   <si>
     <t>r_1497591</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534673/en/chronic-symptomatic-heart-failure-with-preserved-systolic-function</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome d’Alport</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SA. Il a été élaboré par le Centre de Référence MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2025 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689000/fr/syndrome-d-alport</t>
+  </si>
+  <si>
+    <t>p_3689000</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2025 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534673/fr/ald-n-5-insuffisance-cardiaque-grave</t>
   </si>
   <si>
     <t>c_534673</t>
   </si>
   <si>
-    <t>Symptomatic chronic systolic heart failure</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
+  </si>
+  <si>
+    <t>01/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
+  </si>
+  <si>
+    <t>Le critère diagnostique retenu de l'artériopathie oblitérante des membres inférieurs (AOMI) est un index de pression systolique (IPS = rapport de la pression systolique à la cheville sur la pression systolique humérale) inférieur à 0,90. Seule l'AOMI d'origine athéromateuse est considérée.</t>
+  </si>
+  <si>
+    <t>01/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2006 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272513/fr/prise-en-charge-de-l-arteriopathie-chronique-obliterante-atherosclereuse-des-membres-inferieurs-indications-medicamenteuses-de-revascularisation-et-de-reeducation</t>
+  </si>
+  <si>
+    <t>c_272513</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments antihypertenseurs et place dans la stratégie thérapeutique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes classes d’antihypertenseurs dans la prise en charge de l’HTA essentielle. La méthode proposée est celle d’une évaluation des technologies de santé avec analyse médico-économique. Elle comporte la rédaction d’un argumentaire en collaboration avec un groupe de travail multidisciplinaire, soumis à la consultation d’un groupe de lecture. L’argumentaire repose sur : l’analyse exhaustive de la littérature clinique (efficacité, tolérance, persistence) et économique ; l’interrogation des bases de données de prescription disponibles ; la réalisation d’un modèle médico-économique. L’avis médico-économique est rédigé par le SEM et le SEESP, revu par la CEESP et par la CT, puis validé par le Collège.</t>
+  </si>
+  <si>
+    <t>01/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499422/fr/evaluation-des-medicaments-antihypertenseurs-et-place-dans-la-strategie-therapeutique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>r_1499422</t>
+  </si>
+  <si>
+    <t>Quelle place pour le candésartan (Atacand®, Kenzen®) dans l'insuffisance cardiaque ?</t>
+  </si>
+  <si>
+    <t>Un traitement de deuxième intention de l'insuffisance cardiaque.# Le candésartan est le premier antagoniste des récepteurs AT1 de l’angiotensine II (ARA II ou sartans) indiqué dans la prise en charge de l’insuffisance cardiaque (IC) systolique. Son emploi dans cette indication est toutefois limité à deux situations : il peut remplacer les inhibiteurs de l’enzyme de conversion (IEC) lorsqu’ils sont mal tolérés, ou leur être associé chez une partie des patients qui restent symptomatiques en dépit d’un traitement médical optimal.</t>
+  </si>
+  <si>
+    <t>31/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2006 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440019/fr/quelle-place-pour-le-candesartan-atacand-kenzen-dans-l-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>r_1440019</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 octobre 2019</t>
+  </si>
+  <si>
+    <t>16/10/2019 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113382/fr/commission-de-la-transparence-reunion-du-23-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3113382</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 juin 2016</t>
+  </si>
+  <si>
+    <t>23/06/2016 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640876/fr/commission-de-la-transparence-reunion-du-29-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2640876</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2016</t>
+  </si>
+  <si>
+    <t>04/05/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629937/fr/commission-de-la-transparence-reunion-du-11-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2629937</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2012</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité EDARBI par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>05/12/2012 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339317/fr/commission-de-la-transparence-reunion-du-5-decembre-2012</t>
+  </si>
+  <si>
+    <t>c_1339317</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2017.0068/AC/SEM du 12 juillet 2017 du collège de la Haute Autorité de santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité NOYADA (captopril)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité NOYADA (captopril), validées par l’ANSM, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes :# # – Indication n°1 : « L’hypertension artérielle de l’enfant de plus de 6 ans, de l’adulte qui n’ont pas de troubles de la déglutition ».# – Indication n°2 : « L’insuffisance cardiaque de l’enfant de plus de 6 ans, de l’adulte qui n’ont pas de troubles de la déglutition ».# – Indication n°3 : « L’infarctus du myocarde des adultes qui n’ont pas de troubles de la déglutition :#  Traitement de courte durée (4 semaines) : NOYADA est indiqué dans les 24 premières heures chez les patients en situation hémodynamique stable.#  Prévention à long terme de l'insuffisance cardiaque symptomatique : NOYADA est indiqué chez les patients cliniquement stables avec dysfonction ventriculaire gauche asymptomatique (fraction d'éjection ≤ à 40 %) ».# Pour les indications n°1 et n°3, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.# Pour l’indication n°2, la Haute Autorité de santé n’a pas identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# L’indication n°4 : « Néphropathie diabétique du diabète de type I : NOYADA est indiqué dans le traitement de la néphropathie diabétique macroprotéinurique du diabète insulinodépendant », validée par l’ANSM, est identique à celle définie dans l’autorisation temporaire d’utilisation de cohorte de la spécialité NOYADA.# Par conséquent, cette indication n’entre pas dans le cadre du 2° du I de l’article L. 162-16-5-2 du code de la sécurité sociale qui concerne uniquement les indications mentionnées dans l’autorisation de mise sur le marché et n’ayant pas fait l’objet d’une autorisation temporaire d’utilisation. Il n’y a donc pas lieu d’identifier, pour cette spécialité, des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.</t>
+  </si>
+  <si>
+    <t>21/06/2017 10:22:00</t>
+  </si>
+  <si>
+    <t>18/07/2017 16:22:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786174/fr/avis-n-2017-0068/ac/sem-du-12-juillet-2017-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-noyada-captopril</t>
+  </si>
+  <si>
+    <t>c_2786174</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0095/AC/SEM du 4 novembre 2015 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité ENTRESTO (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Dans les indications validées par le CHMP qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation décrites au paragraphe 02 de l’annexe du présent avis, la HAS a identifié des thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>04/11/2015 14:30:00</t>
+  </si>
+  <si>
+    <t>07/12/2015 17:57:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579309/fr/avis-n-2015-0095/ac/sem-du-4-novembre-2015-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-entresto-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2579309</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>PREMINOR (amlodipine/ ramipril)</t>
+  </si>
+  <si>
+    <t>07/11/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117362/fr/preminor-amlodipine/-ramipril</t>
+  </si>
+  <si>
+    <t>p_3117362</t>
+  </si>
+  <si>
+    <t>amlodipine,ramipril</t>
+  </si>
+  <si>
+    <t>LEURQUIN MEDIOLANUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117087/fr/preminor-amlodipine/-ramipril</t>
   </si>
   <si>
     <t>ILTRIA (ramipril/ acétylsalicylique (acide)/ atorvastatine)</t>
   </si>
   <si>
-    <t>10/13/2016 08:54:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984016/en/iltria-ramipril/-acetylsalicylique-acide-/-atorvastatine</t>
+    <t>13/10/2016 08:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984016/fr/iltria-ramipril/-acetylsalicylique-acide-/-atorvastatine</t>
   </si>
   <si>
     <t>pprd_2984016</t>
   </si>
   <si>
     <t>ramipril,acétylsalicylique (acide),atorvastatine</t>
   </si>
   <si>
     <t>BOUCHARA RECORDATI</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2658564/en/iltria-acetylsalicylic-acid/atorvastatin/ramipril-platelet-aggregation-inhibiting-drug-statin-and-ace-inhibitor-in-combination</t>
+    <t>https://www.has-sante.fr/jcms/c_2658564/fr/iltria-antiagregant-plaquettaire-statine-et-iec-en-association-ramipril/-acetylsalicylique-acide-/-atorvastatine</t>
+  </si>
+  <si>
+    <t>TRIATEC - TRIATECKIT (ramipril)</t>
+  </si>
+  <si>
+    <t>20/07/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984051/fr/triatec-triateckit-ramipril</t>
+  </si>
+  <si>
+    <t>pprd_2984051</t>
+  </si>
+  <si>
+    <t>ramipril</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399059/fr/triatec-2-5-mg-gelule-triatec-5-mg-gelule-boite-de-30-et-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399814/fr/triatec-10-mg-comprime-secable-boites-de-30-et-de-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664079/fr/triatec-ramipril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062701/fr/triatec-ramipril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062712/fr/triatec-ramipril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656325/fr/triatec-ramipril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400177/fr/triateckit-comprime-secable-boites-de-30-code-cip-365-059-5</t>
+  </si>
+  <si>
+    <t>COTRIATEC (ramipril / hydrochlorothiazide/ ramipril/ hydrochlorothiazide)</t>
+  </si>
+  <si>
+    <t>02/09/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984430/fr/cotriatec-ramipril-/-hydrochlorothiazide/-ramipril/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>pprd_2984430</t>
+  </si>
+  <si>
+    <t>ramipril / hydrochlorothiazide,ramipril,hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990909/fr/cotriatec-ramipril-/-hydrochlorothiazide/-ramipril/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055727/fr/cotriatec-ramipril-/-hydrochlorothiazide/-ramipril/-hydrochlorothiazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400649/fr/cotriatec-comprime-30-comprimes-sous-plaquettes-thermoformees-pvc/aluminium-code-cip-369-629-0-90-comprimes-sous-plaquettes-thermoformees-pvc/aluminium-code-cip-369-633-8</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>29</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>30</v>
+      </c>
+      <c r="H2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>44</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>46</v>
+      </c>
+      <c r="H5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C2" t="s">
+        <v>55</v>
+      </c>
+      <c r="D2" t="s">
+        <v>56</v>
+      </c>
+      <c r="E2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D3" t="s">
+        <v>62</v>
+      </c>
+      <c r="E3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>64</v>
+      </c>
+      <c r="H3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>53</v>
+      </c>
+      <c r="B4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D4" t="s">
+        <v>68</v>
+      </c>
+      <c r="E4" t="s">
+        <v>69</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>70</v>
+      </c>
+      <c r="H4" t="s">
+        <v>71</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D2" t="s">
+        <v>75</v>
+      </c>
+      <c r="E2" t="s">
+        <v>76</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>77</v>
+      </c>
+      <c r="H2" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B3" t="s">
+        <v>79</v>
+      </c>
+      <c r="C3" t="s">
+        <v>80</v>
+      </c>
+      <c r="D3" t="s">
+        <v>81</v>
+      </c>
+      <c r="E3" t="s">
+        <v>82</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>83</v>
+      </c>
+      <c r="H3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>72</v>
+      </c>
+      <c r="B4" t="s">
+        <v>85</v>
+      </c>
+      <c r="C4" t="s">
+        <v>86</v>
+      </c>
+      <c r="D4" t="s">
+        <v>87</v>
+      </c>
+      <c r="E4" t="s">
+        <v>88</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>89</v>
+      </c>
+      <c r="H4" t="s">
+        <v>90</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" t="s">
+        <v>96</v>
+      </c>
+      <c r="I2" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B3" t="s">
+        <v>98</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>100</v>
+      </c>
+      <c r="H3" t="s">
+        <v>101</v>
+      </c>
+      <c r="I3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>92</v>
+      </c>
+      <c r="B4" t="s">
+        <v>102</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>103</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>104</v>
+      </c>
+      <c r="H4" t="s">
+        <v>105</v>
+      </c>
+      <c r="I4" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B5" t="s">
+        <v>106</v>
+      </c>
+      <c r="C5" t="s">
+        <v>107</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>108</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>109</v>
+      </c>
+      <c r="H5" t="s">
+        <v>110</v>
+      </c>
+      <c r="I5" t="s">
+        <v>97</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>111</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>112</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>113</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>114</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>115</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>116</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>117</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>111</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>118</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>119</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>120</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>121</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:Q5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>29</v>
+        <v>124</v>
       </c>
       <c r="J1" t="s">
-        <v>30</v>
+        <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>31</v>
+        <v>125</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>126</v>
       </c>
       <c r="B2" t="s">
-        <v>33</v>
+        <v>127</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>128</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>35</v>
+        <v>129</v>
       </c>
       <c r="H2" t="s">
-        <v>36</v>
+        <v>130</v>
       </c>
       <c r="I2" t="s">
-        <v>37</v>
+        <v>131</v>
       </c>
       <c r="J2" t="s">
-        <v>38</v>
+        <v>132</v>
       </c>
       <c r="K2" t="s">
-        <v>39</v>
+        <v>133</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>126</v>
+      </c>
+      <c r="B3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>136</v>
+      </c>
+      <c r="H3" t="s">
+        <v>137</v>
+      </c>
+      <c r="I3" t="s">
+        <v>138</v>
+      </c>
+      <c r="J3" t="s">
+        <v>139</v>
+      </c>
+      <c r="K3" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>126</v>
+      </c>
+      <c r="B4" t="s">
+        <v>141</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>142</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>143</v>
+      </c>
+      <c r="H4" t="s">
+        <v>144</v>
+      </c>
+      <c r="I4" t="s">
+        <v>145</v>
+      </c>
+      <c r="J4" t="s">
+        <v>146</v>
+      </c>
+      <c r="K4" t="s">
+        <v>147</v>
+      </c>
+      <c r="L4" t="s">
+        <v>148</v>
+      </c>
+      <c r="M4" t="s">
+        <v>149</v>
+      </c>
+      <c r="N4" t="s">
+        <v>150</v>
+      </c>
+      <c r="O4" t="s">
+        <v>151</v>
+      </c>
+      <c r="P4" t="s">
+        <v>152</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>126</v>
+      </c>
+      <c r="B5" t="s">
+        <v>154</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>156</v>
+      </c>
+      <c r="H5" t="s">
+        <v>157</v>
+      </c>
+      <c r="I5" t="s">
+        <v>158</v>
+      </c>
+      <c r="J5" t="s">
+        <v>146</v>
+      </c>
+      <c r="K5" t="s">
+        <v>159</v>
+      </c>
+      <c r="L5" t="s">
+        <v>160</v>
+      </c>
+      <c r="M5" t="s">
+        <v>161</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>