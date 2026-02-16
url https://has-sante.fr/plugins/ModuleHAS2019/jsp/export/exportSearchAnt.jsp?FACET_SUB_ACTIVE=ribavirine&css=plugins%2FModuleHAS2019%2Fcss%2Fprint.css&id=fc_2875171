--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,265 +1,967 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="482" uniqueCount="279">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>11/15/2024 15:22:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage des personnes infectées par le  virus de l’hépatite C (VHC)</t>
+  </si>
+  <si>
+    <t>La HAS est d’avis que l’efficience de la stratégie universelle par rapport au dépistage ciblant les personnes les plus à risque d’exposition au VHC n’est pas démontrée; une intensification du dépistage de la population ciblée pourrait être envisagée pour augmenter le diagnostic des personnes infectées.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2019 14:03:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_434397/en/chronic-hepatitis-c</t>
+    <t>https://www.has-sante.fr/jcms/c_2886668/fr/evaluation-des-strategies-de-depistage-des-personnes-infectees-par-le-virus-de-l-hepatite-c-vhc</t>
+  </si>
+  <si>
+    <t>c_2886668</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Stratégies de dépistage biologique des hépatites virales B et C</t>
+  </si>
+  <si>
+    <t>Recommander la meilleure stratégie de tests biologiques pour le dépistage de l’hépatite B et de l’hépatite C permettant de déterminer le statut immunitaire de la personne à risque par rapport à l’infection par les virus VHB ou VHC et de proposer la bonne prise en charge médicale suite à l’annonce du résultat du dépistage.</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2012 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050355/fr/strategies-de-depistage-biologique-des-hepatites-virales-b-et-c</t>
+  </si>
+  <si>
+    <t>c_1050355</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>ALD n° 6 - Hépatite chronique C</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/11/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_434397/fr/ald-n-6-hepatite-chronique-c</t>
   </si>
   <si>
     <t>c_434397</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>03/08/2005 00:00:00</t>
+    <t>Papillomatose respiratoire récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de papillomatose respiratoire récurrente (PRR). Il a été élaboré par le Centre de Référence Maladies Rares des Malformations ORL Rares (MALO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392262/fr/papillomatose-respiratoire-recurrente</t>
+  </si>
+  <si>
+    <t>p_3392262</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
+  </si>
+  <si>
+    <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
+  </si>
+  <si>
+    <t>06/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
+  </si>
+  <si>
+    <t>p_3118113</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Indications de la transplantation hépatique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes :# 1. Comment optimiser la prise en charge des patients transplantés pour hépatite virale ?# 2. Dans quels cas la cirrhose alcoolique est-elle une indication de transplantation hépatique ?# 3. Quels cancers du foie peut-on traiter par la transplantation hépatique ?# 4. Quelle est la place du donneur vivant en transplantation hépatique ?# 5. Quelles sont les extensions à l’indication de transplantation hépatique ?# Les recommandations actualisent celles de la conférence de consensus "Les indications de la transplantation hépatique", dont la réunion publique s'est tenue les 22 et 23 juin 1993 à Paris, et qui était organisée par l'Association française de chirurgie hépato-biliaire et de transplantation hépatique (AFCHBT), en association avec la Société nationale française de gastro-entérologie (SNFGE), l'Association pour l'étude du foie (AFEF) et l'Association française de chirurgie (AFC), avec le partenariat méthodologique de l'Anaes.</t>
+  </si>
+  <si>
+    <t>08/03/2005 00:00:00</t>
   </si>
   <si>
     <t>01/01/2005 16:52:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
+    <t>https://www.has-sante.fr/jcms/c_272409/fr/indications-de-la-transplantation-hepatique</t>
   </si>
   <si>
     <t>c_272409</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2657506/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-follow-up-of-hepatitis-e-inahta-brief</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>La HAS définit la place des nouveaux traitements de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La mise à disposition d’une nouvelle génération d’antiviraux d’action directe annonce une révolution dans les traitements des personnes porteuses d’infection chronique par le virus de l’hépatite C (VHC) : mieux tolérés, plus efficaces, avec des données disponibles aujourd’hui qui permettent d’espérer la guérison virologique de 90% des malades après une cure de 12 ou 24 semaines seulement. Un médicament a déjà été évalué par la HAS, d’autres arrivent qui seront utilisés en association les uns avec les autres.</t>
+  </si>
+  <si>
+    <t>01/07/2014 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751519/fr/la-has-definit-la-place-des-nouveaux-traitements-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1751519</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS actualise sa veille sur les études cliniques publiées pour certains médicaments de la Covid-19. Cette veille permet à la HAS de s’organiser pour être en capacité d’évaluer en urgence les médicaments ciblant le SARS CoV2, en vue de leur prise en charge par la collectivité, dès que des données exploitables seront disponibles et qu’elle sera saisie.</t>
+  </si>
+  <si>
+    <t>20/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186049/fr/veille-des-etudes-cliniques-publiees-pour-certains-medicaments-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186049</t>
+  </si>
+  <si>
+    <t>Test d’amplification des acides nucléiques pour le diagnostic biologique de la rougeole</t>
+  </si>
+  <si>
+    <t>Dans le contexte actuel de recrudescence du nombre de cas de rougeole, la confirmation biologique des cas peut se faire, en complément de la sérologie, par amplification génique par RT-PCR, notamment dans les situations où l’interprétation de la sérologie peut être délicate (prélèvement précoce, personnes récemment vaccinés, personnes antérieurement immunisées contre la rougeole)</t>
+  </si>
+  <si>
+    <t>25/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965942/fr/test-d-amplification-des-acides-nucleiques-pour-le-diagnostic-biologique-de-la-rougeole</t>
+  </si>
+  <si>
+    <t>c_2965942</t>
+  </si>
+  <si>
+    <t>Test d’amplification des acides nucléiques pour le diagnostic biologique de l’infection par le virus du Nil occidental - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Test d’amplification des acides nucléiques pour le diagnostic biologique de l’infection par le virus du Nil occidental, ou West Nile Virus (WNV)</t>
+  </si>
+  <si>
+    <t>29/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2019 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913452/fr/test-d-amplification-des-acides-nucleiques-pour-le-diagnostic-biologique-de-l-infection-par-le-virus-du-nil-occidental-rapport-d-evaluation-technologique</t>
+  </si>
+  <si>
+    <t>c_2913452</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et au suivi de l’hépatite E</t>
+  </si>
+  <si>
+    <t>Évaluation des actes relatifs au diagnostic et au suivi de l’hépatite E virale (VHE) : recherche de l’ARN viral par amplification génique (RT-PCR) dans le sang et les selles, recherche des anticorps spécifiques (IgM, IgG) par une technique immunoenzymatique (EIA), en vue de l’actualisation de la Nomenclature des actes de biologie médicale (NABM).</t>
+  </si>
+  <si>
+    <t>19/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2657506/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-au-suivi-de-l-hepatite-e</t>
   </si>
   <si>
     <t>c_2657506</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
+  </si>
+  <si>
+    <t>Chez un patient atteint d’insuffisance rénale chronique (IRC), un agent stimulant l’érythropoïèse (ASE*) peut être prescrit devant une anémie, sous trois conditions : * le taux d’hémoglobine est ≤ 10 g/dL ; * cette anémie est responsable de symptômes gênants ; * elle est exclusivement secondaire à l’IRC (liée à un déficit de production d’érythropoïétine). L’hémoglobinémie ne doit pas dépasser 12 g/dL sous traitement.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2013 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647165/fr/anemie-chez-l-insuffisant-renal-comment-utiliser-les-agents-stimulant-l-erythropoiese</t>
+  </si>
+  <si>
+    <t>c_1647165</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 avril 2018</t>
+  </si>
+  <si>
+    <t>28/03/2018 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839061/fr/commission-de-la-transparence-reunion-du-4-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2839061</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 décembre 2017</t>
+  </si>
+  <si>
+    <t>29/11/2017 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808279/fr/commission-de-la-transparence-reunion-du-6-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2808279</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 novembre 2017</t>
+  </si>
+  <si>
+    <t>15/11/2017 09:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2804929/fr/commission-de-la-transparence-reunion-du-22-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2804929</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 5 juillet 2017</t>
+  </si>
+  <si>
+    <t>30/06/2017 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777763/fr/college-deliberatif-du-5-juillet-2017</t>
+  </si>
+  <si>
+    <t>c_2777763</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 décembre 2016</t>
+  </si>
+  <si>
+    <t>07/12/2016 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729110/fr/commission-de-la-transparence-reunion-du-14-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2729110</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2016</t>
+  </si>
+  <si>
+    <t>12/10/2016 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2675437/fr/commission-de-la-transparence-reunion-du-19-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2675437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1 avril 2015</t>
+  </si>
+  <si>
+    <t>25/03/2015 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022641/fr/commission-de-la-transparence-reunion-du-1-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2022641</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 février 2015</t>
+  </si>
+  <si>
+    <t>10/02/2015 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011888/fr/commission-de-la-transparence-reunion-du-18-fevrier-2015</t>
+  </si>
+  <si>
+    <t>c_2011888</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 novembre 2014</t>
+  </si>
+  <si>
+    <t>14/11/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774828/fr/commission-de-la-transparence-reunion-du-19-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1774828</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 septembre 2014</t>
+  </si>
+  <si>
+    <t>12/09/2014 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1762046/fr/commission-de-la-transparence-reunion-du-17-septembre-2014</t>
+  </si>
+  <si>
+    <t>c_1762046</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 avril 2014</t>
+  </si>
+  <si>
+    <t>01/04/2014 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730710/fr/commission-de-la-transparence-reunion-du-2-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1730710</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mars 2014</t>
+  </si>
+  <si>
+    <t>26/02/2014 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726254/fr/commission-de-la-transparence-reunion-du-5-mars-2014</t>
+  </si>
+  <si>
+    <t>c_1726254</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 novembre 2011</t>
+  </si>
+  <si>
+    <t>30/11/2011 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1138315/fr/commission-de-la-transparence-reunion-du-30-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1138315</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 juin 2010</t>
+  </si>
+  <si>
+    <t>30/06/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962972/fr/commission-de-la-transparence-reunion-du-30-juin-2010</t>
+  </si>
+  <si>
+    <t>c_962972</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 février 2010</t>
+  </si>
+  <si>
+    <t>10/02/2010 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922165/fr/commission-de-la-transparence-reunion-du-10-fevrier-2010</t>
+  </si>
+  <si>
+    <t>c_922165</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 novembre 2008</t>
+  </si>
+  <si>
+    <t>26/11/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_719008/fr/commission-de-la-transparence-reunion-du-26-novembre-2008</t>
+  </si>
+  <si>
+    <t>c_719008</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0210/DC/SEESP du 7 décembre 2016 du collège de la Haute Autorité de santé portant adoption de la recommandation intitulée «Prise en charge de l’hépatite C par les médicaments anti-viraux à action directe (AAD) - Elargissement du périmètre de remboursement »</t>
+  </si>
+  <si>
+    <t>La recommandation intitulée « Prise en charge de l’hépatite C par les médicaments anti-viraux à action directe (AAD) - Elargissement du périmètre de remboursement », ci-jointe, est adoptée. Elle remplace la recommandation adoptée par décision n° 2016.0208/DC/SEESP du 30 novembre 2016, laquelle décision est retirée.</t>
+  </si>
+  <si>
+    <t>07/12/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>12/12/2016 14:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729280/fr/decision-n2016-0210/dc/seesp-du-7-decembre-2016-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-la-recommandation-intitulee-prise-en-charge-de-l-hepatite-c-par-les-medicaments-anti-viraux-a-action-directe-aad-elargissement-du-perimetre-de-remboursement</t>
+  </si>
+  <si>
+    <t>c_2729280</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0018/AC/SEM et N° 2015.0019/AC/SEM du 18 février 2015 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale des spécialités VIEKIRAX et EXVIERA (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Les indications de l’autorisation de mise sur le marché de la spécialité VIEKIRAX qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte concernent les patients avec une hépatite C chronique (HCC) due au virus de génotype 1 ou 4, avec une maladie à un stade moins avancé (avec fibrose hépatique ≤ F2 et ne présentant pas des manifestations extra-hépatiques du VHC). Les indications de l’autorisation de mise sur le marché de la spécialité EXVIERA 250 mg qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte concernent les patients avec une hépatite C chronique (HCC) due au virus de génotype 1, avec une maladie à un stade moins avancé (avec fibrose hépatique ≤ F2 et ne présentant pas de manifestations extra-hépatiques du VHC). Pour l'ensemble de ces patients, la HAS a identifié des thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe des présents avis.</t>
+  </si>
+  <si>
+    <t>18/02/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>25/02/2015 10:42:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2016892/fr/avis-n-2015-0018/ac/sem-et-n-2015-0019/ac/sem-du-18-fevrier-2015-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-des-specialites-viekirax-et-exviera-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2016892</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0115/AC/SEM du 17 décembre 2014 du Collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité HARVONI 90 mg/400 mg (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Pour les indications de l’autorisation de mise sur le marché de la spécialité HARVONI (lédispasvir/sofosbuvir) qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte, la HAS a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces indications et leurs alternatives sont détaillées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>17/12/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>24/12/2014 16:52:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2003257/fr/avis-n-2014-0115/ac/sem-du-17-decembre-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-harvoni-90-mg/400-mg-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_2003257</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0080/AC/SEM du 23 juillet 2014 du Collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité DAKLINZA (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Pour les indications de l’autorisation de mise sur le marché de la spécialité DAKLINZA (daclatasvir) qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte, la HAS a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces indications et leurs alternatives sont détaillées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>23/07/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>04/09/2014 17:26:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757260/fr/avis-n-2014-0080/ac/sem-du-23-juillet-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-daklinza-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1757260</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0041/AC/SEM du 21 mai 2014 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité OLYSIO (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Pour les indications de l’autorisation de mise sur le marché de la spécialité OLYSIO (siméprivir) qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte, la HAS a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces indications et leurs alternatives sont détaillées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>21/05/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>30/05/2014 10:03:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1744076/fr/avis-n-2014-0041/ac/sem-du-21-mai-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-olysio-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1744076</t>
+  </si>
+  <si>
+    <t>Décision n°2014.0014/DC/SEESP du 5 février 2014 du collège de la Haute Autorité de santé constatant l'impact significatif du produit SOVALDI sur les dépenses de l'assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute Autorité de santé, en sa séance du 5 février 2014 a constaté l'impact significatif du produit SOVALDI sur les dépenses de l'assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit.</t>
+  </si>
+  <si>
+    <t>05/02/2014 16:00:00</t>
+  </si>
+  <si>
+    <t>26/02/2014 15:01:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726097/fr/decision-n2014-0014/dc/seesp-du-5-fevrier-2014-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-sovaldi-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>c_1726097</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0001/AC/SEM du 5 février 2014 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité SOVALDI (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Pour les indications de l’autorisation de mise sur le marché (AMM) de la spécialité SOVALDI (sofosbuvir) qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation (ATU) de cohorte, la HAS a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces indications et leurs alternatives sont détaillées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>05/02/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>18/02/2014 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725170/fr/avis-n-2014-0001/ac/sem-du-5-fevrier-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-sovaldi-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1725170</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d'admission en  affection de longue durée (ALD) - Juin 2009</t>
+  </si>
+  <si>
+    <t>La loi du 13 août 2004 a confié trois missions à la HAS (art. R 161-71 CSS) dans le domaine des affections de longue durée (ALD) dont l’une est de formuler des recommandations sur les critères utilisés pour la définition des ALD, c’est-à-dire définir les conditions médicales nécessaires pour que les malades bénéficient d’une exonération de ticket modérateur, pour une affection donnée.</t>
+  </si>
+  <si>
+    <t>30/06/2009 17:49:00</t>
+  </si>
+  <si>
+    <t>01/10/2009 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817790/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affection-de-longue-duree-ald-juin-2009</t>
+  </si>
+  <si>
+    <t>c_817790</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>COPEGUS (ribavirine)</t>
+  </si>
+  <si>
+    <t>02/10/2018 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983109/fr/copegus-ribavirine</t>
+  </si>
+  <si>
+    <t>pprd_2983109</t>
+  </si>
+  <si>
+    <t>ribavirine</t>
+  </si>
+  <si>
+    <t>ROCHE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399847/fr/copegus-200-mg-comprime-pellicule-flacon-b/42-b/168-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455305/fr/copegus-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713109/fr/copegus-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996899/fr/copegus-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1626124/fr/copegus-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872655/fr/copegus-ribavirine</t>
   </si>
   <si>
     <t>REBETOL (ribavirine)</t>
   </si>
   <si>
-    <t>09/02/2015 13:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984435/en/rebetol-ribavirine</t>
+    <t>02/09/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984435/fr/rebetol-ribavirine</t>
   </si>
   <si>
     <t>pprd_2984435</t>
   </si>
   <si>
-    <t>ribavirine</t>
-[...1 lines deleted...]
-  <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399197/en/rebetol-200-mg-gelule-b/84-b/140-b/168</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2055709/en/rebetol-ribavirine</t>
+    <t>https://www.has-sante.fr/jcms/c_399197/fr/rebetol-200-mg-gelule-b/84-b/140-b/168</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400173/fr/rebetol-200-mg-gelule-boite-de-84-boite-de-140-boite-de-168</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400822/fr/rebetol-200-mg-gelule-b-/-84-gelules-351-971-9-b/-140-gelules-351-972-5-b/-168-gelules-351-973-1-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400823/fr/rebetol-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698188/fr/rebetol-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736826/fr/rebetol-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050838/fr/rebetol-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298562/fr/rebetol-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055709/fr/rebetol-ribavirine</t>
+  </si>
+  <si>
+    <t>RIBAVOX (ribavirine)</t>
+  </si>
+  <si>
+    <t>23/02/2015 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984611/fr/ribavox-ribavirine</t>
+  </si>
+  <si>
+    <t>pprd_2984611</t>
+  </si>
+  <si>
+    <t>BIOPROJET PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2010710/fr/ribavox-ribavirine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -273,283 +975,1645 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>34</v>
+      </c>
+      <c r="C3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D3" t="s">
+        <v>36</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H5" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>50</v>
+      </c>
+      <c r="C6" t="s">
+        <v>51</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
+        <v>55</v>
+      </c>
+      <c r="C7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>65</v>
+      </c>
+      <c r="H2" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D3" t="s">
+        <v>69</v>
+      </c>
+      <c r="E3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>71</v>
+      </c>
+      <c r="H3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>60</v>
+      </c>
+      <c r="B4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C4" t="s">
+        <v>74</v>
+      </c>
+      <c r="D4" t="s">
+        <v>75</v>
+      </c>
+      <c r="E4" t="s">
+        <v>76</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>77</v>
+      </c>
+      <c r="H4" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>60</v>
+      </c>
+      <c r="B5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C5" t="s">
+        <v>80</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>81</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>82</v>
+      </c>
+      <c r="H5" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>60</v>
+      </c>
+      <c r="B6" t="s">
+        <v>84</v>
+      </c>
+      <c r="C6" t="s">
+        <v>85</v>
+      </c>
+      <c r="D6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>88</v>
+      </c>
+      <c r="H6" t="s">
+        <v>89</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>91</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>92</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>93</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>23</v>
+        <v>96</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>97</v>
       </c>
       <c r="C2" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>99</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>100</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>101</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>102</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D3" t="s">
+        <v>105</v>
+      </c>
+      <c r="E3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>107</v>
+      </c>
+      <c r="H3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>96</v>
+      </c>
+      <c r="B4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C4" t="s">
+        <v>110</v>
+      </c>
+      <c r="D4" t="s">
+        <v>111</v>
+      </c>
+      <c r="E4" t="s">
+        <v>112</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>113</v>
+      </c>
+      <c r="H4" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>96</v>
+      </c>
+      <c r="B5" t="s">
+        <v>115</v>
+      </c>
+      <c r="C5" t="s">
+        <v>116</v>
+      </c>
+      <c r="D5" t="s">
+        <v>117</v>
+      </c>
+      <c r="E5" t="s">
+        <v>118</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>119</v>
+      </c>
+      <c r="H5" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>96</v>
+      </c>
+      <c r="B6" t="s">
+        <v>121</v>
+      </c>
+      <c r="C6" t="s">
+        <v>122</v>
+      </c>
+      <c r="D6" t="s">
+        <v>123</v>
+      </c>
+      <c r="E6" t="s">
+        <v>124</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>125</v>
+      </c>
+      <c r="H6" t="s">
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:S2"/>
+  <dimension ref="A1:I17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>127</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>128</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>129</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>35</v>
+        <v>130</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>36</v>
+        <v>131</v>
       </c>
       <c r="H2" t="s">
-        <v>37</v>
+        <v>132</v>
       </c>
       <c r="I2" t="s">
-        <v>38</v>
+        <v>133</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>136</v>
+      </c>
+      <c r="H3" t="s">
+        <v>137</v>
+      </c>
+      <c r="I3" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>128</v>
+      </c>
+      <c r="B4" t="s">
+        <v>138</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>139</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>140</v>
+      </c>
+      <c r="H4" t="s">
+        <v>141</v>
+      </c>
+      <c r="I4" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>128</v>
+      </c>
+      <c r="B5" t="s">
+        <v>142</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>143</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>144</v>
+      </c>
+      <c r="H5" t="s">
+        <v>145</v>
+      </c>
+      <c r="I5" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>128</v>
+      </c>
+      <c r="B6" t="s">
+        <v>146</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>147</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>148</v>
+      </c>
+      <c r="H6" t="s">
+        <v>149</v>
+      </c>
+      <c r="I6" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>128</v>
+      </c>
+      <c r="B7" t="s">
+        <v>150</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>151</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>152</v>
+      </c>
+      <c r="H7" t="s">
+        <v>153</v>
+      </c>
+      <c r="I7" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>128</v>
+      </c>
+      <c r="B8" t="s">
+        <v>154</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>155</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>156</v>
+      </c>
+      <c r="H8" t="s">
+        <v>157</v>
+      </c>
+      <c r="I8" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>128</v>
+      </c>
+      <c r="B9" t="s">
+        <v>158</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>159</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>160</v>
+      </c>
+      <c r="H9" t="s">
+        <v>161</v>
+      </c>
+      <c r="I9" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>128</v>
+      </c>
+      <c r="B10" t="s">
+        <v>162</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>163</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>164</v>
+      </c>
+      <c r="H10" t="s">
+        <v>165</v>
+      </c>
+      <c r="I10" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>128</v>
+      </c>
+      <c r="B11" t="s">
+        <v>166</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>167</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>168</v>
+      </c>
+      <c r="H11" t="s">
+        <v>169</v>
+      </c>
+      <c r="I11" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>128</v>
+      </c>
+      <c r="B12" t="s">
+        <v>170</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>171</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>172</v>
+      </c>
+      <c r="H12" t="s">
+        <v>173</v>
+      </c>
+      <c r="I12" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>128</v>
+      </c>
+      <c r="B13" t="s">
+        <v>174</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>175</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>176</v>
+      </c>
+      <c r="H13" t="s">
+        <v>177</v>
+      </c>
+      <c r="I13" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>128</v>
+      </c>
+      <c r="B14" t="s">
+        <v>178</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>179</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>180</v>
+      </c>
+      <c r="H14" t="s">
+        <v>181</v>
+      </c>
+      <c r="I14" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>128</v>
+      </c>
+      <c r="B15" t="s">
+        <v>182</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>183</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>184</v>
+      </c>
+      <c r="H15" t="s">
+        <v>185</v>
+      </c>
+      <c r="I15" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>186</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>187</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>188</v>
+      </c>
+      <c r="H16" t="s">
+        <v>189</v>
+      </c>
+      <c r="I16" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>190</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>191</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>192</v>
+      </c>
+      <c r="H17" t="s">
+        <v>193</v>
+      </c>
+      <c r="I17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>194</v>
+      </c>
+      <c r="B2" t="s">
+        <v>195</v>
+      </c>
+      <c r="C2" t="s">
+        <v>196</v>
+      </c>
+      <c r="D2" t="s">
+        <v>197</v>
+      </c>
+      <c r="E2" t="s">
+        <v>198</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>199</v>
+      </c>
+      <c r="H2" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>194</v>
+      </c>
+      <c r="B3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C3" t="s">
+        <v>202</v>
+      </c>
+      <c r="D3" t="s">
+        <v>203</v>
+      </c>
+      <c r="E3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>205</v>
+      </c>
+      <c r="H3" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>194</v>
+      </c>
+      <c r="B4" t="s">
+        <v>207</v>
+      </c>
+      <c r="C4" t="s">
+        <v>208</v>
+      </c>
+      <c r="D4" t="s">
+        <v>209</v>
+      </c>
+      <c r="E4" t="s">
+        <v>210</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>211</v>
+      </c>
+      <c r="H4" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>194</v>
+      </c>
+      <c r="B5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C5" t="s">
+        <v>214</v>
+      </c>
+      <c r="D5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E5" t="s">
+        <v>216</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>217</v>
+      </c>
+      <c r="H5" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>194</v>
+      </c>
+      <c r="B6" t="s">
+        <v>219</v>
+      </c>
+      <c r="C6" t="s">
+        <v>220</v>
+      </c>
+      <c r="D6" t="s">
+        <v>221</v>
+      </c>
+      <c r="E6" t="s">
+        <v>222</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>223</v>
+      </c>
+      <c r="H6" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>194</v>
+      </c>
+      <c r="B7" t="s">
+        <v>225</v>
+      </c>
+      <c r="C7" t="s">
+        <v>226</v>
+      </c>
+      <c r="D7" t="s">
+        <v>227</v>
+      </c>
+      <c r="E7" t="s">
+        <v>228</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>229</v>
+      </c>
+      <c r="H7" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>194</v>
+      </c>
+      <c r="B8" t="s">
+        <v>231</v>
+      </c>
+      <c r="C8" t="s">
+        <v>232</v>
+      </c>
+      <c r="D8" t="s">
+        <v>233</v>
+      </c>
+      <c r="E8" t="s">
+        <v>234</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>235</v>
+      </c>
+      <c r="H8" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>194</v>
+      </c>
+      <c r="B9" t="s">
+        <v>237</v>
+      </c>
+      <c r="C9" t="s">
+        <v>238</v>
+      </c>
+      <c r="D9" t="s">
+        <v>239</v>
+      </c>
+      <c r="E9" t="s">
+        <v>240</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>241</v>
+      </c>
+      <c r="H9" t="s">
+        <v>242</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:S4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>243</v>
+      </c>
+      <c r="J1" t="s">
+        <v>244</v>
+      </c>
+      <c r="K1" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>246</v>
+      </c>
+      <c r="B2" t="s">
+        <v>247</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>249</v>
+      </c>
+      <c r="H2" t="s">
+        <v>250</v>
+      </c>
+      <c r="I2" t="s">
+        <v>251</v>
       </c>
       <c r="J2" t="s">
-        <v>39</v>
+        <v>252</v>
       </c>
       <c r="K2" t="s">
-        <v>40</v>
+        <v>253</v>
       </c>
       <c r="L2" t="s">
-        <v>41</v>
+        <v>254</v>
       </c>
       <c r="M2" t="s">
-        <v>42</v>
+        <v>255</v>
       </c>
       <c r="N2" t="s">
-        <v>43</v>
+        <v>256</v>
       </c>
       <c r="O2" t="s">
-        <v>44</v>
+        <v>257</v>
       </c>
       <c r="P2" t="s">
-        <v>45</v>
-[...8 lines deleted...]
-        <v>48</v>
+        <v>258</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>246</v>
+      </c>
+      <c r="B3" t="s">
+        <v>259</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>261</v>
+      </c>
+      <c r="H3" t="s">
+        <v>262</v>
+      </c>
+      <c r="I3" t="s">
+        <v>251</v>
+      </c>
+      <c r="J3" t="s">
+        <v>263</v>
+      </c>
+      <c r="K3" t="s">
+        <v>264</v>
+      </c>
+      <c r="L3" t="s">
+        <v>265</v>
+      </c>
+      <c r="M3" t="s">
+        <v>266</v>
+      </c>
+      <c r="N3" t="s">
+        <v>267</v>
+      </c>
+      <c r="O3" t="s">
+        <v>268</v>
+      </c>
+      <c r="P3" t="s">
+        <v>269</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>270</v>
+      </c>
+      <c r="R3" t="s">
+        <v>271</v>
+      </c>
+      <c r="S3" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>246</v>
+      </c>
+      <c r="B4" t="s">
+        <v>273</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>274</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>275</v>
+      </c>
+      <c r="H4" t="s">
+        <v>276</v>
+      </c>
+      <c r="I4" t="s">
+        <v>251</v>
+      </c>
+      <c r="J4" t="s">
+        <v>277</v>
+      </c>
+      <c r="K4" t="s">
+        <v>278</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>