--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,982 +1,265 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="490" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="49">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>25/09/2019 14:03:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Chronic hepatitis C</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the best form of management and the care pathway for a patient coming into the ALD [Long-term condition] regime with chronic hepatitis (ALD 6: chronic active liver disease and cirrhosis).</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/15/2024 15:22:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2886668/fr/evaluation-des-strategies-de-depistage-des-personnes-infectees-par-le-virus-de-l-hepatite-c-vhc</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_434397/fr/ald-n-6-hepatite-chronique-c</t>
+    <t>https://www.has-sante.fr/jcms/c_434397/en/chronic-hepatitis-c</t>
   </si>
   <si>
     <t>c_434397</t>
   </si>
   <si>
-    <t>Papillomatose respiratoire récurrente</t>
-[...152 lines deleted...]
-    <t>08/03/2005 00:00:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Indications for liver transplantation (19-20 January 2005)</t>
+  </si>
+  <si>
+    <t>Questions put to the jury : # 1. What is the best way of managing patients undergoing transplantation for viral hepatitis?# 2. When is alcoholic cirrhosis an indication for liver transplantation? # 3. When should liver cancer be treated by liver transplantation? # 4. When is living donation an alternative? # 5. What are the developments with regard to indications for liver transplantation?</t>
+  </si>
+  <si>
+    <t>03/08/2005 00:00:00</t>
   </si>
   <si>
     <t>01/01/2005 16:52:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272409/fr/indications-de-la-transplantation-hepatique</t>
+    <t>https://www.has-sante.fr/jcms/c_272409/en/indications-for-liver-transplantation-19-20-january-2005</t>
   </si>
   <si>
     <t>c_272409</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...86 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2657506/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-au-suivi-de-l-hepatite-e</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of laboratory medicine procedures related to the diagnosis and follow-up of hepatitis E - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the Health Insurance proposals to update the list of procedures involved in the diagnosis and follow-up of viral hepatitis E (detection of RNA and detection of serum antibodies), by specifying their indications and the techniques used. The aim of this work is not to assess the treatment, screening or overall management of this type of hepatitis</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2657506/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-follow-up-of-hepatitis-e-inahta-brief</t>
   </si>
   <si>
     <t>c_2657506</t>
   </si>
   <si>
-    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
-[...386 lines deleted...]
-    <t>pprd_2983109</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>REBETOL (ribavirine)</t>
+  </si>
+  <si>
+    <t>09/02/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984435/en/rebetol-ribavirine</t>
+  </si>
+  <si>
+    <t>pprd_2984435</t>
   </si>
   <si>
     <t>ribavirine</t>
   </si>
   <si>
-    <t>ROCHE SAS</t>
-[...31 lines deleted...]
-  <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399197/fr/rebetol-200-mg-gelule-b/84-b/140-b/168</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2010710/fr/ribavox-ribavirine</t>
+    <t>https://www.has-sante.fr/jcms/c_399197/en/rebetol-200-mg-gelule-b/84-b/140-b/168</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400173/en/rebetol-200-mg-gelule-boite-de-84-boite-de-140-boite-de-168</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400822/en/rebetol-200-mg-gelule-b-/-84-gelules-351-971-9-b/-140-gelules-351-972-5-b/-168-gelules-351-973-1-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400823/en/rebetol-40-mg/ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698188/en/rebetol-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736826/en/rebetol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050838/en/rebetol-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298562/en/rebetol-ribavirine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055709/en/rebetol-ribavirine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -990,1671 +273,283 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...50 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...390 lines deleted...]
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>95</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>96</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>97</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>98</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>99</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>100</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>101</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>102</v>
+        <v>24</v>
       </c>
       <c r="C2" t="s">
-        <v>103</v>
+        <v>25</v>
       </c>
       <c r="D2" t="s">
-        <v>104</v>
+        <v>26</v>
       </c>
       <c r="E2" t="s">
-        <v>105</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>106</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>107</v>
-[...103 lines deleted...]
-        <v>131</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I17"/>
+  <dimension ref="A1:S2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>132</v>
+        <v>30</v>
+      </c>
+      <c r="J1" t="s">
+        <v>31</v>
+      </c>
+      <c r="K1" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>133</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>134</v>
+        <v>34</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>135</v>
+        <v>35</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>136</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>137</v>
+        <v>37</v>
       </c>
       <c r="I2" t="s">
-        <v>138</v>
-[...760 lines deleted...]
-        <v>256</v>
+        <v>38</v>
       </c>
       <c r="J2" t="s">
-        <v>257</v>
+        <v>39</v>
       </c>
       <c r="K2" t="s">
-        <v>258</v>
+        <v>40</v>
       </c>
       <c r="L2" t="s">
-        <v>259</v>
+        <v>41</v>
       </c>
       <c r="M2" t="s">
-        <v>260</v>
+        <v>42</v>
       </c>
       <c r="N2" t="s">
-        <v>261</v>
+        <v>43</v>
       </c>
       <c r="O2" t="s">
-        <v>262</v>
+        <v>44</v>
       </c>
       <c r="P2" t="s">
-        <v>263</v>
-[...93 lines deleted...]
-        <v>283</v>
+        <v>45</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>46</v>
+      </c>
+      <c r="R2" t="s">
+        <v>47</v>
+      </c>
+      <c r="S2" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>