--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,389 +1,1341 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="136">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>07/27/2022 13:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+  </si>
+  <si>
+    <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Kératocône</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Kératocône. Il a été élaboré par le Centre de Référence National Kératocône Sous l'égide et avec le partenariat de La Filière de santé des maladies rares sensorielles SENSGENE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301044/fr/keratocone</t>
+  </si>
+  <si>
+    <t>p_3301044</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Acidurie glutarique type 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Acidurie glutarique type 1. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2021 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262535/fr/acidurie-glutarique-type-1</t>
+  </si>
+  <si>
+    <t>p_3262535</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Diagnostic de la dénutrition de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation définit la dénutrition ainsi que les critères permettant de la diagnostiquer chez l’enfant et l’adulte de -70 ans. Elle permet d'améliorer le diagnostic de la dénutrition à l’aide d’outils adaptés.</t>
+  </si>
+  <si>
+    <t>13/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2019 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118872/fr/diagnostic-de-la-denutrition-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3118872</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1781741/en/corneal-collagen-cross-linking-and-intrastromal-corneal-ring-segments-in-the-treatment-of-corneal-ectasia</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Crosslinking du collagène cornéen et anneaux intra-cornéens dans le traitement des ectasies cornéennes</t>
+  </si>
+  <si>
+    <t>La HAS a réalisé l’évaluation du crosslinking du collagène cornéen et des anneaux intra-cornéens dans le traitement des ectasies cornéennes dont le kératocône.</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2015 10:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1781741/fr/crosslinking-du-collagene-corneen-et-anneaux-intra-corneens-dans-le-traitement-des-ectasies-corneennes</t>
   </si>
   <si>
     <t>c_1781741</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion  du 17 novembre 2021</t>
+  </si>
+  <si>
+    <t>04/11/2021 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296677/fr/commission-de-la-transparence-reunion-du-17-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3296677</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>SOLUVIT (vitamines hydrosolubles : vitamine B1 (thiamine) ; vitamine B2 (ribofl...)</t>
+  </si>
+  <si>
+    <t>20/07/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984038/fr/soluvit-vitamines-hydrosolubles-vitamine-b1-thiamine-vitamine-b2-ribofl</t>
+  </si>
+  <si>
+    <t>pprd_2984038</t>
+  </si>
+  <si>
+    <t>vitamines hydrosolubles : vitamine B1 (thiamine) ; vitamine B2 (riboflavine) ; vitamine B3 (PP) ; vitamine B5 (acide pantothénique) ; vitamine B6 (pyridoxine) ; vitamine B12 ; vitamine C ; acide folique ; biotine.</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995086/fr/soluvit-vitamines-hydrosolubles-vitamine-b1-thiamine-vitamine-b2-ribofl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656379/fr/soluvit-vitamines-hydrosolubles-vitamine-b1-thiamine-vitamine-b2-ribofl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400674/fr/soluvit-lyophilisat-pour-usage-parenteral-flacon-verre-de-10-ml-boite-de-10-flacons-code-cip-367-669-5</t>
+  </si>
+  <si>
+    <t>RENUTRYL (palmitate de rétinol/ nitrate de thiamine/ riboflavine/ pantothénate de calcium/ chlorhydrate de pyridoxine/ acide ascorbique/ nicotinamide/ oxyde de magnésium lourd/ chlorure de potassium/ sulfate de manganèse monohydraté/ sulfate ferreux/ caséinate de sodium/ lactoprotéines/ levures lactiques/ lait sec écrémé/ huile de soja/ huile de beurre/ sirop de glucose déshydraté/ saccharose)</t>
+  </si>
+  <si>
+    <t>13/12/2006 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985476/fr/renutryl-palmitate-de-retinol/-nitrate-de-thiamine/-riboflavine/-pantothenate-de-calcium/-chlorhydrate-de-pyridoxine/-acide-ascorbique/-nicotinamide/-oxyde-de-magnesium-lourd/-chlorure-de-potassium/-sulfate-de-manganese-monohydrate/-sulfate-ferreux/-caseinate-de-sodium/-lactoproteines/-levures-lactiques/-lait-sec-ecreme/-huile-de-soja/-huile-de-beurre/-sirop-de-glucose-deshydrate/-saccharose</t>
+  </si>
+  <si>
+    <t>pprd_2985476</t>
+  </si>
+  <si>
+    <t>palmitate de rétinol,nitrate de thiamine,riboflavine,pantothénate de calcium,chlorhydrate de pyridoxine,acide ascorbique,nicotinamide,oxyde de magnésium lourd,chlorure de potassium,sulfate de manganèse monohydraté,sulfate ferreux,caséinate de sodium,lactoprotéines,levures lactiques,lait sec écrémé,huile de soja,huile de beurre,sirop de glucose déshydraté,saccharose</t>
+  </si>
+  <si>
+    <t>NESTLE CLINICAL NUTRITION France SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474588/fr/renutryl-palmitate-de-retinol/-nitrate-de-thiamine/-riboflavine/-pantothenate-de-calcium/-chlorhydrate-de-pyridoxine/-acide-ascorbique/-nicotinamide/-oxyde-de-magnesium-lourd/-chlorure-de-potassium/-sulfate-de-manganese-monohydrate/-sulfate-ferreux/-caseinate-de-sodium/-lactoproteines/-levures-lactiques/-lait-sec-ecreme/-huile-de-soja/-huile-de-beurre/-sirop-de-glucose-deshydrate/-saccharose</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>34</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>39</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="H5" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D6" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="H6" t="s">
-        <v>41</v>
+        <v>46</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>62</v>
+      </c>
+      <c r="C10" t="s">
+        <v>63</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>64</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>65</v>
+      </c>
+      <c r="H10" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>69</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>70</v>
+      </c>
+      <c r="H11" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
+        <v>72</v>
+      </c>
+      <c r="C12" t="s">
+        <v>73</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>74</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>75</v>
+      </c>
+      <c r="H12" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C2" t="s">
+        <v>79</v>
+      </c>
+      <c r="D2" t="s">
+        <v>80</v>
+      </c>
+      <c r="E2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C3" t="s">
+        <v>85</v>
+      </c>
+      <c r="D3" t="s">
+        <v>86</v>
+      </c>
+      <c r="E3" t="s">
+        <v>87</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>88</v>
+      </c>
+      <c r="H3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" t="s">
+        <v>90</v>
+      </c>
+      <c r="C4" t="s">
+        <v>91</v>
+      </c>
+      <c r="D4" t="s">
+        <v>92</v>
+      </c>
+      <c r="E4" t="s">
+        <v>93</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>94</v>
+      </c>
+      <c r="H4" t="s">
+        <v>95</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D2" t="s">
+        <v>99</v>
+      </c>
+      <c r="E2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>101</v>
+      </c>
+      <c r="H2" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D3" t="s">
+        <v>105</v>
+      </c>
+      <c r="E3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>107</v>
+      </c>
+      <c r="H3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>110</v>
+      </c>
+      <c r="B2" t="s">
+        <v>111</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>113</v>
+      </c>
+      <c r="H2" t="s">
+        <v>114</v>
+      </c>
+      <c r="I2" t="s">
+        <v>115</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>116</v>
+      </c>
+      <c r="J1" t="s">
+        <v>117</v>
+      </c>
+      <c r="K1" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>119</v>
+      </c>
+      <c r="B2" t="s">
+        <v>120</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H2" t="s">
+        <v>123</v>
+      </c>
+      <c r="I2" t="s">
+        <v>124</v>
+      </c>
+      <c r="J2" t="s">
+        <v>125</v>
+      </c>
+      <c r="K2" t="s">
+        <v>126</v>
+      </c>
+      <c r="L2" t="s">
+        <v>127</v>
+      </c>
+      <c r="M2" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>119</v>
+      </c>
+      <c r="B3" t="s">
+        <v>129</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>131</v>
+      </c>
+      <c r="H3" t="s">
+        <v>132</v>
+      </c>
+      <c r="I3" t="s">
+        <v>133</v>
+      </c>
+      <c r="J3" t="s">
+        <v>134</v>
+      </c>
+      <c r="K3" t="s">
+        <v>135</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>