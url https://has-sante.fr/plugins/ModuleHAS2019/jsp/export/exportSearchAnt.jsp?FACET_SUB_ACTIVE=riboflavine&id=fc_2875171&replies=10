--- v0 (2025-11-05)
+++ v1 (2026-02-15)
@@ -1,1341 +1,389 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="229" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="42">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>13/02/2024 13:45:00</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
-[...5 lines deleted...]
-    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
+  </si>
+  <si>
+    <t>p_3353115</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>22/01/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...215 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1781741/fr/crosslinking-du-collagene-corneen-et-anneaux-intra-corneens-dans-le-traitement-des-ectasies-corneennes</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Corneal collagen cross-linking and intrastromal corneal ring segments in the treatment of corneal ectasia -</t>
+  </si>
+  <si>
+    <t>These two procedures are presented as an alternative to corneal transplant. The expected effects are stabilisation of the disease from corneal collagen cross-linking (CXL), and visual rehabilitation from placement of intrastromal corneal ring segments (ICRS).</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2015 10:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1781741/en/corneal-collagen-cross-linking-and-intrastromal-corneal-ring-segments-in-the-treatment-of-corneal-ectasia</t>
   </si>
   <si>
     <t>c_1781741</t>
   </si>
   <si>
-    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
-  </si>
-[...79 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_474588/fr/renutryl-palmitate-de-retinol/-nitrate-de-thiamine/-riboflavine/-pantothenate-de-calcium/-chlorhydrate-de-pyridoxine/-acide-ascorbique/-nicotinamide/-oxyde-de-magnesium-lourd/-chlorure-de-potassium/-sulfate-de-manganese-monohydrate/-sulfate-ferreux/-caseinate-de-sodium/-lactoproteines/-levures-lactiques/-lait-sec-ecreme/-huile-de-soja/-huile-de-beurre/-sirop-de-glucose-deshydrate/-saccharose</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...90 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>36</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>37</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>39</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="E5" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="H5" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="C6" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>40</v>
       </c>
-      <c r="F6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H6" t="s">
-        <v>46</v>
-[...155 lines deleted...]
-        <v>76</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...405 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>