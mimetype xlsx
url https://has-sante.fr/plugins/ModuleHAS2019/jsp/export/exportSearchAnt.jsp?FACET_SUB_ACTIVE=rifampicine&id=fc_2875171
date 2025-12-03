--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -1,86 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
-    <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
-[...1 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="733" uniqueCount="438">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="749" uniqueCount="444">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1055,63 +1058,63 @@
   <si>
     <t>c_272358</t>
   </si>
   <si>
     <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
   </si>
   <si>
     <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
   </si>
   <si>
     <t>01/09/2004 00:00:00</t>
   </si>
   <si>
     <t>01/09/2004 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
-    <t>Actualisation des indications des tests de détection de l’infection tuberculeuse latente par mesure de la production d’interféron gamma (dits tests IGRA) - volet 1 - Note de cadrage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3599453/fr/actualisation-des-indications-des-tests-de-detection-de-l-infection-tuberculeuse-latente-par-mesure-de-la-production-d-interferon-gamma-dits-tests-igra-volet-1-note-de-cadrage</t>
+    <t>Actualisation des indications des tests de détection de l’infection tuberculeuse latente par mesure de la production d’interféron gamma (tests IGRA) - Sujets présumés immunocompétents à risque accru d’être porteurs d’une infection tuberculeuse latente (ITL) - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Tuberculose ; infection tuberculeuse latente ; tests IGRA ; tests de détection de l’infection tuberculeuse latente par mesure de la production d’interféron gamma ; intradermoréaction à la tuberculine ; IDR ; sujet-contact ; migrant ; sujet immunocompétent</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/10/2025 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599453/fr/actualisation-des-indications-des-tests-de-detection-de-l-infection-tuberculeuse-latente-par-mesure-de-la-production-d-interferon-gamma-tests-igra-sujets-presumes-immunocompetents-a-risque-accru-d-etre-porteurs-d-une-infection-tuberculeuse-latente-itl-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3599453</t>
   </si>
   <si>
     <t>Évaluation de la recherche du méningocoque (Neisseria meningitidis) et du pneumocoque (Streptococcus pneumoniae) par amplification génique dans le diagnostic des méningites</t>
   </si>
   <si>
     <t>Évaluation de la recherche des méningocoques (Neisseria meningitidis) et des pneumocoques (Streptococus pneumoniae) par amplification génique (PCR) dans le diagnostic des méningites de suspicion bactérienne</t>
   </si>
   <si>
     <t>04/05/2016 00:00:00</t>
   </si>
   <si>
     <t>25/05/2016 10:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2589730/fr/evaluation-de-la-recherche-du-meningocoque-neisseria-meningitidis-et-du-pneumocoque-streptococcus-pneumoniae-par-amplification-genique-dans-le-diagnostic-des-meningites</t>
   </si>
   <si>
     <t>c_2589730</t>
   </si>
   <si>
     <t>Tests in vitro de dépistage de l’infection tuberculeuse latente par détection de production d’interféron gamma</t>
   </si>
@@ -1221,50 +1224,68 @@
     <t>31/10/2024 14:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3554593/fr/decision-n2024-0297/dc/sem-du-24-octobre-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-livmarli-maralixibat</t>
   </si>
   <si>
     <t>p_3554593</t>
   </si>
   <si>
     <t>AVIS N° 2014.0002/AC/SEM du 5 février 2014 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité PARA AMINOSALICYLIC ACID LUCANE (PASER) (article L. 162-16-5-2 du code de la sécurité sociale)</t>
   </si>
   <si>
     <t>L’indication de l’autorisation de mise sur le marché de la spécialité PARA AMINOSALICYLIC ACID LUCANE (PASER) qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte concerne les enfants de plus de 28 jours ayant une tuberculose multirésistante. Pour cette indication, mentionnée en annexe du présent avis, la HAS n’a pas identifié d’alternative thérapeutique prise en charge par les régimes obligatoires de la sécurité sociale.</t>
   </si>
   <si>
     <t>05/02/2014 10:55:00</t>
   </si>
   <si>
     <t>23/05/2014 18:10:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1743083/fr/avis-n-2014-0002/ac/sem-du-5-fevrier-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-para-aminosalicylic-acid-lucane-paser-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
   </si>
   <si>
     <t>c_1743083</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Structuration de la posologie des médicaments</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un référentiel des besoins métier centré sur la posologie des médicaments que devra couvrir notamment l’ordonnance numérique portée par la CNAM. Ce référentiel constitue le socle d’un futur guide d’implémentation élaboré par l'ANS en lien avec Interop'Santé à destination des éditeurs de logiciels médicaux. Cette étape précèdera la mise en application fonctionnelle de posologies structurées via l’ergonomie des logiciels.</t>
+  </si>
+  <si>
+    <t>17/11/2025 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555137/fr/structuration-de-la-posologie-des-medicaments</t>
+  </si>
+  <si>
+    <t>p_3555137</t>
   </si>
   <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
     <t>Traitement de la Covid-19</t>
   </si>
   <si>
     <t>Cette fiche a pour objectif d’accompagner les professionnels de santé dans la conduite du traitement contre la Covid 19, en ambulatoire comme dans les établissements de santé. Cette réponse rapide actualise la fiche Réponses rapides sur le traitement par Paxlovid® des patients à risque de forme grave de Covid-19 (dernière actualisation le 21 décembre 2023).</t>
   </si>
   <si>
     <t>23/06/2023 10:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447571/fr/traitement-de-la-covid-19</t>
   </si>
   <si>
     <t>p_3447571</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
@@ -1395,51 +1416,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -1574,106 +1595,290 @@
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>12</v>
       </c>
       <c r="J5" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>407</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>409</v>
+      </c>
+      <c r="B2" t="s">
+        <v>410</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>411</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>412</v>
+      </c>
+      <c r="H2" t="s">
+        <v>413</v>
+      </c>
+      <c r="I2" t="s">
+        <v>414</v>
+      </c>
+      <c r="J2" t="s">
+        <v>415</v>
+      </c>
+      <c r="K2" t="s">
+        <v>416</v>
+      </c>
+      <c r="L2" t="s">
+        <v>417</v>
+      </c>
+      <c r="M2" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>409</v>
+      </c>
+      <c r="B3" t="s">
+        <v>419</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>420</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>421</v>
+      </c>
+      <c r="H3" t="s">
+        <v>422</v>
+      </c>
+      <c r="I3" t="s">
+        <v>423</v>
+      </c>
+      <c r="J3" t="s">
+        <v>424</v>
+      </c>
+      <c r="K3" t="s">
+        <v>425</v>
+      </c>
+      <c r="L3" t="s">
+        <v>426</v>
+      </c>
+      <c r="M3" t="s">
+        <v>427</v>
+      </c>
+      <c r="N3" t="s">
+        <v>428</v>
+      </c>
+      <c r="O3" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>409</v>
+      </c>
+      <c r="B4" t="s">
+        <v>430</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>420</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>431</v>
+      </c>
+      <c r="H4" t="s">
+        <v>432</v>
+      </c>
+      <c r="I4" t="s">
+        <v>433</v>
+      </c>
+      <c r="J4" t="s">
+        <v>424</v>
+      </c>
+      <c r="K4" t="s">
+        <v>434</v>
+      </c>
+      <c r="L4" t="s">
+        <v>435</v>
+      </c>
+      <c r="M4" t="s">
+        <v>436</v>
+      </c>
+      <c r="N4" t="s">
+        <v>437</v>
+      </c>
+      <c r="O4" t="s">
+        <v>438</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="B2" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="H2" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3729,219 +3934,101 @@
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>398</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>399</v>
       </c>
       <c r="H2" t="s">
         <v>400</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>401</v>
+      </c>
+      <c r="B2" t="s">
+        <v>402</v>
+      </c>
+      <c r="C2" t="s">
         <v>403</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
         <v>404</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>405</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>406</v>
       </c>
-      <c r="H2" t="s">
-[...110 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>