--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,4034 +1,565 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...8 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="749" uniqueCount="444">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="66">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>TYRX</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Active tuberculosis</t>
+  </si>
+  <si>
+    <t>This guide is intended to be a pragmatic reference tool for doctors managing active tuberculosis.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/26/2025 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/09/2020 00:00:00</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
+    <t>https://www.has-sante.fr/jcms/c_482999/en/active-tuberculosis</t>
+  </si>
+  <si>
+    <t>c_482999</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>03/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/24/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
   </si>
   <si>
     <t>p_3459735</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...92 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Artérite à Cellules Géantes (Horton)</t>
-[...692 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
+  </si>
+  <si>
+    <t>To propose guidelines to help healthcare organisations implement effective strategies for antibiotic use and prevent bacterial resistance. These guidelines relate to proper use of antibiotics in hospitals and specify : - provisions on the prescription of antibiotics ; - the role of institutional players ; - the role of non-institutional players ; - methods of information provision and training.</t>
+  </si>
+  <si>
+    <t>04/16/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Prise en charge du patient adulte se plaignant d'insomnie en médecine générale</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
+    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. What are the diagnostic criteria for bronchopulmonary infection with Staphylococcus aureus (SA) ?# 2. What strategy should be adopted for antibiotic therapy for Staphylococcus aureus, irrespective of the route of administration?# 3. What are the diagnostic criteria for bronchopulmonary infection with Pseudomonas aeruginosa?# 4. What strategy should be adopted for antibiotic therapy for Pseudomonas aeruginosa, irrespective of the route of administration?# 5. What is the place of other respiratory therapies in the treatment of cystic fibrosis?</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589730/fr/evaluation-de-la-recherche-du-meningocoque-neisseria-meningitidis-et-du-pneumocoque-streptococcus-pneumoniae-par-amplification-genique-dans-le-diagnostic-des-meningites</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of tests for meningococci (Neisseria meningitidis) and pneumococci (Streptococcus pneumoniae) using gene amplification in the diagnosis of meningitis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this study is to assess gene amplification (polymerase chain reaction, PCR) tests in the diagnosis of meningitis suspected of being bacterial for meningococci (Neisseria meningitidis) and pneumococci (Streptococus pneumoniae) . The aim of this work is to analyse the consistency between, firstly, the request, and secondly good clinical practice guidelines and the opinions of professionals, with a view to the inclusion on the list of medical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589730/en/assessment-of-tests-for-meningococci-neisseria-meningitidis-and-pneumococci-streptococcus-pneumoniae-using-gene-amplification-in-the-diagnosis-of-meningitis-inahta-brief</t>
   </si>
   <si>
     <t>c_2589730</t>
   </si>
   <si>
-    <t>Tests in vitro de dépistage de l’infection tuberculeuse latente par détection de production d’interféron gamma</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2021762/fr/tests-in-vitro-de-depistage-de-l-infection-tuberculeuse-latente-par-detection-de-production-d-interferon-gamma</t>
+    <t>Interferon-gamma release assays as in vitro screening tests for latent tuberculosis infection</t>
+  </si>
+  <si>
+    <t>The aim of this report is to establish whether data from a critical analysis of good practice guidelines are coherent with the information in the application from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) and therefore support this application for the inclusion of IGRA tests on the list of procedures and services reimbursed by National Health Insurance.</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/29/2015 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021762/en/interferon-gamma-release-assays-as-in-vitro-screening-tests-for-latent-tuberculosis-infection</t>
   </si>
   <si>
     <t>c_2021762</t>
-  </si>
-[...259 lines deleted...]
-    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J5"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>28</v>
       </c>
       <c r="H4" t="s">
         <v>29</v>
       </c>
-      <c r="I4" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="J5" t="s">
         <v>34</v>
-      </c>
-[...458 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>67</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>69</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E7" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>73</v>
+        <v>45</v>
       </c>
       <c r="H7" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="B8" t="s">
-        <v>75</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="H8" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="B9" t="s">
-        <v>80</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>82</v>
+        <v>56</v>
       </c>
       <c r="E9" t="s">
-        <v>83</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="H9" t="s">
-        <v>85</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="B10" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="C10" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="D10" t="s">
-        <v>88</v>
+        <v>62</v>
       </c>
       <c r="E10" t="s">
-        <v>89</v>
+        <v>63</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>90</v>
+        <v>64</v>
       </c>
       <c r="H10" t="s">
-        <v>91</v>
-[...1814 lines deleted...]
-        <v>406</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>