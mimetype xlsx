--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -1,565 +1,4128 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="767" uniqueCount="456">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>08/26/2025 00:00:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ALLOGREFFON ARTÉRIEL +2/+8°C BIOPROTEC</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_482999/en/active-tuberculosis</t>
+    <t>06/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2026 14:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808976/fr/allogreffon-arteriel-2/-8c-bioprotec</t>
+  </si>
+  <si>
+    <t>p_3808976</t>
+  </si>
+  <si>
+    <t>Allogreffon artériel conservé entre +2°C et +8°C (tissu humain)</t>
+  </si>
+  <si>
+    <t>BIOPROTEC</t>
+  </si>
+  <si>
+    <t>TYRX</t>
+  </si>
+  <si>
+    <t>01/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2020 17:34:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212152/fr/tyrx</t>
+  </si>
+  <si>
+    <t>p_3212152</t>
+  </si>
+  <si>
+    <t>Enveloppe antibactérienne résorbable</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>AMS 700 InhibiZone</t>
+  </si>
+  <si>
+    <t>Implants péniens gonflables</t>
+  </si>
+  <si>
+    <t>17/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2013 17:00:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648397/fr/ams-700-inhibizone</t>
+  </si>
+  <si>
+    <t>c_1648397</t>
+  </si>
+  <si>
+    <t>American Medical Systems Inc.</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 14:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_596904/fr/ams-700-inhibizone</t>
+  </si>
+  <si>
+    <t>c_596904</t>
+  </si>
+  <si>
+    <t>OSTEOSET T</t>
+  </si>
+  <si>
+    <t>08/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398766/fr/osteoset-t</t>
+  </si>
+  <si>
+    <t>c_398766</t>
+  </si>
+  <si>
+    <t>WRIGHT MEDICAL</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire</t>
+  </si>
+  <si>
+    <t>À la demande de la Direction générale de la santé, la HAS a élaboré une recommandation de santé publique sur l’évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire. L’objectif de cette recommandation est d’identifier le plus précocement les personnes porteuses d’une tuberculose pulmonaire (à l’état subclinique ou paucisymptomatique), afin de limiter sa transmission, de définir les populations cibles et les modalités de dépistage dans ces population, et d’harmoniser les pratiques.</t>
+  </si>
+  <si>
+    <t>13/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3459735</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>ALD N° 29 - Tuberculose maladie</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_482999/fr/ald-n-29-tuberculose-maladie</t>
   </si>
   <si>
     <t>c_482999</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Hypercalcémie infantile idiopathique (HII)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HII. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 17:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522489/fr/hypercalcemie-infantile-idiopathique-hii</t>
+  </si>
+  <si>
+    <t>p_3522489</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Chlamydia trachomatis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604614/fr/traitement-curatif-des-personnes-infectees-par-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>p_3604614</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Mycoplasma genitalium</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Mycoplasma genitalium. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604652/fr/traitement-curatif-des-personnes-infectees-par-mycoplasma-genitalium</t>
+  </si>
+  <si>
+    <t>p_3604652</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes infectées par Neisseria gonorrhoeae</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes infectées par Neisseria gonorrhoeae. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>13/05/2025 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604670/fr/recommandations-de-prise-en-charge-des-personnes-infectees-par-neisseria-gonorrhoeae</t>
+  </si>
+  <si>
+    <t>p_3604670</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Acquired and inherited aplastic anemia</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Adaptation du traitement antirétroviral en situation de succès virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2024 08:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545724/fr/adaptation-du-traitement-antiretroviral-en-situation-de-succes-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545724</t>
+  </si>
+  <si>
+    <t>Initiation d’un premier traitement antirétroviral chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545694/fr/initiation-d-un-premier-traitement-antiretroviral-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545694</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Prothèse de hanche ou de genou : diagnostic et prise en charge de l'infection dans le mois suivant l’implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’améliorer la qualité de la prise en charge des patients adultes avec infection sur prothèse de hanche ou de genou dans le mois suivant l’implantation.</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2014 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1228574/fr/prothese-de-hanche-ou-de-genou-diagnostic-et-prise-en-charge-de-l-infection-dans-le-mois-suivant-l-implantation</t>
+  </si>
+  <si>
+    <t>c_1228574</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Suivi ambulatoire de l’adulte transplanté rénal au-delà de 3 mois après transplantation</t>
+  </si>
+  <si>
+    <t>Au-delà de la phase initiale des trois premiers mois, les patients transplantés rénaux sont fréquemment suivis par le centre de transplantation, mais également de plus en plus souvent en ambulatoire lorsqu’il n’y a pas de complications justifiant un suivi rapproché par le centre de transplantation. Ce suivi ambulatoire (fréquence, contenu des consultations, examens complémentaires, etc.) doit être organisé et identique à celui qui est assuré en routine par le centre de transplantation. Il permet notamment au patient de ne pas avoir à se déplacer systématiquement jusqu’au centre de transplantation pour ce suivi de routine.</t>
+  </si>
+  <si>
+    <t>15/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_629812/fr/suivi-ambulatoire-de-l-adulte-transplante-renal-au-dela-de-3-mois-apres-transplantation</t>
+  </si>
+  <si>
+    <t>c_629812</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
+    <t>Prise en charge du patient adulte se plaignant d'insomnie en médecine générale</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles, destinées aux médecins généralistes, visent à répondre aux questions suivantes : Qu’est-ce que l’insomnie ? Comment la définir et la caractériser (type, étiologie) ? Quelle est l’épidémiologie de l’insomnie et quel est le poids de la maladie pour l’individu et la collectivité en France ? Quelles sont les questions pertinentes à poser au patient et quelles sont les investigations à réaliser par le médecin généraliste ? Quelles sont les indications des avis et des investigations spécialisées ? Quelle est la place du traitement pharmacologique et non pharmacologique, y compris celle du sevrage ? Quel arbre décisionnel proposer ?</t>
+  </si>
+  <si>
+    <t>20/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2007 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522637/fr/prise-en-charge-du-patient-adulte-se-plaignant-d-insomnie-en-medecine-generale</t>
+  </si>
+  <si>
+    <t>c_522637</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Staphylococcus aureus ?# 2. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Pseudomonas aeruginosa ?# 3. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Staphylococcus aureus ?# 4. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Pseudomonas aeruginosa ?# 5. Quelle est la place des autres thérapeutiques à visée respiratoire dans le traitement de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Stratégies thérapeutiques pour les personnes dépendantes des opiacés : place des traitements de substitution</t>
+  </si>
+  <si>
+    <t>L’objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quels sont les finalités et les résultats attendus des traitements de substitution des opiacés ? Quels sont les résultats obtenus par les traitements de substitution des opiacés ? Quelles sont les indications des médicaments de substitution des opiacés ? Quelles sont les modalités de prise en charge nécessaires à la mise en oeuvre et au suivi des traitements de substitution des opiacés ? Quand et comment les modalités d'un traitement de substitution des opiacés doivent-elles être adaptées en pratique ? Comment promouvoir la qualité des pratiques professionnelles dans la prise en charge des patients bénéficiant d'un traitement de substitution des opiacés ?</t>
+  </si>
+  <si>
+    <t>01/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272358/fr/strategies-therapeutiques-pour-les-personnes-dependantes-des-opiaces-place-des-traitements-de-substitution</t>
+  </si>
+  <si>
+    <t>c_272358</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589730/en/assessment-of-tests-for-meningococci-neisseria-meningitidis-and-pneumococci-streptococcus-pneumoniae-using-gene-amplification-in-the-diagnosis-of-meningitis-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation des indications des tests de détection de l’infection tuberculeuse latente par mesure de la production d’interféron gamma (tests IGRA) - Sujets présumés immunocompétents à risque accru d’être porteurs d’une infection tuberculeuse latente (ITL) - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Tuberculose ; infection tuberculeuse latente ; tests IGRA ; tests de détection de l’infection tuberculeuse latente par mesure de la production d’interféron gamma ; intradermoréaction à la tuberculine ; IDR ; sujet-contact ; migrant ; sujet immunocompétent</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/10/2025 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599453/fr/actualisation-des-indications-des-tests-de-detection-de-l-infection-tuberculeuse-latente-par-mesure-de-la-production-d-interferon-gamma-tests-igra-sujets-presumes-immunocompetents-a-risque-accru-d-etre-porteurs-d-une-infection-tuberculeuse-latente-itl-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3599453</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche du méningocoque (Neisseria meningitidis) et du pneumocoque (Streptococcus pneumoniae) par amplification génique dans le diagnostic des méningites</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche des méningocoques (Neisseria meningitidis) et des pneumocoques (Streptococus pneumoniae) par amplification génique (PCR) dans le diagnostic des méningites de suspicion bactérienne</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589730/fr/evaluation-de-la-recherche-du-meningocoque-neisseria-meningitidis-et-du-pneumocoque-streptococcus-pneumoniae-par-amplification-genique-dans-le-diagnostic-des-meningites</t>
   </si>
   <si>
     <t>c_2589730</t>
   </si>
   <si>
-    <t>Interferon-gamma release assays as in vitro screening tests for latent tuberculosis infection</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2021762/en/interferon-gamma-release-assays-as-in-vitro-screening-tests-for-latent-tuberculosis-infection</t>
+    <t>Tests in vitro de dépistage de l’infection tuberculeuse latente par détection de production d’interféron gamma</t>
+  </si>
+  <si>
+    <t>Evaluation des tests de dépistage de l’infection tuberculeuse latente par détection de la production d’interféron gamma, tests communément appelés « tests IGRA » (pour _Interferon Gamma Release Assays_)en vue de leurs inscriptions à la Nomenclature des actes de biologie médicale (NABM)</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021762/fr/tests-in-vitro-de-depistage-de-l-infection-tuberculeuse-latente-par-detection-de-production-d-interferon-gamma</t>
   </si>
   <si>
     <t>c_2021762</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 août 2025</t>
+  </si>
+  <si>
+    <t>20/08/2025 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3640905/fr/commission-de-la-transparence-reunion-du-27-aout-2025</t>
+  </si>
+  <si>
+    <t>p_3640905</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 13 octobre 2021</t>
+  </si>
+  <si>
+    <t>07/10/2021 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291154/fr/commission-de-la-transparence-reunion-a-distance-du-13-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3291154</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 juin 2017</t>
+  </si>
+  <si>
+    <t>01/06/2017 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772306/fr/college-deliberatif-du-7-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2772306</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0202/DC/SEM du 4 septembre 2025 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité DOVPRELA (prétomanide)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité DOVPRELA (prétomanide) dans l’indication « en association avec la bédaquiline et le linézolide, dans le traitement : des adultes atteints de tuberculose (TB) pulmonaire due au Mycobacterium tuberculosis résistante à l’isoniazide, la rifampicine, une fluoroquinolone et un antibiotique injectable de seconde intention ; et des adultes atteints de tuberculose pulmonaire due au M.tuberculosis résistante à l’isoniazide et la rifampicine, avec intolérance ou absence de réponse au traitement standard (voir rubriques 4.2, 4.4 et 5.1 du RCP). Il convient de tenir compte des recommandations officielles concernant l’utilisation appropriée des antibactériens ».</t>
+  </si>
+  <si>
+    <t>04/09/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>10/09/2025 11:29:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644411/fr/decision-n-2025-0202/dc/sem-du-4-septembre-2025-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-dovprela-pretomanide</t>
+  </si>
+  <si>
+    <t>p_3644411</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0297/DC/SEM du 24 octobre 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité LIVMARLI (maralixibat)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité LIVMARLI (maralixibat), dans l'indication restreinte « traitement de la cholestase intrahépatique progressive familiale (PFIC) chez les patients âgés de 3 mois et plus, excepté les patients âgés 6 mois et plus atteints de PFIC de type 1 et 2 (à l’exception du sous-type BSEP3 de la PFIC 2) éligibles à l’instauration d’un traitement par BYLVAY (odévixibat) ».</t>
+  </si>
+  <si>
+    <t>24/10/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>31/10/2024 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554593/fr/decision-n2024-0297/dc/sem-du-24-octobre-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-livmarli-maralixibat</t>
+  </si>
+  <si>
+    <t>p_3554593</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0002/AC/SEM du 5 février 2014 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité PARA AMINOSALICYLIC ACID LUCANE (PASER) (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>L’indication de l’autorisation de mise sur le marché de la spécialité PARA AMINOSALICYLIC ACID LUCANE (PASER) qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte concerne les enfants de plus de 28 jours ayant une tuberculose multirésistante. Pour cette indication, mentionnée en annexe du présent avis, la HAS n’a pas identifié d’alternative thérapeutique prise en charge par les régimes obligatoires de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>05/02/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>23/05/2014 18:10:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743083/fr/avis-n-2014-0002/ac/sem-du-5-fevrier-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-para-aminosalicylic-acid-lucane-paser-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1743083</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Structuration de la posologie des médicaments</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un référentiel des besoins métier centré sur la posologie des médicaments que devra couvrir notamment l’ordonnance numérique portée par la CNAM. Ce référentiel constitue le socle d’un futur guide d’implémentation élaboré par l'ANS en lien avec Interop'Santé à destination des éditeurs de logiciels médicaux. Cette étape précèdera la mise en application fonctionnelle de posologies structurées via l’ergonomie des logiciels.</t>
+  </si>
+  <si>
+    <t>17/11/2025 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555137/fr/structuration-de-la-posologie-des-medicaments</t>
+  </si>
+  <si>
+    <t>p_3555137</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Traitement de la Covid-19</t>
+  </si>
+  <si>
+    <t>Cette fiche a pour objectif d’accompagner les professionnels de santé dans la conduite du traitement contre la Covid 19, en ambulatoire comme dans les établissements de santé. Cette réponse rapide actualise la fiche Réponses rapides sur le traitement par Paxlovid® des patients à risque de forme grave de Covid-19 (dernière actualisation le 21 décembre 2023).</t>
+  </si>
+  <si>
+    <t>23/06/2023 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447571/fr/traitement-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3447571</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>RIMACTAN (rifampicine)</t>
+  </si>
+  <si>
+    <t>13/05/2019 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982771/fr/rimactan-rifampicine</t>
+  </si>
+  <si>
+    <t>pprd_2982771</t>
+  </si>
+  <si>
+    <t>rifampicine</t>
+  </si>
+  <si>
+    <t>SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697222/fr/rimactan-rifampicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045296/fr/rimactan-rifampicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966249/fr/rimactan-rifampicine</t>
+  </si>
+  <si>
+    <t>RIFINAH (rifampicine/ isoniazide)</t>
+  </si>
+  <si>
+    <t>30/11/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983014/fr/rifinah-rifampicine/-isoniazide</t>
+  </si>
+  <si>
+    <t>pprd_2983014</t>
+  </si>
+  <si>
+    <t>rifampicine,isoniazide</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399102/fr/rifinah-300-mg/150-mg-comprime-enrobe-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461166/fr/rifinah-rifampicine/-isoniazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025860/fr/rifinah-rifampicine/-isoniazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661392/fr/rifinah-rifampicine/-isoniazide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885810/fr/rifinah-rifampicine/-isoniazide</t>
+  </si>
+  <si>
+    <t>RIFATER (isoniazide/ pyrazinamide/ rifampicine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983018/fr/rifater-isoniazide/-pyrazinamide/-rifampicine</t>
+  </si>
+  <si>
+    <t>pprd_2983018</t>
+  </si>
+  <si>
+    <t>isoniazide,pyrazinamide,rifampicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461162/fr/rifater-isoniazide/-pyrazinamide/-rifampicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024743/fr/rifater-isoniazide/-pyrazinamide/-rifampicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612472/fr/rifater-isoniazide/-pyrazinamide/-rifampicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885789/fr/rifater-isoniazide/-pyrazinamide/-rifampicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399103/fr/rifater-comprime-enrobe-boite-de-60</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:J6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
         <v>27</v>
       </c>
-      <c r="F4" t="s">
-[...6 lines deleted...]
-        <v>29</v>
+      <c r="J4" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>36</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>39</v>
       </c>
       <c r="H6" t="s">
         <v>40</v>
       </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>419</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>421</v>
+      </c>
+      <c r="B2" t="s">
+        <v>422</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>423</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>424</v>
+      </c>
+      <c r="H2" t="s">
+        <v>425</v>
+      </c>
+      <c r="I2" t="s">
+        <v>426</v>
+      </c>
+      <c r="J2" t="s">
+        <v>427</v>
+      </c>
+      <c r="K2" t="s">
+        <v>428</v>
+      </c>
+      <c r="L2" t="s">
+        <v>429</v>
+      </c>
+      <c r="M2" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>421</v>
+      </c>
+      <c r="B3" t="s">
+        <v>431</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>432</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>433</v>
+      </c>
+      <c r="H3" t="s">
+        <v>434</v>
+      </c>
+      <c r="I3" t="s">
+        <v>435</v>
+      </c>
+      <c r="J3" t="s">
+        <v>436</v>
+      </c>
+      <c r="K3" t="s">
+        <v>437</v>
+      </c>
+      <c r="L3" t="s">
+        <v>438</v>
+      </c>
+      <c r="M3" t="s">
+        <v>439</v>
+      </c>
+      <c r="N3" t="s">
+        <v>440</v>
+      </c>
+      <c r="O3" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>421</v>
+      </c>
+      <c r="B4" t="s">
+        <v>442</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>432</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>443</v>
+      </c>
+      <c r="H4" t="s">
+        <v>444</v>
+      </c>
+      <c r="I4" t="s">
+        <v>445</v>
+      </c>
+      <c r="J4" t="s">
+        <v>436</v>
+      </c>
+      <c r="K4" t="s">
+        <v>446</v>
+      </c>
+      <c r="L4" t="s">
+        <v>447</v>
+      </c>
+      <c r="M4" t="s">
+        <v>448</v>
+      </c>
+      <c r="N4" t="s">
+        <v>449</v>
+      </c>
+      <c r="O4" t="s">
+        <v>450</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>451</v>
+      </c>
+      <c r="B2" t="s">
+        <v>452</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>453</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>454</v>
+      </c>
+      <c r="H2" t="s">
+        <v>455</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D2" t="s">
+        <v>45</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H30"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" t="s">
+        <v>51</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>58</v>
+      </c>
+      <c r="H3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>49</v>
+      </c>
+      <c r="B4" t="s">
+        <v>60</v>
+      </c>
+      <c r="C4" t="s">
+        <v>61</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>63</v>
+      </c>
+      <c r="H4" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>49</v>
+      </c>
+      <c r="B5" t="s">
+        <v>65</v>
+      </c>
+      <c r="C5" t="s">
+        <v>66</v>
+      </c>
+      <c r="D5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E5" t="s">
+        <v>68</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H5" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>49</v>
+      </c>
+      <c r="B6" t="s">
+        <v>71</v>
+      </c>
+      <c r="C6" t="s">
+        <v>72</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>73</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>74</v>
+      </c>
+      <c r="H6" t="s">
+        <v>75</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>77</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>44</v>
+        <v>78</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>79</v>
       </c>
       <c r="H7" t="s">
-        <v>46</v>
+        <v>80</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
       <c r="B8" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="C8" t="s">
-        <v>48</v>
+        <v>82</v>
       </c>
       <c r="D8" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>51</v>
+        <v>84</v>
       </c>
       <c r="H8" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>86</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="D9" t="s">
-        <v>56</v>
+        <v>88</v>
       </c>
       <c r="E9" t="s">
-        <v>57</v>
+        <v>89</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>58</v>
+        <v>90</v>
       </c>
       <c r="H9" t="s">
-        <v>59</v>
+        <v>91</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B10" t="s">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="C10" t="s">
-        <v>61</v>
+        <v>93</v>
       </c>
       <c r="D10" t="s">
-        <v>62</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>63</v>
+        <v>94</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>64</v>
+        <v>95</v>
       </c>
       <c r="H10" t="s">
-        <v>65</v>
+        <v>96</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
+        <v>97</v>
+      </c>
+      <c r="C11" t="s">
+        <v>98</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>99</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>100</v>
+      </c>
+      <c r="H11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>49</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>103</v>
+      </c>
+      <c r="D12" t="s">
+        <v>104</v>
+      </c>
+      <c r="E12" t="s">
+        <v>105</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>106</v>
+      </c>
+      <c r="H12" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>49</v>
+      </c>
+      <c r="B13" t="s">
+        <v>108</v>
+      </c>
+      <c r="C13" t="s">
+        <v>109</v>
+      </c>
+      <c r="D13" t="s">
+        <v>110</v>
+      </c>
+      <c r="E13" t="s">
+        <v>111</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>112</v>
+      </c>
+      <c r="H13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>49</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>115</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>116</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>117</v>
+      </c>
+      <c r="H14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>49</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>121</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>122</v>
+      </c>
+      <c r="H15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>49</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>125</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>126</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>127</v>
+      </c>
+      <c r="H16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>49</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>131</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>132</v>
+      </c>
+      <c r="H17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>49</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>135</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>136</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>137</v>
+      </c>
+      <c r="H18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>49</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>140</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>141</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>142</v>
+      </c>
+      <c r="H19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>49</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>145</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>146</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>147</v>
+      </c>
+      <c r="H20" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>49</v>
+      </c>
+      <c r="B21" t="s">
+        <v>149</v>
+      </c>
+      <c r="C21" t="s">
+        <v>150</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>151</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>152</v>
+      </c>
+      <c r="H21" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>49</v>
+      </c>
+      <c r="B22" t="s">
+        <v>154</v>
+      </c>
+      <c r="C22" t="s">
+        <v>155</v>
+      </c>
+      <c r="D22" t="s">
+        <v>156</v>
+      </c>
+      <c r="E22" t="s">
+        <v>157</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>158</v>
+      </c>
+      <c r="H22" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>49</v>
+      </c>
+      <c r="B23" t="s">
+        <v>160</v>
+      </c>
+      <c r="C23" t="s">
+        <v>161</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>162</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>163</v>
+      </c>
+      <c r="H23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>49</v>
+      </c>
+      <c r="B24" t="s">
+        <v>165</v>
+      </c>
+      <c r="C24" t="s">
+        <v>166</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>167</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>168</v>
+      </c>
+      <c r="H24" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>49</v>
+      </c>
+      <c r="B25" t="s">
+        <v>170</v>
+      </c>
+      <c r="C25" t="s">
+        <v>171</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>172</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>173</v>
+      </c>
+      <c r="H25" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>49</v>
+      </c>
+      <c r="B26" t="s">
+        <v>175</v>
+      </c>
+      <c r="C26" t="s">
+        <v>176</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>177</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>178</v>
+      </c>
+      <c r="H26" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>49</v>
+      </c>
+      <c r="B27" t="s">
+        <v>180</v>
+      </c>
+      <c r="C27" t="s">
+        <v>181</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>182</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>183</v>
+      </c>
+      <c r="H27" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>49</v>
+      </c>
+      <c r="B28" t="s">
+        <v>185</v>
+      </c>
+      <c r="C28" t="s">
+        <v>186</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>187</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>188</v>
+      </c>
+      <c r="H28" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>49</v>
+      </c>
+      <c r="B29" t="s">
+        <v>190</v>
+      </c>
+      <c r="C29" t="s">
+        <v>191</v>
+      </c>
+      <c r="D29" t="s">
+        <v>192</v>
+      </c>
+      <c r="E29" t="s">
+        <v>193</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>194</v>
+      </c>
+      <c r="H29" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>49</v>
+      </c>
+      <c r="B30" t="s">
+        <v>196</v>
+      </c>
+      <c r="C30" t="s">
+        <v>197</v>
+      </c>
+      <c r="D30" t="s">
+        <v>198</v>
+      </c>
+      <c r="E30" t="s">
+        <v>199</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>200</v>
+      </c>
+      <c r="H30" t="s">
+        <v>201</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H30"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>202</v>
+      </c>
+      <c r="B2" t="s">
+        <v>203</v>
+      </c>
+      <c r="C2" t="s">
+        <v>204</v>
+      </c>
+      <c r="D2" t="s">
+        <v>205</v>
+      </c>
+      <c r="E2" t="s">
+        <v>206</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>207</v>
+      </c>
+      <c r="H2" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>202</v>
+      </c>
+      <c r="B3" t="s">
+        <v>209</v>
+      </c>
+      <c r="C3" t="s">
+        <v>210</v>
+      </c>
+      <c r="D3" t="s">
+        <v>205</v>
+      </c>
+      <c r="E3" t="s">
+        <v>206</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H3" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>202</v>
+      </c>
+      <c r="B4" t="s">
+        <v>213</v>
+      </c>
+      <c r="C4" t="s">
+        <v>214</v>
+      </c>
+      <c r="D4" t="s">
+        <v>205</v>
+      </c>
+      <c r="E4" t="s">
+        <v>215</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>216</v>
+      </c>
+      <c r="H4" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>202</v>
+      </c>
+      <c r="B5" t="s">
+        <v>218</v>
+      </c>
+      <c r="C5" t="s">
+        <v>219</v>
+      </c>
+      <c r="D5" t="s">
+        <v>220</v>
+      </c>
+      <c r="E5" t="s">
+        <v>221</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H5" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>202</v>
+      </c>
+      <c r="B6" t="s">
+        <v>224</v>
+      </c>
+      <c r="C6" t="s">
+        <v>225</v>
+      </c>
+      <c r="D6" t="s">
+        <v>226</v>
+      </c>
+      <c r="E6" t="s">
+        <v>227</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>228</v>
+      </c>
+      <c r="H6" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>202</v>
+      </c>
+      <c r="B7" t="s">
+        <v>230</v>
+      </c>
+      <c r="C7" t="s">
+        <v>231</v>
+      </c>
+      <c r="D7" t="s">
+        <v>232</v>
+      </c>
+      <c r="E7" t="s">
+        <v>233</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>234</v>
+      </c>
+      <c r="H7" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>202</v>
+      </c>
+      <c r="B8" t="s">
+        <v>236</v>
+      </c>
+      <c r="C8" t="s">
+        <v>237</v>
+      </c>
+      <c r="D8" t="s">
+        <v>238</v>
+      </c>
+      <c r="E8" t="s">
+        <v>239</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>240</v>
+      </c>
+      <c r="H8" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>202</v>
+      </c>
+      <c r="B9" t="s">
+        <v>242</v>
+      </c>
+      <c r="C9" t="s">
+        <v>237</v>
+      </c>
+      <c r="D9" t="s">
+        <v>243</v>
+      </c>
+      <c r="E9" t="s">
+        <v>244</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>245</v>
+      </c>
+      <c r="H9" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>202</v>
+      </c>
+      <c r="B10" t="s">
+        <v>247</v>
+      </c>
+      <c r="C10" t="s">
+        <v>248</v>
+      </c>
+      <c r="D10" t="s">
+        <v>249</v>
+      </c>
+      <c r="E10" t="s">
+        <v>250</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>251</v>
+      </c>
+      <c r="H10" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>202</v>
+      </c>
+      <c r="B11" t="s">
+        <v>253</v>
+      </c>
+      <c r="C11" t="s">
+        <v>254</v>
+      </c>
+      <c r="D11" t="s">
+        <v>249</v>
+      </c>
+      <c r="E11" t="s">
+        <v>250</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>255</v>
+      </c>
+      <c r="H11" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>202</v>
+      </c>
+      <c r="B12" t="s">
+        <v>257</v>
+      </c>
+      <c r="C12" t="s">
+        <v>258</v>
+      </c>
+      <c r="D12" t="s">
+        <v>249</v>
+      </c>
+      <c r="E12" t="s">
+        <v>259</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>260</v>
+      </c>
+      <c r="H12" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>202</v>
+      </c>
+      <c r="B13" t="s">
+        <v>262</v>
+      </c>
+      <c r="C13" t="s">
+        <v>263</v>
+      </c>
+      <c r="D13" t="s">
+        <v>249</v>
+      </c>
+      <c r="E13" t="s">
+        <v>259</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>264</v>
+      </c>
+      <c r="H13" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>202</v>
+      </c>
+      <c r="B14" t="s">
+        <v>266</v>
+      </c>
+      <c r="C14" t="s">
+        <v>263</v>
+      </c>
+      <c r="D14" t="s">
+        <v>249</v>
+      </c>
+      <c r="E14" t="s">
+        <v>250</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>267</v>
+      </c>
+      <c r="H14" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>202</v>
+      </c>
+      <c r="B15" t="s">
+        <v>269</v>
+      </c>
+      <c r="C15" t="s">
+        <v>270</v>
+      </c>
+      <c r="D15" t="s">
+        <v>249</v>
+      </c>
+      <c r="E15" t="s">
+        <v>259</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>271</v>
+      </c>
+      <c r="H15" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>202</v>
+      </c>
+      <c r="B16" t="s">
+        <v>273</v>
+      </c>
+      <c r="C16" t="s">
+        <v>274</v>
+      </c>
+      <c r="D16" t="s">
+        <v>249</v>
+      </c>
+      <c r="E16" t="s">
+        <v>259</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>275</v>
+      </c>
+      <c r="H16" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>202</v>
+      </c>
+      <c r="B17" t="s">
+        <v>277</v>
+      </c>
+      <c r="C17" t="s">
+        <v>278</v>
+      </c>
+      <c r="D17" t="s">
+        <v>249</v>
+      </c>
+      <c r="E17" t="s">
+        <v>250</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>279</v>
+      </c>
+      <c r="H17" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>202</v>
+      </c>
+      <c r="B18" t="s">
+        <v>281</v>
+      </c>
+      <c r="C18" t="s">
+        <v>263</v>
+      </c>
+      <c r="D18" t="s">
+        <v>249</v>
+      </c>
+      <c r="E18" t="s">
+        <v>250</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>282</v>
+      </c>
+      <c r="H18" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>202</v>
+      </c>
+      <c r="B19" t="s">
+        <v>284</v>
+      </c>
+      <c r="C19" t="s">
+        <v>258</v>
+      </c>
+      <c r="D19" t="s">
+        <v>249</v>
+      </c>
+      <c r="E19" t="s">
+        <v>259</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>285</v>
+      </c>
+      <c r="H19" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>202</v>
+      </c>
+      <c r="B20" t="s">
+        <v>287</v>
+      </c>
+      <c r="C20" t="s">
+        <v>258</v>
+      </c>
+      <c r="D20" t="s">
+        <v>249</v>
+      </c>
+      <c r="E20" t="s">
+        <v>259</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>288</v>
+      </c>
+      <c r="H20" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>202</v>
+      </c>
+      <c r="B21" t="s">
+        <v>290</v>
+      </c>
+      <c r="C21" t="s">
+        <v>291</v>
+      </c>
+      <c r="D21" t="s">
+        <v>292</v>
+      </c>
+      <c r="E21" t="s">
+        <v>293</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>294</v>
+      </c>
+      <c r="H21" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>202</v>
+      </c>
+      <c r="B22" t="s">
+        <v>296</v>
+      </c>
+      <c r="C22" t="s">
+        <v>297</v>
+      </c>
+      <c r="D22" t="s">
+        <v>298</v>
+      </c>
+      <c r="E22" t="s">
+        <v>299</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>300</v>
+      </c>
+      <c r="H22" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>202</v>
+      </c>
+      <c r="B23" t="s">
+        <v>302</v>
+      </c>
+      <c r="C23" t="s">
+        <v>303</v>
+      </c>
+      <c r="D23" t="s">
+        <v>304</v>
+      </c>
+      <c r="E23" t="s">
+        <v>305</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>306</v>
+      </c>
+      <c r="H23" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>202</v>
+      </c>
+      <c r="B24" t="s">
+        <v>308</v>
+      </c>
+      <c r="C24" t="s">
+        <v>309</v>
+      </c>
+      <c r="D24" t="s">
+        <v>310</v>
+      </c>
+      <c r="E24" t="s">
+        <v>311</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>312</v>
+      </c>
+      <c r="H24" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>202</v>
+      </c>
+      <c r="B25" t="s">
+        <v>314</v>
+      </c>
+      <c r="C25" t="s">
+        <v>315</v>
+      </c>
+      <c r="D25" t="s">
+        <v>316</v>
+      </c>
+      <c r="E25" t="s">
+        <v>317</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>318</v>
+      </c>
+      <c r="H25" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>202</v>
+      </c>
+      <c r="B26" t="s">
+        <v>320</v>
+      </c>
+      <c r="C26" t="s">
+        <v>321</v>
+      </c>
+      <c r="D26" t="s">
+        <v>322</v>
+      </c>
+      <c r="E26" t="s">
+        <v>323</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>324</v>
+      </c>
+      <c r="H26" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>202</v>
+      </c>
+      <c r="B27" t="s">
+        <v>326</v>
+      </c>
+      <c r="C27" t="s">
+        <v>327</v>
+      </c>
+      <c r="D27" t="s">
+        <v>328</v>
+      </c>
+      <c r="E27" t="s">
+        <v>329</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>330</v>
+      </c>
+      <c r="H27" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>202</v>
+      </c>
+      <c r="B28" t="s">
+        <v>332</v>
+      </c>
+      <c r="C28" t="s">
+        <v>333</v>
+      </c>
+      <c r="D28" t="s">
+        <v>334</v>
+      </c>
+      <c r="E28" t="s">
+        <v>335</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>336</v>
+      </c>
+      <c r="H28" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>202</v>
+      </c>
+      <c r="B29" t="s">
+        <v>338</v>
+      </c>
+      <c r="C29" t="s">
+        <v>339</v>
+      </c>
+      <c r="D29" t="s">
+        <v>340</v>
+      </c>
+      <c r="E29" t="s">
+        <v>341</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>342</v>
+      </c>
+      <c r="H29" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>202</v>
+      </c>
+      <c r="B30" t="s">
+        <v>344</v>
+      </c>
+      <c r="C30" t="s">
+        <v>345</v>
+      </c>
+      <c r="D30" t="s">
+        <v>346</v>
+      </c>
+      <c r="E30" t="s">
+        <v>347</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>348</v>
+      </c>
+      <c r="H30" t="s">
+        <v>349</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>350</v>
+      </c>
+      <c r="B2" t="s">
+        <v>351</v>
+      </c>
+      <c r="C2" t="s">
+        <v>352</v>
+      </c>
+      <c r="D2" t="s">
+        <v>353</v>
+      </c>
+      <c r="E2" t="s">
+        <v>354</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>355</v>
+      </c>
+      <c r="H2" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>350</v>
+      </c>
+      <c r="B3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C3" t="s">
+        <v>358</v>
+      </c>
+      <c r="D3" t="s">
+        <v>359</v>
+      </c>
+      <c r="E3" t="s">
+        <v>360</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>361</v>
+      </c>
+      <c r="H3" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>350</v>
+      </c>
+      <c r="B4" t="s">
+        <v>363</v>
+      </c>
+      <c r="C4" t="s">
+        <v>364</v>
+      </c>
+      <c r="D4" t="s">
+        <v>365</v>
+      </c>
+      <c r="E4" t="s">
+        <v>366</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>367</v>
+      </c>
+      <c r="H4" t="s">
+        <v>368</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>370</v>
+      </c>
+      <c r="B2" t="s">
+        <v>371</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>372</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>373</v>
+      </c>
+      <c r="H2" t="s">
+        <v>374</v>
+      </c>
+      <c r="I2" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>370</v>
+      </c>
+      <c r="B3" t="s">
+        <v>376</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>377</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>378</v>
+      </c>
+      <c r="H3" t="s">
+        <v>379</v>
+      </c>
+      <c r="I3" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>370</v>
+      </c>
+      <c r="B4" t="s">
+        <v>380</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>381</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>382</v>
+      </c>
+      <c r="H4" t="s">
+        <v>383</v>
+      </c>
+      <c r="I4" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>370</v>
+      </c>
+      <c r="B5" t="s">
+        <v>384</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>385</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>386</v>
+      </c>
+      <c r="H5" t="s">
+        <v>387</v>
+      </c>
+      <c r="I5" t="s">
+        <v>375</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>388</v>
+      </c>
+      <c r="B2" t="s">
+        <v>389</v>
+      </c>
+      <c r="C2" t="s">
+        <v>390</v>
+      </c>
+      <c r="D2" t="s">
+        <v>391</v>
+      </c>
+      <c r="E2" t="s">
+        <v>392</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>393</v>
+      </c>
+      <c r="H2" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>388</v>
+      </c>
+      <c r="B3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C3" t="s">
+        <v>396</v>
+      </c>
+      <c r="D3" t="s">
+        <v>397</v>
+      </c>
+      <c r="E3" t="s">
+        <v>398</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>399</v>
+      </c>
+      <c r="H3" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>388</v>
+      </c>
+      <c r="B4" t="s">
+        <v>401</v>
+      </c>
+      <c r="C4" t="s">
+        <v>402</v>
+      </c>
+      <c r="D4" t="s">
+        <v>403</v>
+      </c>
+      <c r="E4" t="s">
+        <v>404</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>405</v>
+      </c>
+      <c r="H4" t="s">
+        <v>406</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>407</v>
+      </c>
+      <c r="B2" t="s">
+        <v>408</v>
+      </c>
+      <c r="C2" t="s">
+        <v>409</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>410</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>411</v>
+      </c>
+      <c r="H2" t="s">
+        <v>412</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>413</v>
+      </c>
+      <c r="B2" t="s">
+        <v>414</v>
+      </c>
+      <c r="C2" t="s">
+        <v>415</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>416</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>417</v>
+      </c>
+      <c r="H2" t="s">
+        <v>418</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>