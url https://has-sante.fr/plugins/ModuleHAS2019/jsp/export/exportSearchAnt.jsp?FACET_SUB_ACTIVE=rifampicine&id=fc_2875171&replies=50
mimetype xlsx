--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -1,86 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
-    <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
-[...1 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="733" uniqueCount="438">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="749" uniqueCount="444">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -167,50 +170,80 @@
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire</t>
   </si>
   <si>
     <t>À la demande de la Direction générale de la santé, la HAS a élaboré une recommandation de santé publique sur l’évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire. L’objectif de cette recommandation est d’identifier le plus précocement les personnes porteuses d’une tuberculose pulmonaire (à l’état subclinique ou paucisymptomatique), afin de limiter sa transmission, de définir les populations cibles et les modalités de dépistage dans ces population, et d’harmoniser les pratiques.</t>
   </si>
   <si>
     <t>13/03/2025 00:00:00</t>
   </si>
   <si>
     <t>24/03/2025 11:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
   </si>
   <si>
     <t>p_3459735</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
     <t>ALD N° 29 - Tuberculose maladie</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
     <t>26/08/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_482999/fr/ald-n-29-tuberculose-maladie</t>
   </si>
   <si>
     <t>c_482999</t>
   </si>
   <si>
     <t>Purpura thrombopénique immunologique de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/02/2025 14:17:00</t>
@@ -512,95 +545,65 @@
   <si>
     <t>27/01/2020 14:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
   </si>
   <si>
     <t>p_3148016</t>
   </si>
   <si>
     <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>26/06/2019 12:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
   </si>
   <si>
     <t>p_3076472</t>
   </si>
   <si>
-    <t>Mucoviscidose</t>
-[...13 lines deleted...]
-  <si>
     <t>Lupus Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
   </si>
   <si>
-    <t>Anémie Hémolytique Auto-Immune de l'enfant et de l'adulte</t>
-[...13 lines deleted...]
-  <si>
     <t>Dermatomyosite de l’enfant et de l’adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
   </si>
   <si>
     <t>19/09/2016 14:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>c_2666858</t>
   </si>
   <si>
     <t>Guide parcours de soins Fibrillation atriale</t>
   </si>
   <si>
     <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
   </si>
   <si>
     <t>19/02/2014 00:00:00</t>
   </si>
   <si>
     <t>22/05/2014 16:03:00</t>
@@ -1221,50 +1224,68 @@
     <t>31/10/2024 14:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3554593/fr/decision-n2024-0297/dc/sem-du-24-octobre-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-livmarli-maralixibat</t>
   </si>
   <si>
     <t>p_3554593</t>
   </si>
   <si>
     <t>AVIS N° 2014.0002/AC/SEM du 5 février 2014 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité PARA AMINOSALICYLIC ACID LUCANE (PASER) (article L. 162-16-5-2 du code de la sécurité sociale)</t>
   </si>
   <si>
     <t>L’indication de l’autorisation de mise sur le marché de la spécialité PARA AMINOSALICYLIC ACID LUCANE (PASER) qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte concerne les enfants de plus de 28 jours ayant une tuberculose multirésistante. Pour cette indication, mentionnée en annexe du présent avis, la HAS n’a pas identifié d’alternative thérapeutique prise en charge par les régimes obligatoires de la sécurité sociale.</t>
   </si>
   <si>
     <t>05/02/2014 10:55:00</t>
   </si>
   <si>
     <t>23/05/2014 18:10:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1743083/fr/avis-n-2014-0002/ac/sem-du-5-fevrier-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-para-aminosalicylic-acid-lucane-paser-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
   </si>
   <si>
     <t>c_1743083</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Structuration de la posologie des médicaments</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un référentiel des besoins métier centré sur la posologie des médicaments que devra couvrir notamment l’ordonnance numérique portée par la CNAM. Ce référentiel constitue le socle d’un futur guide d’implémentation élaboré par l'ANS en lien avec Interop'Santé à destination des éditeurs de logiciels médicaux. Cette étape précèdera la mise en application fonctionnelle de posologies structurées via l’ergonomie des logiciels.</t>
+  </si>
+  <si>
+    <t>17/11/2025 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555137/fr/structuration-de-la-posologie-des-medicaments</t>
+  </si>
+  <si>
+    <t>p_3555137</t>
   </si>
   <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
     <t>Traitement de la Covid-19</t>
   </si>
   <si>
     <t>Cette fiche a pour objectif d’accompagner les professionnels de santé dans la conduite du traitement contre la Covid 19, en ambulatoire comme dans les établissements de santé. Cette réponse rapide actualise la fiche Réponses rapides sur le traitement par Paxlovid® des patients à risque de forme grave de Covid-19 (dernière actualisation le 21 décembre 2023).</t>
   </si>
   <si>
     <t>23/06/2023 10:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447571/fr/traitement-de-la-covid-19</t>
   </si>
   <si>
     <t>p_3447571</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
@@ -1395,51 +1416,51 @@
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -1574,106 +1595,290 @@
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>12</v>
       </c>
       <c r="J5" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>407</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>409</v>
+      </c>
+      <c r="B2" t="s">
+        <v>410</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>411</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>412</v>
+      </c>
+      <c r="H2" t="s">
+        <v>413</v>
+      </c>
+      <c r="I2" t="s">
+        <v>414</v>
+      </c>
+      <c r="J2" t="s">
+        <v>415</v>
+      </c>
+      <c r="K2" t="s">
+        <v>416</v>
+      </c>
+      <c r="L2" t="s">
+        <v>417</v>
+      </c>
+      <c r="M2" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>409</v>
+      </c>
+      <c r="B3" t="s">
+        <v>419</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>420</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>421</v>
+      </c>
+      <c r="H3" t="s">
+        <v>422</v>
+      </c>
+      <c r="I3" t="s">
+        <v>423</v>
+      </c>
+      <c r="J3" t="s">
+        <v>424</v>
+      </c>
+      <c r="K3" t="s">
+        <v>425</v>
+      </c>
+      <c r="L3" t="s">
+        <v>426</v>
+      </c>
+      <c r="M3" t="s">
+        <v>427</v>
+      </c>
+      <c r="N3" t="s">
+        <v>428</v>
+      </c>
+      <c r="O3" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>409</v>
+      </c>
+      <c r="B4" t="s">
+        <v>430</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>420</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>431</v>
+      </c>
+      <c r="H4" t="s">
+        <v>432</v>
+      </c>
+      <c r="I4" t="s">
+        <v>433</v>
+      </c>
+      <c r="J4" t="s">
+        <v>424</v>
+      </c>
+      <c r="K4" t="s">
+        <v>434</v>
+      </c>
+      <c r="L4" t="s">
+        <v>435</v>
+      </c>
+      <c r="M4" t="s">
+        <v>436</v>
+      </c>
+      <c r="N4" t="s">
+        <v>437</v>
+      </c>
+      <c r="O4" t="s">
+        <v>438</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="B2" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="H2" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1749,103 +1954,103 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>42</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="s">
         <v>44</v>
       </c>
       <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
         <v>45</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>46</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>42</v>
       </c>
       <c r="B3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C3" t="s">
         <v>49</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>50</v>
       </c>
-      <c r="D3" t="s">
-[...2 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>51</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" t="s">
         <v>54</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>56</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>57</v>
       </c>
       <c r="H4" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>42</v>
       </c>
       <c r="B5" t="s">
         <v>59</v>
       </c>
       <c r="C5" t="s">
         <v>60</v>
       </c>
       <c r="D5" t="s">
@@ -1853,207 +2058,207 @@
       </c>
       <c r="E5" t="s">
         <v>61</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>62</v>
       </c>
       <c r="H5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>42</v>
       </c>
       <c r="B6" t="s">
         <v>64</v>
       </c>
       <c r="C6" t="s">
         <v>65</v>
       </c>
       <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
         <v>66</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
         <v>67</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>42</v>
       </c>
       <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
         <v>70</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>71</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
         <v>72</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>42</v>
       </c>
       <c r="B8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C8" t="s">
         <v>75</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E8" t="s">
         <v>77</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>78</v>
       </c>
       <c r="H8" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>42</v>
       </c>
       <c r="B9" t="s">
         <v>80</v>
       </c>
       <c r="C9" t="s">
         <v>81</v>
       </c>
       <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
         <v>82</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
         <v>83</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
         <v>86</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
         <v>87</v>
       </c>
-      <c r="D10" t="s">
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
         <v>88</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>89</v>
-      </c>
-[...7 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D11" t="s">
         <v>92</v>
       </c>
-      <c r="C11" t="s">
+      <c r="E11" t="s">
         <v>93</v>
       </c>
-      <c r="D11" t="s">
-[...2 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
         <v>94</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>42</v>
       </c>
       <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
         <v>97</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>98</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>99</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
         <v>100</v>
       </c>
       <c r="H12" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>42</v>
       </c>
       <c r="B13" t="s">
         <v>102</v>
       </c>
       <c r="C13" t="s">
         <v>103</v>
       </c>
       <c r="D13" t="s">
@@ -2191,103 +2396,103 @@
       </c>
       <c r="E18" t="s">
         <v>129</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
         <v>130</v>
       </c>
       <c r="H18" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>42</v>
       </c>
       <c r="B19" t="s">
         <v>132</v>
       </c>
       <c r="C19" t="s">
         <v>133</v>
       </c>
       <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>134</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
         <v>135</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>42</v>
       </c>
       <c r="B20" t="s">
+        <v>137</v>
+      </c>
+      <c r="C20" t="s">
         <v>138</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
         <v>139</v>
       </c>
-      <c r="D20" t="s">
-[...2 lines deleted...]
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
         <v>140</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
+        <v>142</v>
+      </c>
+      <c r="C21" t="s">
         <v>143</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E21" t="s">
         <v>145</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
         <v>146</v>
       </c>
       <c r="H21" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>42</v>
       </c>
       <c r="B22" t="s">
         <v>148</v>
       </c>
       <c r="C22" t="s">
         <v>149</v>
       </c>
       <c r="D22" t="s">
@@ -3729,219 +3934,101 @@
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>398</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>399</v>
       </c>
       <c r="H2" t="s">
         <v>400</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>401</v>
+      </c>
+      <c r="B2" t="s">
+        <v>402</v>
+      </c>
+      <c r="C2" t="s">
         <v>403</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
         <v>404</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>405</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>406</v>
       </c>
-      <c r="H2" t="s">
-[...110 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>