--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,4034 +1,565 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...8 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="749" uniqueCount="444">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="66">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>TYRX</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Active tuberculosis</t>
+  </si>
+  <si>
+    <t>This guide is intended to be a pragmatic reference tool for doctors managing active tuberculosis.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/26/2025 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/09/2020 00:00:00</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
+    <t>https://www.has-sante.fr/jcms/c_482999/en/active-tuberculosis</t>
+  </si>
+  <si>
+    <t>c_482999</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>03/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/24/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
   </si>
   <si>
     <t>p_3459735</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...122 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Artérite à Cellules Géantes (Horton)</t>
-[...662 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
+  </si>
+  <si>
+    <t>To propose guidelines to help healthcare organisations implement effective strategies for antibiotic use and prevent bacterial resistance. These guidelines relate to proper use of antibiotics in hospitals and specify : - provisions on the prescription of antibiotics ; - the role of institutional players ; - the role of non-institutional players ; - methods of information provision and training.</t>
+  </si>
+  <si>
+    <t>04/16/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Prise en charge du patient adulte se plaignant d'insomnie en médecine générale</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
+    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. What are the diagnostic criteria for bronchopulmonary infection with Staphylococcus aureus (SA) ?# 2. What strategy should be adopted for antibiotic therapy for Staphylococcus aureus, irrespective of the route of administration?# 3. What are the diagnostic criteria for bronchopulmonary infection with Pseudomonas aeruginosa?# 4. What strategy should be adopted for antibiotic therapy for Pseudomonas aeruginosa, irrespective of the route of administration?# 5. What is the place of other respiratory therapies in the treatment of cystic fibrosis?</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589730/fr/evaluation-de-la-recherche-du-meningocoque-neisseria-meningitidis-et-du-pneumocoque-streptococcus-pneumoniae-par-amplification-genique-dans-le-diagnostic-des-meningites</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of tests for meningococci (Neisseria meningitidis) and pneumococci (Streptococcus pneumoniae) using gene amplification in the diagnosis of meningitis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this study is to assess gene amplification (polymerase chain reaction, PCR) tests in the diagnosis of meningitis suspected of being bacterial for meningococci (Neisseria meningitidis) and pneumococci (Streptococus pneumoniae) . The aim of this work is to analyse the consistency between, firstly, the request, and secondly good clinical practice guidelines and the opinions of professionals, with a view to the inclusion on the list of medical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589730/en/assessment-of-tests-for-meningococci-neisseria-meningitidis-and-pneumococci-streptococcus-pneumoniae-using-gene-amplification-in-the-diagnosis-of-meningitis-inahta-brief</t>
   </si>
   <si>
     <t>c_2589730</t>
   </si>
   <si>
-    <t>Tests in vitro de dépistage de l’infection tuberculeuse latente par détection de production d’interféron gamma</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2021762/fr/tests-in-vitro-de-depistage-de-l-infection-tuberculeuse-latente-par-detection-de-production-d-interferon-gamma</t>
+    <t>Interferon-gamma release assays as in vitro screening tests for latent tuberculosis infection</t>
+  </si>
+  <si>
+    <t>The aim of this report is to establish whether data from a critical analysis of good practice guidelines are coherent with the information in the application from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) and therefore support this application for the inclusion of IGRA tests on the list of procedures and services reimbursed by National Health Insurance.</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/29/2015 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021762/en/interferon-gamma-release-assays-as-in-vitro-screening-tests-for-latent-tuberculosis-infection</t>
   </si>
   <si>
     <t>c_2021762</t>
-  </si>
-[...259 lines deleted...]
-    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J5"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>28</v>
       </c>
       <c r="H4" t="s">
         <v>29</v>
       </c>
-      <c r="I4" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="J5" t="s">
         <v>34</v>
-      </c>
-[...458 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>65</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>66</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>67</v>
+        <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>68</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
         <v>42</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E7" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
       <c r="H7" t="s">
-        <v>73</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
       <c r="B8" t="s">
-        <v>74</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>76</v>
+        <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="H8" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="B9" t="s">
-        <v>80</v>
+        <v>54</v>
       </c>
       <c r="C9" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="E9" t="s">
-        <v>82</v>
+        <v>57</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>83</v>
+        <v>58</v>
       </c>
       <c r="H9" t="s">
-        <v>84</v>
+        <v>59</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="B10" t="s">
-        <v>85</v>
+        <v>60</v>
       </c>
       <c r="C10" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>62</v>
       </c>
       <c r="E10" t="s">
-        <v>87</v>
+        <v>63</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>88</v>
+        <v>64</v>
       </c>
       <c r="H10" t="s">
-        <v>89</v>
-[...1814 lines deleted...]
-        <v>406</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>