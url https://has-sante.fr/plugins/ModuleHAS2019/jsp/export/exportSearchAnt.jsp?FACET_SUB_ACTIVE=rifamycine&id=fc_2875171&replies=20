--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -9,203 +9,149 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>13/05/2025 09:20:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3604614/fr/traitement-curatif-des-personnes-infectees-par-chlamydia-trachomatis</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
   </si>
   <si>
     <t>c_2820336</t>
-  </si>
-[...19 lines deleted...]
-    <t>c_1031777</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -219,121 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...76 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>