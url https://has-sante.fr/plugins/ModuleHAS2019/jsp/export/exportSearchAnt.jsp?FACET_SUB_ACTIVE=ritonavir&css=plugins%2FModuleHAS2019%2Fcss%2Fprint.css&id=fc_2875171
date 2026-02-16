--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,608 +1,3522 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="674" uniqueCount="367">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>11/15/2024 15:22:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_434397/en/chronic-hepatitis-c</t>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>ALD n° 6 - Hépatite chronique C</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/11/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_434397/fr/ald-n-6-hepatite-chronique-c</t>
   </si>
   <si>
     <t>c_434397</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins bronchopneumopathie chronique obstructive (BPCO)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une bronchopneumopathie chronique obstructive (BPCO). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques de la prise en charge et de 10 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>c_1242507</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>ALD n° 7 - Infection par le virus de l'immunodéficience humaine (VIH)</t>
+  </si>
+  <si>
+    <t>31/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2011 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_634723/fr/ald-n-7-infection-par-le-virus-de-l-immunodeficience-humaine-vih</t>
+  </si>
+  <si>
+    <t>c_634723</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Adaptation du traitement antirétroviral en situation de succès virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2024 08:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545724/fr/adaptation-du-traitement-antiretroviral-en-situation-de-succes-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545724</t>
+  </si>
+  <si>
+    <t>Initiation d’un premier traitement antirétroviral chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545694/fr/initiation-d-un-premier-traitement-antiretroviral-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545694</t>
+  </si>
+  <si>
+    <t>Adaptation du traitement antirétroviral en situation d’échec virologique chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545707/fr/adaptation-du-traitement-antiretroviral-en-situation-d-echec-virologique-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545707</t>
+  </si>
+  <si>
+    <t>Traitement préventif pré-exposition de l’infection par le VIH</t>
+  </si>
+  <si>
+    <t>06/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536524/fr/traitement-preventif-pre-exposition-de-l-infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>p_3536524</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Stratégies thérapeutiques pour les personnes dépendantes des opiacés : place des traitements de substitution</t>
+  </si>
+  <si>
+    <t>L’objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quels sont les finalités et les résultats attendus des traitements de substitution des opiacés ? Quels sont les résultats obtenus par les traitements de substitution des opiacés ? Quelles sont les indications des médicaments de substitution des opiacés ? Quelles sont les modalités de prise en charge nécessaires à la mise en oeuvre et au suivi des traitements de substitution des opiacés ? Quand et comment les modalités d'un traitement de substitution des opiacés doivent-elles être adaptées en pratique ? Comment promouvoir la qualité des pratiques professionnelles dans la prise en charge des patients bénéficiant d'un traitement de substitution des opiacés ?</t>
+  </si>
+  <si>
+    <t>01/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272358/fr/strategies-therapeutiques-pour-les-personnes-dependantes-des-opiaces-place-des-traitements-de-substitution</t>
+  </si>
+  <si>
+    <t>c_272358</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>La HAS définit la place des nouveaux traitements de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La mise à disposition d’une nouvelle génération d’antiviraux d’action directe annonce une révolution dans les traitements des personnes porteuses d’infection chronique par le virus de l’hépatite C (VHC) : mieux tolérés, plus efficaces, avec des données disponibles aujourd’hui qui permettent d’espérer la guérison virologique de 90% des malades après une cure de 12 ou 24 semaines seulement. Un médicament a déjà été évalué par la HAS, d’autres arrivent qui seront utilisés en association les uns avec les autres.</t>
+  </si>
+  <si>
+    <t>01/07/2014 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751519/fr/la-has-definit-la-place-des-nouveaux-traitements-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1751519</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections des voies respiratoires supérieures - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, rhinopharyngite aiguë, amygdalite aiguë, angine, rhinosinusite aiguë, otite moyenne aiguë, infections aiguës du larynx, laryngite aiguë, laryngite sous-glottique, épiglottite, syndrome pseudo-grippal</t>
+  </si>
+  <si>
+    <t>22/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845939/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-des-voies-respiratoires-superieures-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3845939</t>
+  </si>
+  <si>
+    <t>Méthodes contraceptives : Focus sur les méthodes les plus efficaces disponibles</t>
+  </si>
+  <si>
+    <t>Consultez le document de synthèse qui fait le point sur les méthodes contraceptives les plus efficaces : les spécialités disponibles, leur mode d'action, les indications, les populations cibles, l'efficacité, la tolérance, les conditions de suivi et les complications. Actualisation novembre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2017 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369314/fr/methodes-contraceptives-focus-sur-les-methodes-les-plus-efficaces-disponibles</t>
+  </si>
+  <si>
+    <t>c_1369314</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et à la prise en charge des hépatites B, C et D</t>
+  </si>
+  <si>
+    <t>11/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-a-la-prise-en-charge-des-hepatites-b-c-et-d</t>
   </si>
   <si>
     <t>c_2653624</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982922/en/kaletra</t>
+    <t>Quelle place pour la solifénacine (Vésicare®) dans l’incontinence urinaire et l’impériosité mictionnelle ?</t>
+  </si>
+  <si>
+    <t>La solifénacine est un anticholinergique indiqué dans le traitement symptomatique de l’incontinence urinaire par impériosité et/ou de la pollakiurie et de l’impériosité mictionnelle (urgenturie) pouvant s’observer chez les patients souffrant d’hyperactivité vésicale.</t>
+  </si>
+  <si>
+    <t>01/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2013 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439701/fr/quelle-place-pour-la-solifenacine-vesicare-dans-l-incontinence-urinaire-et-l-imperiosite-mictionnelle</t>
+  </si>
+  <si>
+    <t>r_1439701</t>
+  </si>
+  <si>
+    <t>Quelle place pour les bronchodilatateurs LA dans le traitement de la BPCO ?</t>
+  </si>
+  <si>
+    <t>Pas de différence cliniquement pertinente entre les bronchodilatateurs LA inhalés Formotérol, salmétérol et tiotropium peuvent être utilisés comme traitement bronchodilatateur continu pour soulager les symptômes des patients ayant une BPCO, lorsque ces symptômes (dyspnée notamment) persistent malgré l'utilisation pluriquotidienne d'un bronchodilatateur de courte durée d'action. Le SMR* de ces médicaments est important malgré un bénéfice clinique limité, compte tenu du caractère invalidant de la dyspnée de la BPCO. Les bronchodilatateurs LA représentent une ASMR** mineure (niveau IV) dans la prise en charge habituelle des patients atteints de BPCO.</t>
+  </si>
+  <si>
+    <t>01/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440008/fr/quelle-place-pour-les-bronchodilatateurs-la-dans-le-traitement-de-la-bpco</t>
+  </si>
+  <si>
+    <t>r_1440008</t>
+  </si>
+  <si>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 26 avril 2022</t>
+  </si>
+  <si>
+    <t>26/04/2022 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333573/fr/ceesp-reunion-du-26-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3333573</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 6 octobre 2021</t>
+  </si>
+  <si>
+    <t>29/09/2021 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289519/fr/commission-de-la-transparence-reunion-a-distance-du-6-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3289519</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 7 octobre 2020</t>
+  </si>
+  <si>
+    <t>30/09/2020 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210376/fr/commission-de-la-transparence-reunion-a-distance-du-7-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3210376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2018</t>
+  </si>
+  <si>
+    <t>13/06/2018 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855918/fr/commission-de-la-transparence-reunion-du-20-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2855918</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>14/09/2016 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666766/fr/commission-de-la-transparence-reunion-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2666766</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mars 2016</t>
+  </si>
+  <si>
+    <t>09/03/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2614580/fr/commission-de-la-transparence-reunion-du-16-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2614580</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 janvier 2016</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587824/fr/commission-de-la-transparence-reunion-du-20-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2587824</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 octobre 2015</t>
+  </si>
+  <si>
+    <t>30/09/2015 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558901/fr/commission-de-la-transparence-reunion-du-7-octobre-2015</t>
+  </si>
+  <si>
+    <t>c_2558901</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1 avril 2015</t>
+  </si>
+  <si>
+    <t>25/03/2015 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022641/fr/commission-de-la-transparence-reunion-du-1-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2022641</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 février 2015</t>
+  </si>
+  <si>
+    <t>10/02/2015 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011888/fr/commission-de-la-transparence-reunion-du-18-fevrier-2015</t>
+  </si>
+  <si>
+    <t>c_2011888</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mai 2014</t>
+  </si>
+  <si>
+    <t>23/05/2014 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742433/fr/commission-de-la-transparence-reunion-du-28-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1742433</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mai 2014</t>
+  </si>
+  <si>
+    <t>09/05/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740119/fr/commission-de-la-transparence-reunion-du-14-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1740119</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 avril 2014</t>
+  </si>
+  <si>
+    <t>18/04/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736917/fr/commission-de-la-transparence-reunion-du-23-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1736917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 mars 2013</t>
+  </si>
+  <si>
+    <t>20/03/2013 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367180/fr/commission-de-la-transparence-reunion-du-20-mars-2013</t>
+  </si>
+  <si>
+    <t>c_1367180</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités MULTAQ et CLAREAL par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu</t>
+  </si>
+  <si>
+    <t>04/07/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265267/fr/commission-de-la-transparence-reunion-du-4-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1265267</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 novembre 2011</t>
+  </si>
+  <si>
+    <t>30/11/2011 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1138315/fr/commission-de-la-transparence-reunion-du-30-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1138315</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 mars 2010</t>
+  </si>
+  <si>
+    <t>10/03/2010 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930040/fr/commission-de-la-transparence-reunion-du-10-mars-2010</t>
+  </si>
+  <si>
+    <t>c_930040</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 novembre 2009</t>
+  </si>
+  <si>
+    <t>18/11/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_882480/fr/commission-de-la-transparence-reunion-du-18-novembre-2009</t>
+  </si>
+  <si>
+    <t>c_882480</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 mai 2009</t>
+  </si>
+  <si>
+    <t>13/05/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_790353/fr/commission-de-la-transparence-reunion-du-13-mai-2009</t>
+  </si>
+  <si>
+    <t>c_790353</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 mai 2009</t>
+  </si>
+  <si>
+    <t>27/05/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798794/fr/commission-de-la-transparence-reunion-du-27-mai-2009</t>
+  </si>
+  <si>
+    <t>c_798794</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2008</t>
+  </si>
+  <si>
+    <t>23/01/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623096/fr/commission-de-la-transparence-reunion-du-23-janvier-2008</t>
+  </si>
+  <si>
+    <t>c_623096</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2007</t>
+  </si>
+  <si>
+    <t>20/06/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616102/fr/commission-de-la-transparence-reunion-du-20-juin-2007</t>
+  </si>
+  <si>
+    <t>c_616102</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0023/DC/SEM du 20 janvier 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité PAXLOVID</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité PAXLOVID dans l'indication « traitement de la COVID-19 chez les adultes ne nécessitant pas d’oxygénothérapie et étant à risque élevé d’évolution vers une forme grave de la COVID-19 ».</t>
+  </si>
+  <si>
+    <t>19/01/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>21/01/2022 16:30:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311149/fr/decision-n-2022-0023/dc/sem-du-20-janvier-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-paxlovid</t>
+  </si>
+  <si>
+    <t>p_3311149</t>
+  </si>
+  <si>
+    <t>Décision n°2014.0014/DC/SEESP du 5 février 2014 du collège de la Haute Autorité de santé constatant l'impact significatif du produit SOVALDI sur les dépenses de l'assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute Autorité de santé, en sa séance du 5 février 2014 a constaté l'impact significatif du produit SOVALDI sur les dépenses de l'assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit.</t>
+  </si>
+  <si>
+    <t>05/02/2014 16:00:00</t>
+  </si>
+  <si>
+    <t>26/02/2014 15:01:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726097/fr/decision-n2014-0014/dc/seesp-du-5-fevrier-2014-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-sovaldi-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>c_1726097</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0001/AC/SEM du 5 février 2014 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité SOVALDI (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Pour les indications de l’autorisation de mise sur le marché (AMM) de la spécialité SOVALDI (sofosbuvir) qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation (ATU) de cohorte, la HAS a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces indications et leurs alternatives sont détaillées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>05/02/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>18/02/2014 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725170/fr/avis-n-2014-0001/ac/sem-du-5-fevrier-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-sovaldi-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1725170</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>KALETRA (lopinavir/ ritonavir)</t>
+  </si>
+  <si>
+    <t>04/11/2020 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982922/fr/kaletra-lopinavir/-ritonavir</t>
   </si>
   <si>
     <t>pprd_2982922</t>
   </si>
   <si>
     <t>lopinavir,ritonavir</t>
   </si>
   <si>
     <t>ABBVIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_818401/en/kaletra-lopinavir/-ritonavir</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983583/en/viekirax-exviera</t>
+    <t>https://www.has-sante.fr/jcms/c_818401/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684136/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726239/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831910/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896415/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399855/fr/kaletra-capsule-molle-boite-de-180-2-flacons-de-90-capsules-kaletra-capsule-molle-boite-de-180-30-blisters-de-6-capsules-kaletra-solution-buvable-300-ml-5-flacons-de-60-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215576/fr/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>VIEKIRAX - EXVIERA (EXVIERA : dasabuvir sodique monohydraté/ VIEKIRAX : ombitasvir/paritap...)</t>
+  </si>
+  <si>
+    <t>23/06/2017 14:51:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983583/fr/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
   </si>
   <si>
     <t>pprd_2983583</t>
   </si>
   <si>
     <t>EXVIERA : dasabuvir sodique monohydraté,VIEKIRAX : ombitasvir/paritaprévir/ritonavir (association fixe),dasabuvir,ombitasvir,ritonavir,paritaprévir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2025737/en/viekirax-ombitasvir/paritaprevir/ritonavir-fixed-dose-direct-acting-antiviral-combination-exviera-dasabuvir-direct-acting-antiviral</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2775799/en/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
+    <t>https://www.has-sante.fr/jcms/c_2025737/fr/viekirax-ombitasvir/paritaprevir/ritonavir-association-fixe-d-antiviraux-a-action-directe-exviera-dasabuvir-antiviral-a-action-directe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725212/fr/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2775799/fr/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
+  </si>
+  <si>
+    <t>Antiviraux d’action directe dans le traitement de l’hépatite C : stratégie thérapeutique (sofosbuvir/ daclatasvir/ siméprévir/ association fixe de sofosbuvir et...)</t>
+  </si>
+  <si>
+    <t>06/12/2016 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983829/fr/antiviraux-d-action-directe-dans-le-traitement-de-l-hepatite-c-strategie-therapeutique-sofosbuvir/-daclatasvir/-simeprevir/-association-fixe-de-sofosbuvir-et</t>
+  </si>
+  <si>
+    <t>pprd_2983829</t>
+  </si>
+  <si>
+    <t>sofosbuvir,daclatasvir,siméprévir,association fixe de sofosbuvir et de lédipasvir,dasabuvir,association fixe d’ombitasvir, paritaprévir et ritonavir,-</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633680/fr/antiviraux-d-action-directe-sofosbuvir/-daclatasvir/-simeprevir/-association-fixe-de-sofosbuvir-et</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2728866/fr/antiviraux-d-action-directe-dans-le-traitement-de-l-hepatite-c-strategie-therapeutique-sofosbuvir/-daclatasvir/-simeprevir/-association-fixe-de-sofosbuvir-et</t>
+  </si>
+  <si>
+    <t>NORVIR (ritonavir)</t>
+  </si>
+  <si>
+    <t>18/01/2016 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984263/fr/norvir-ritonavir</t>
+  </si>
+  <si>
+    <t>pprd_2984263</t>
+  </si>
+  <si>
+    <t>ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468349/fr/norvir-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036529/fr/norvir-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588368/fr/norvir-ritonavir</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Détecter et diagnostiquer la BPCO même sans symptôme apparent</t>
+  </si>
+  <si>
+    <t>Le symptôme majeur de la BPCO est la dyspnée qui induit une réduction de l’activité physique quotidienne. D’apparition progressive, au début, la dyspnée n'est pas souvent perçue par le patient.</t>
+  </si>
+  <si>
+    <t>31/01/2020 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118475/fr/detecter-et-diagnostiquer-la-bpco-meme-sans-symptome-apparent</t>
+  </si>
+  <si>
+    <t>p_3118475</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>38</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>46</v>
+      </c>
+      <c r="H8" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>53</v>
+      </c>
+      <c r="C10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" t="s">
+        <v>55</v>
+      </c>
+      <c r="E10" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>57</v>
+      </c>
+      <c r="H10" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>61</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D3" t="s">
+        <v>67</v>
+      </c>
+      <c r="E3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>69</v>
+      </c>
+      <c r="H3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C4" t="s">
+        <v>61</v>
+      </c>
+      <c r="D4" t="s">
+        <v>67</v>
+      </c>
+      <c r="E4" t="s">
+        <v>72</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>73</v>
+      </c>
+      <c r="H4" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>59</v>
+      </c>
+      <c r="B5" t="s">
+        <v>75</v>
+      </c>
+      <c r="C5" t="s">
+        <v>61</v>
+      </c>
+      <c r="D5" t="s">
+        <v>76</v>
+      </c>
+      <c r="E5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>78</v>
+      </c>
+      <c r="H5" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C6" t="s">
+        <v>81</v>
+      </c>
+      <c r="D6" t="s">
+        <v>82</v>
+      </c>
+      <c r="E6" t="s">
+        <v>83</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>84</v>
+      </c>
+      <c r="H6" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B7" t="s">
+        <v>86</v>
+      </c>
+      <c r="C7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D7" t="s">
+        <v>88</v>
+      </c>
+      <c r="E7" t="s">
+        <v>89</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>90</v>
+      </c>
+      <c r="H7" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>59</v>
+      </c>
+      <c r="B8" t="s">
+        <v>92</v>
+      </c>
+      <c r="C8" t="s">
+        <v>93</v>
+      </c>
+      <c r="D8" t="s">
+        <v>88</v>
+      </c>
+      <c r="E8" t="s">
+        <v>89</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>94</v>
+      </c>
+      <c r="H8" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>59</v>
+      </c>
+      <c r="B9" t="s">
+        <v>96</v>
+      </c>
+      <c r="C9" t="s">
+        <v>97</v>
+      </c>
+      <c r="D9" t="s">
+        <v>88</v>
+      </c>
+      <c r="E9" t="s">
+        <v>98</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>99</v>
+      </c>
+      <c r="H9" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>59</v>
+      </c>
+      <c r="B10" t="s">
+        <v>101</v>
+      </c>
+      <c r="C10" t="s">
+        <v>102</v>
+      </c>
+      <c r="D10" t="s">
+        <v>88</v>
+      </c>
+      <c r="E10" t="s">
+        <v>98</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>103</v>
+      </c>
+      <c r="H10" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>59</v>
+      </c>
+      <c r="B11" t="s">
+        <v>105</v>
+      </c>
+      <c r="C11" t="s">
+        <v>102</v>
+      </c>
+      <c r="D11" t="s">
+        <v>88</v>
+      </c>
+      <c r="E11" t="s">
+        <v>89</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>106</v>
+      </c>
+      <c r="H11" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>59</v>
+      </c>
+      <c r="B12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C12" t="s">
+        <v>109</v>
+      </c>
+      <c r="D12" t="s">
+        <v>88</v>
+      </c>
+      <c r="E12" t="s">
+        <v>98</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>110</v>
+      </c>
+      <c r="H12" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>59</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D13" t="s">
+        <v>88</v>
+      </c>
+      <c r="E13" t="s">
+        <v>98</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>114</v>
+      </c>
+      <c r="H13" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>59</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>117</v>
+      </c>
+      <c r="D14" t="s">
+        <v>88</v>
+      </c>
+      <c r="E14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>118</v>
+      </c>
+      <c r="H14" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>59</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>102</v>
+      </c>
+      <c r="D15" t="s">
+        <v>88</v>
+      </c>
+      <c r="E15" t="s">
+        <v>89</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>121</v>
+      </c>
+      <c r="H15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>59</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>97</v>
+      </c>
+      <c r="D16" t="s">
+        <v>88</v>
+      </c>
+      <c r="E16" t="s">
+        <v>98</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>124</v>
+      </c>
+      <c r="H16" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>59</v>
+      </c>
+      <c r="B17" t="s">
+        <v>126</v>
+      </c>
+      <c r="C17" t="s">
+        <v>97</v>
+      </c>
+      <c r="D17" t="s">
+        <v>88</v>
+      </c>
+      <c r="E17" t="s">
+        <v>98</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>127</v>
+      </c>
+      <c r="H17" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>59</v>
+      </c>
+      <c r="B18" t="s">
+        <v>129</v>
+      </c>
+      <c r="C18" t="s">
+        <v>130</v>
+      </c>
+      <c r="D18" t="s">
+        <v>131</v>
+      </c>
+      <c r="E18" t="s">
+        <v>132</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>133</v>
+      </c>
+      <c r="H18" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>59</v>
+      </c>
+      <c r="B19" t="s">
+        <v>135</v>
+      </c>
+      <c r="C19" t="s">
+        <v>136</v>
+      </c>
+      <c r="D19" t="s">
+        <v>137</v>
+      </c>
+      <c r="E19" t="s">
+        <v>138</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>139</v>
+      </c>
+      <c r="H19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>59</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>142</v>
+      </c>
+      <c r="D20" t="s">
+        <v>143</v>
+      </c>
+      <c r="E20" t="s">
+        <v>144</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>145</v>
+      </c>
+      <c r="H20" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>59</v>
+      </c>
+      <c r="B21" t="s">
+        <v>147</v>
+      </c>
+      <c r="C21" t="s">
+        <v>148</v>
+      </c>
+      <c r="D21" t="s">
+        <v>149</v>
+      </c>
+      <c r="E21" t="s">
+        <v>150</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>151</v>
+      </c>
+      <c r="H21" t="s">
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>23</v>
+        <v>153</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>154</v>
       </c>
       <c r="C2" t="s">
-        <v>25</v>
+        <v>155</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>156</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>157</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q3"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>159</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>160</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>161</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>162</v>
       </c>
       <c r="E2" t="s">
-        <v>35</v>
+        <v>163</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>36</v>
+        <v>164</v>
       </c>
       <c r="H2" t="s">
-        <v>37</v>
-[...26 lines deleted...]
-        <v>46</v>
+        <v>165</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>33</v>
+        <v>159</v>
       </c>
       <c r="B3" t="s">
-        <v>47</v>
+        <v>166</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>167</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>168</v>
       </c>
       <c r="E3" t="s">
-        <v>48</v>
+        <v>169</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>49</v>
+        <v>170</v>
       </c>
       <c r="H3" t="s">
-        <v>50</v>
+        <v>171</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>159</v>
+      </c>
+      <c r="B4" t="s">
+        <v>172</v>
+      </c>
+      <c r="C4" t="s">
+        <v>172</v>
+      </c>
+      <c r="D4" t="s">
+        <v>173</v>
+      </c>
+      <c r="E4" t="s">
+        <v>174</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>175</v>
+      </c>
+      <c r="H4" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>159</v>
+      </c>
+      <c r="B5" t="s">
+        <v>177</v>
+      </c>
+      <c r="C5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D5" t="s">
+        <v>179</v>
+      </c>
+      <c r="E5" t="s">
+        <v>180</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>181</v>
+      </c>
+      <c r="H5" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>159</v>
+      </c>
+      <c r="B6" t="s">
+        <v>183</v>
+      </c>
+      <c r="C6" t="s">
+        <v>184</v>
+      </c>
+      <c r="D6" t="s">
+        <v>185</v>
+      </c>
+      <c r="E6" t="s">
+        <v>186</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>187</v>
+      </c>
+      <c r="H6" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>159</v>
+      </c>
+      <c r="B7" t="s">
+        <v>189</v>
+      </c>
+      <c r="C7" t="s">
+        <v>190</v>
+      </c>
+      <c r="D7" t="s">
+        <v>191</v>
+      </c>
+      <c r="E7" t="s">
+        <v>192</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>193</v>
+      </c>
+      <c r="H7" t="s">
+        <v>194</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I24"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>196</v>
+      </c>
+      <c r="B2" t="s">
+        <v>197</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>198</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>199</v>
+      </c>
+      <c r="H2" t="s">
+        <v>200</v>
+      </c>
+      <c r="I2" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>196</v>
+      </c>
+      <c r="B3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>204</v>
+      </c>
+      <c r="H3" t="s">
+        <v>205</v>
       </c>
       <c r="I3" t="s">
-        <v>51</v>
+        <v>201</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>196</v>
+      </c>
+      <c r="B4" t="s">
+        <v>206</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>207</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>208</v>
+      </c>
+      <c r="H4" t="s">
+        <v>209</v>
+      </c>
+      <c r="I4" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>196</v>
+      </c>
+      <c r="B5" t="s">
+        <v>210</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>211</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>212</v>
+      </c>
+      <c r="H5" t="s">
+        <v>213</v>
+      </c>
+      <c r="I5" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>196</v>
+      </c>
+      <c r="B6" t="s">
+        <v>214</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>215</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>216</v>
+      </c>
+      <c r="H6" t="s">
+        <v>217</v>
+      </c>
+      <c r="I6" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>196</v>
+      </c>
+      <c r="B7" t="s">
+        <v>218</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>219</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>220</v>
+      </c>
+      <c r="H7" t="s">
+        <v>221</v>
+      </c>
+      <c r="I7" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>196</v>
+      </c>
+      <c r="B8" t="s">
+        <v>222</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>223</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>224</v>
+      </c>
+      <c r="H8" t="s">
+        <v>225</v>
+      </c>
+      <c r="I8" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>196</v>
+      </c>
+      <c r="B9" t="s">
+        <v>226</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>227</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>228</v>
+      </c>
+      <c r="H9" t="s">
+        <v>229</v>
+      </c>
+      <c r="I9" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>196</v>
+      </c>
+      <c r="B10" t="s">
+        <v>230</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>231</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>232</v>
+      </c>
+      <c r="H10" t="s">
+        <v>233</v>
+      </c>
+      <c r="I10" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>196</v>
+      </c>
+      <c r="B11" t="s">
+        <v>234</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>235</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>236</v>
+      </c>
+      <c r="H11" t="s">
+        <v>237</v>
+      </c>
+      <c r="I11" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>196</v>
+      </c>
+      <c r="B12" t="s">
+        <v>238</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>239</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>240</v>
+      </c>
+      <c r="H12" t="s">
+        <v>241</v>
+      </c>
+      <c r="I12" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B13" t="s">
+        <v>242</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>243</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>244</v>
+      </c>
+      <c r="H13" t="s">
+        <v>245</v>
+      </c>
+      <c r="I13" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>196</v>
+      </c>
+      <c r="B14" t="s">
+        <v>246</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>247</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>248</v>
+      </c>
+      <c r="H14" t="s">
+        <v>249</v>
+      </c>
+      <c r="I14" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>196</v>
+      </c>
+      <c r="B15" t="s">
+        <v>250</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>251</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>252</v>
+      </c>
+      <c r="H15" t="s">
+        <v>253</v>
+      </c>
+      <c r="I15" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>196</v>
+      </c>
+      <c r="B16" t="s">
+        <v>254</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>255</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>256</v>
+      </c>
+      <c r="H16" t="s">
+        <v>257</v>
+      </c>
+      <c r="I16" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>196</v>
+      </c>
+      <c r="B17" t="s">
+        <v>258</v>
+      </c>
+      <c r="C17" t="s">
+        <v>259</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>260</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>261</v>
+      </c>
+      <c r="H17" t="s">
+        <v>262</v>
+      </c>
+      <c r="I17" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>196</v>
+      </c>
+      <c r="B18" t="s">
+        <v>263</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>264</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>265</v>
+      </c>
+      <c r="H18" t="s">
+        <v>266</v>
+      </c>
+      <c r="I18" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>196</v>
+      </c>
+      <c r="B19" t="s">
+        <v>267</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>268</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>269</v>
+      </c>
+      <c r="H19" t="s">
+        <v>270</v>
+      </c>
+      <c r="I19" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>196</v>
+      </c>
+      <c r="B20" t="s">
+        <v>271</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>272</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>273</v>
+      </c>
+      <c r="H20" t="s">
+        <v>274</v>
+      </c>
+      <c r="I20" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>196</v>
+      </c>
+      <c r="B21" t="s">
+        <v>275</v>
+      </c>
+      <c r="C21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>276</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>277</v>
+      </c>
+      <c r="H21" t="s">
+        <v>278</v>
+      </c>
+      <c r="I21" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>196</v>
+      </c>
+      <c r="B22" t="s">
+        <v>279</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>280</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>281</v>
+      </c>
+      <c r="H22" t="s">
+        <v>282</v>
+      </c>
+      <c r="I22" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>196</v>
+      </c>
+      <c r="B23" t="s">
+        <v>283</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>284</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>285</v>
+      </c>
+      <c r="H23" t="s">
+        <v>286</v>
+      </c>
+      <c r="I23" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>196</v>
+      </c>
+      <c r="B24" t="s">
+        <v>287</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>288</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>289</v>
+      </c>
+      <c r="H24" t="s">
+        <v>290</v>
+      </c>
+      <c r="I24" t="s">
+        <v>201</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>291</v>
+      </c>
+      <c r="B2" t="s">
+        <v>292</v>
+      </c>
+      <c r="C2" t="s">
+        <v>293</v>
+      </c>
+      <c r="D2" t="s">
+        <v>294</v>
+      </c>
+      <c r="E2" t="s">
+        <v>295</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>296</v>
+      </c>
+      <c r="H2" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>291</v>
+      </c>
+      <c r="B3" t="s">
+        <v>298</v>
+      </c>
+      <c r="C3" t="s">
+        <v>299</v>
+      </c>
+      <c r="D3" t="s">
+        <v>300</v>
+      </c>
+      <c r="E3" t="s">
+        <v>301</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>302</v>
+      </c>
+      <c r="H3" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>291</v>
+      </c>
+      <c r="B4" t="s">
+        <v>304</v>
+      </c>
+      <c r="C4" t="s">
+        <v>305</v>
+      </c>
+      <c r="D4" t="s">
+        <v>306</v>
+      </c>
+      <c r="E4" t="s">
+        <v>307</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>308</v>
+      </c>
+      <c r="H4" t="s">
+        <v>309</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>310</v>
+      </c>
+      <c r="B2" t="s">
+        <v>311</v>
+      </c>
+      <c r="C2" t="s">
+        <v>312</v>
+      </c>
+      <c r="D2" t="s">
+        <v>313</v>
+      </c>
+      <c r="E2" t="s">
+        <v>314</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>315</v>
+      </c>
+      <c r="H2" t="s">
+        <v>316</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>317</v>
+      </c>
+      <c r="J1" t="s">
+        <v>318</v>
+      </c>
+      <c r="K1" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>320</v>
+      </c>
+      <c r="B2" t="s">
+        <v>321</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>322</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>323</v>
+      </c>
+      <c r="H2" t="s">
+        <v>324</v>
+      </c>
+      <c r="I2" t="s">
+        <v>325</v>
+      </c>
+      <c r="J2" t="s">
+        <v>326</v>
+      </c>
+      <c r="K2" t="s">
+        <v>327</v>
+      </c>
+      <c r="L2" t="s">
+        <v>328</v>
+      </c>
+      <c r="M2" t="s">
+        <v>329</v>
+      </c>
+      <c r="N2" t="s">
+        <v>330</v>
+      </c>
+      <c r="O2" t="s">
+        <v>331</v>
+      </c>
+      <c r="P2" t="s">
+        <v>332</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>320</v>
+      </c>
+      <c r="B3" t="s">
+        <v>334</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>335</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>336</v>
+      </c>
+      <c r="H3" t="s">
+        <v>337</v>
+      </c>
+      <c r="I3" t="s">
+        <v>338</v>
       </c>
       <c r="J3" t="s">
-        <v>39</v>
+        <v>326</v>
       </c>
       <c r="K3" t="s">
-        <v>52</v>
+        <v>339</v>
       </c>
       <c r="L3" t="s">
-        <v>53</v>
+        <v>340</v>
       </c>
       <c r="M3" t="s">
-        <v>54</v>
+        <v>341</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>320</v>
+      </c>
+      <c r="B4" t="s">
+        <v>342</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>343</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>344</v>
+      </c>
+      <c r="H4" t="s">
+        <v>345</v>
+      </c>
+      <c r="I4" t="s">
+        <v>346</v>
+      </c>
+      <c r="J4" t="s">
+        <v>11</v>
+      </c>
+      <c r="K4" t="s">
+        <v>347</v>
+      </c>
+      <c r="L4" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>320</v>
+      </c>
+      <c r="B5" t="s">
+        <v>349</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>350</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>351</v>
+      </c>
+      <c r="H5" t="s">
+        <v>352</v>
+      </c>
+      <c r="I5" t="s">
+        <v>353</v>
+      </c>
+      <c r="J5" t="s">
+        <v>326</v>
+      </c>
+      <c r="K5" t="s">
+        <v>354</v>
+      </c>
+      <c r="L5" t="s">
+        <v>355</v>
+      </c>
+      <c r="M5" t="s">
+        <v>356</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>357</v>
+      </c>
+      <c r="B2" t="s">
+        <v>358</v>
+      </c>
+      <c r="C2" t="s">
+        <v>359</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>360</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>361</v>
+      </c>
+      <c r="H2" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>357</v>
+      </c>
+      <c r="B3" t="s">
+        <v>363</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>364</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>365</v>
+      </c>
+      <c r="H3" t="s">
+        <v>366</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>