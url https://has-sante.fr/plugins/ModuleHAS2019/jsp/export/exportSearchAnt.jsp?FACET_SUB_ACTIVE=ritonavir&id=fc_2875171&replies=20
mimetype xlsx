--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -33,92 +33,107 @@
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="658" uniqueCount="356">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="666" uniqueCount="361">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
     <t>ALD n° 6 - Hépatite chronique C</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>17/10/2024 00:00:00</t>
   </si>
   <si>
     <t>15/11/2024 15:22:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_434397/fr/ald-n-6-hepatite-chronique-c</t>
   </si>
   <si>
     <t>c_434397</t>
   </si>
   <si>
     <t>Syndrome de Cushing</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>23/03/2023 10:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
   </si>
   <si>
     <t>p_3403771</t>
   </si>
   <si>
     <t>Fièvre Méditerranéenne Familiale (FMF)</t>
   </si>
@@ -1151,2287 +1166,2313 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>26</v>
       </c>
       <c r="C5" t="s">
         <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>28</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>29</v>
       </c>
       <c r="H5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>32</v>
       </c>
       <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>33</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>34</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
         <v>37</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>38</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
         <v>39</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>40</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C8" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D8" t="s">
         <v>44</v>
       </c>
       <c r="E8" t="s">
         <v>45</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>46</v>
       </c>
       <c r="H8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>48</v>
       </c>
       <c r="C9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" t="s">
         <v>49</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>50</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>51</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>52</v>
       </c>
-      <c r="H9" t="s">
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
         <v>53</v>
+      </c>
+      <c r="C10" t="s">
+        <v>54</v>
+      </c>
+      <c r="D10" t="s">
+        <v>55</v>
+      </c>
+      <c r="E10" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>57</v>
+      </c>
+      <c r="H10" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="E2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="H2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C3" t="s">
         <v>61</v>
       </c>
-      <c r="C3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="H3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D4" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="E4" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="H4" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B5" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="C5" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D5" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="E5" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="H5" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C6" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D6" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="E6" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="H6" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C7" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="D7" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E7" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="H7" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="C8" t="s">
+        <v>93</v>
+      </c>
+      <c r="D8" t="s">
         <v>88</v>
       </c>
-      <c r="D8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="H8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B9" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="C9" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="D9" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E9" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H9" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B10" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C10" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D10" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E10" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="H10" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C11" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D11" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E11" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="H11" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B12" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="C12" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="D12" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E12" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="H12" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B13" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="C13" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="D13" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E13" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="H13" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="C14" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="D14" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E14" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="H14" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B15" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="C15" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="D15" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E15" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="H15" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B16" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="C16" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="D16" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E16" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H16" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B17" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C17" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="D17" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E17" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="H17" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B18" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C18" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="D18" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="E18" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="H18" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B19" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="C19" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="D19" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="E19" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="H19" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B20" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="C20" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="D20" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="E20" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="H20" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B21" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C21" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="D21" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="E21" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="H21" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="B2" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="C2" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="H2" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B2" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="C2" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="D2" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="E2" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="H2" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C3" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="D3" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="E3" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="H3" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B4" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="C4" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="D4" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="E4" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="H4" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B5" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C5" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="D5" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="E5" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="H5" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="B6" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="C6" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="D6" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="E6" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="H6" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B2" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="H2" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="I2" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B3" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="H3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="I3" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B4" t="s">
+        <v>200</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>201</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>202</v>
+      </c>
+      <c r="H4" t="s">
+        <v>203</v>
+      </c>
+      <c r="I4" t="s">
         <v>195</v>
-      </c>
-[...19 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B5" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="H5" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="I5" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B6" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="H6" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="I6" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B7" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="H7" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="I7" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B8" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="H8" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="I8" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B9" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="H9" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="I9" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B10" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="H10" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="I10" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B11" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="H11" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="I11" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B12" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="H12" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="I12" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B13" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="H13" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="I13" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B14" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="H14" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="I14" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B15" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="H15" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="I15" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B16" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="H16" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="I16" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B17" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="C17" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="H17" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="I17" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B18" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="H18" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="I18" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B19" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="C19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="H19" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="I19" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B20" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="C20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="H20" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="I20" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B21" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="C21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="H21" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="I21" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B22" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="C22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="H22" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="I22" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B23" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="C23" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="H23" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="I23" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="B24" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="C24" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="H24" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="I24" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="B2" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="C2" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="D2" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="E2" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="H2" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="B3" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="C3" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="D3" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="E3" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="H3" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="B4" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="C4" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="D4" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="E4" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="H4" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="B2" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="C2" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="D2" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="E2" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="H2" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Q5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="J1" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="K1" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="B2" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="H2" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="I2" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="J2" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="K2" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="L2" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="M2" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="N2" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="O2" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="P2" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="Q2" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="B3" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="H3" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="I3" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="J3" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="K3" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="L3" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="M3" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="B4" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="H4" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="I4" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="J4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="K4" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="L4" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="B5" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="H5" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="I5" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="J5" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="K5" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="L5" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="M5" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="B2" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="C2" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="H2" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="B3" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="H3" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>