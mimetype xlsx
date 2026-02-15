--- v1 (2025-12-20)
+++ v2 (2026-02-15)
@@ -1,3478 +1,608 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="666" uniqueCount="361">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="55">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Chronic hepatitis C</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the best form of management and the care pathway for a patient coming into the ALD [Long-term condition] regime with chronic hepatitis (ALD 6: chronic active liver disease and cirrhosis).</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/15/2024 15:22:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/12/2025 14:58:00</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_434397/fr/ald-n-6-hepatite-chronique-c</t>
+    <t>https://www.has-sante.fr/jcms/c_434397/en/chronic-hepatitis-c</t>
   </si>
   <si>
     <t>c_434397</t>
   </si>
   <si>
-    <t>Syndrome de Cushing</t>
-[...389 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653624/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-a-la-prise-en-charge-des-hepatites-b-c-et-d</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the diagnosis and management of hepatitis B, C and D - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the update of the laboratory medicine procedures, reimbursement by the health insurance system in France, and to identify the indications of the procedures indicated in the diagnosis and follow-up of viral hepatitis B, C and D</t>
+  </si>
+  <si>
+    <t>01/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/16/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
   </si>
   <si>
     <t>c_2653624</t>
   </si>
   <si>
-    <t>Quelle place pour la solifénacine (Vésicare®) dans l’incontinence urinaire et l’impériosité mictionnelle ?</t>
-[...437 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982922/fr/kaletra-lopinavir/-ritonavir</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>KALETRA</t>
+  </si>
+  <si>
+    <t>11/04/2020 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982922/en/kaletra</t>
   </si>
   <si>
     <t>pprd_2982922</t>
   </si>
   <si>
     <t>lopinavir,ritonavir</t>
   </si>
   <si>
     <t>ABBVIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_818401/fr/kaletra-lopinavir/-ritonavir</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983583/fr/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
+    <t>https://www.has-sante.fr/jcms/c_818401/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684136/en/kaletra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726239/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831910/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896415/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399855/en/kaletra-capsule-molle-boite-de-180-2-flacons-de-90-capsules-kaletra-capsule-molle-boite-de-180-30-blisters-de-6-capsules-kaletra-solution-buvable-300-ml-5-flacons-de-60-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215576/en/kaletra-lopinavir/-ritonavir</t>
+  </si>
+  <si>
+    <t>VIEKIRAX - EXVIERA</t>
+  </si>
+  <si>
+    <t>06/23/2017 14:51:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983583/en/viekirax-exviera</t>
   </si>
   <si>
     <t>pprd_2983583</t>
   </si>
   <si>
     <t>EXVIERA : dasabuvir sodique monohydraté,VIEKIRAX : ombitasvir/paritaprévir/ritonavir (association fixe),dasabuvir,ombitasvir,ritonavir,paritaprévir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2025737/fr/viekirax-ombitasvir/paritaprevir/ritonavir-association-fixe-d-antiviraux-a-action-directe-exviera-dasabuvir-antiviral-a-action-directe</t>
-[...80 lines deleted...]
-    <t>c_1757924</t>
+    <t>https://www.has-sante.fr/jcms/c_2025737/en/viekirax-ombitasvir/paritaprevir/ritonavir-fixed-dose-direct-acting-antiviral-combination-exviera-dasabuvir-direct-acting-antiviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725212/en/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2775799/en/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...198 lines deleted...]
-        <v>58</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>59</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>60</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>61</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>62</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>63</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>64</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>65</v>
-[...493 lines deleted...]
-        <v>152</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>153</v>
+        <v>23</v>
       </c>
       <c r="B2" t="s">
-        <v>154</v>
+        <v>24</v>
       </c>
       <c r="C2" t="s">
-        <v>155</v>
+        <v>25</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="E2" t="s">
-        <v>156</v>
+        <v>27</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>157</v>
+        <v>28</v>
       </c>
       <c r="H2" t="s">
-        <v>158</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:Q3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>30</v>
+      </c>
+      <c r="J1" t="s">
+        <v>31</v>
+      </c>
+      <c r="K1" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>159</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>160</v>
+        <v>34</v>
       </c>
       <c r="C2" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>162</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>163</v>
+        <v>35</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>164</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>165</v>
+        <v>37</v>
+      </c>
+      <c r="I2" t="s">
+        <v>38</v>
+      </c>
+      <c r="J2" t="s">
+        <v>39</v>
+      </c>
+      <c r="K2" t="s">
+        <v>40</v>
+      </c>
+      <c r="L2" t="s">
+        <v>41</v>
+      </c>
+      <c r="M2" t="s">
+        <v>42</v>
+      </c>
+      <c r="N2" t="s">
+        <v>43</v>
+      </c>
+      <c r="O2" t="s">
+        <v>44</v>
+      </c>
+      <c r="P2" t="s">
+        <v>45</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>46</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>159</v>
+        <v>33</v>
       </c>
       <c r="B3" t="s">
-        <v>166</v>
+        <v>47</v>
       </c>
       <c r="C3" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>167</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>168</v>
+        <v>48</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>169</v>
+        <v>49</v>
       </c>
       <c r="H3" t="s">
-        <v>170</v>
-[...175 lines deleted...]
-        <v>199</v>
+        <v>50</v>
       </c>
       <c r="I3" t="s">
-        <v>195</v>
-[...923 lines deleted...]
-        <v>332</v>
+        <v>51</v>
       </c>
       <c r="J3" t="s">
-        <v>320</v>
+        <v>39</v>
       </c>
       <c r="K3" t="s">
-        <v>333</v>
+        <v>52</v>
       </c>
       <c r="L3" t="s">
-        <v>334</v>
+        <v>53</v>
       </c>
       <c r="M3" t="s">
-        <v>335</v>
-[...78 lines deleted...]
-        <v>350</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...90 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>