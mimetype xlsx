--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,157 +1,568 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="277" uniqueCount="148">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : diagnostic et prise en charge de l'apathie</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique entre dans le cadre du Plan Alzheimer 2008-2012. L’objectif est de définir chez des patients atteints de maladie d’Alzheimer ou maladies apparentées : la démarche diagnostique de l’apathie, qui comprend le diagnostic différentiel avec la dépression et la prise en charge de l’apathie, en précisant notamment les moyens thérapeutiques non médicamenteux.</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2014 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1660673/fr/maladie-d-alzheimer-et-maladies-apparentees-diagnostic-et-prise-en-charge-de-l-apathie</t>
+  </si>
+  <si>
+    <t>c_1660673</t>
+  </si>
+  <si>
+    <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2012 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819667</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
+  </si>
+  <si>
+    <t>Maladie d’Alzheimer et maladies apparentées : diagnostic et prise en charge</t>
+  </si>
+  <si>
+    <t>Suite au retrait par la Haute Autorité de santé en mai 2011 de la recommandation de bonne pratique « Diagnostic et prise en charge de la maladie d’Alzheimer et des maladies apparentées » (publiée en mars 2008), un nouveau groupe de travail s’est vu confié la mission de réviser cette recommandation.</t>
+  </si>
+  <si>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2011 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148883/fr/maladie-d-alzheimer-et-maladies-apparentees-diagnostic-et-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_1148883</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Patients présentant un trouble neurocognitif associé à la maladie d’Alzheimer ou à une maladie apparentée</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les parcours de soins des patients présentant un trouble neurocognitif (TNC) associé à la maladie d’Alzheimer ou à une maladie apparentée. Il complète différents travaux de la HAS sur ce thème. Ce travail contribue aux mesures et répond aux actions prioritaires du plan national des maladies neurodégénératives (PMND).</t>
+  </si>
+  <si>
+    <t>22/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2018 10:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906096/fr/patients-presentant-un-trouble-neurocognitif-associe-a-la-maladie-d-alzheimer-ou-a-une-maladie-apparentee</t>
+  </si>
+  <si>
+    <t>c_2906096</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 8 novembre 2017</t>
+  </si>
+  <si>
+    <t>02/11/2017 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802809/fr/college-deliberatif-du-8-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2802809</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2016</t>
+  </si>
+  <si>
+    <t>12/10/2016 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2675437/fr/commission-de-la-transparence-reunion-du-19-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2675437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>16/09/2016 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2669200/fr/college-deliberatif-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2669200</t>
+  </si>
+  <si>
+    <t>Commission Recommandations de Bonne Pratique - Réunion du 24/06/2014</t>
+  </si>
+  <si>
+    <t>24/06/2014 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770268/fr/commission-recommandations-de-bonne-pratique-reunion-du-24/06/2014</t>
+  </si>
+  <si>
+    <t>c_1770268</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 décembre 2013</t>
+  </si>
+  <si>
+    <t>27/01/2014 18:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711503/fr/commission-de-la-transparence-reunion-du-18-decembre-2013</t>
+  </si>
+  <si>
+    <t>c_1711503</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2013</t>
+  </si>
+  <si>
+    <t>30/12/2013 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1694858/fr/commission-de-la-transparence-reunion-du-20-novembre-2013</t>
+  </si>
+  <si>
+    <t>c_1694858</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 septembre 2013</t>
+  </si>
+  <si>
+    <t>06/11/2013 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1646886/fr/commission-de-la-transparence-reunion-du-18-septembre-2013</t>
+  </si>
+  <si>
+    <t>c_1646886</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité FOSRENOL par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>19/10/2011 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104210/fr/commission-de-la-transparence-reunion-du-19-octobre-2011</t>
+  </si>
+  <si>
+    <t>c_1104210</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juillet 2011</t>
+  </si>
+  <si>
+    <t>20/07/2011 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072988/fr/commission-de-la-transparence-reunion-du-20-juillet-2011</t>
+  </si>
+  <si>
+    <t>c_1072988</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 octobre 2007</t>
+  </si>
+  <si>
+    <t>10/10/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592918/fr/commission-de-la-transparence-reunion-du-10-octobre-2007</t>
+  </si>
+  <si>
+    <t>c_592918</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2007</t>
+  </si>
+  <si>
+    <t>31/07/2007 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_610077/fr/commission-de-la-transparence-reunion-du-5-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_610077</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2007</t>
+  </si>
+  <si>
+    <t>20/06/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616102/fr/commission-de-la-transparence-reunion-du-20-juin-2007</t>
+  </si>
+  <si>
+    <t>c_616102</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - réunion du 28 février 2007</t>
+  </si>
+  <si>
+    <t>28/02/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_594280/fr/commission-de-la-transparence-reunion-du-28-fevrier-2007</t>
+  </si>
+  <si>
+    <t>c_594280</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0204/DC/SEM du 4 septembre 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité LEQEMBI (lécanémab) </t>
+  </si>
+  <si>
+    <t>Refus d’accès précoce de la spécialité LEQEMBI (lécanémab) dans l'indication « Traitement des patients adultes présentant un diagnostic clinique de trouble cognitif léger et de démence au stade léger dus à la maladie d’Alzheimer (maladie d’Alzheimer débutante), non porteurs ou hétérozygotes pour l’allèle ε4 du gène de l’apolipoprotéine E (ApoE ε4) et présentant une pathologie amyloïde confirmée (voir rubrique 4.4 du RCP). »</t>
+  </si>
+  <si>
+    <t>04/09/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>09/09/2025 09:19:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644193/fr/decision-n2025-0204/dc/sem-du-4-septembre-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-leqembi-lecanemab</t>
+  </si>
+  <si>
+    <t>p_3644193</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>RIVASTIGMINE BIOGARAN (rivastigmine)</t>
+  </si>
+  <si>
+    <t>25/05/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983274/fr/rivastigmine-biogaran-rivastigmine</t>
+  </si>
+  <si>
+    <t>pprd_2983274</t>
+  </si>
+  <si>
+    <t>rivastigmine</t>
+  </si>
+  <si>
+    <t>BIOGARAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851380/fr/rivastigmine-biogaran-rivastigmine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -163,45 +574,958 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>41</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>48</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>52</v>
+      </c>
+      <c r="C3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D3" t="s">
+        <v>54</v>
+      </c>
+      <c r="E3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C4" t="s">
+        <v>59</v>
+      </c>
+      <c r="D4" t="s">
+        <v>60</v>
+      </c>
+      <c r="E4" t="s">
+        <v>61</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>62</v>
+      </c>
+      <c r="H4" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>68</v>
+      </c>
+      <c r="H2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I2" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>73</v>
+      </c>
+      <c r="H3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>65</v>
+      </c>
+      <c r="B4" t="s">
+        <v>75</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>76</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>77</v>
+      </c>
+      <c r="H4" t="s">
+        <v>78</v>
+      </c>
+      <c r="I4" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>65</v>
+      </c>
+      <c r="B5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>80</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>81</v>
+      </c>
+      <c r="H5" t="s">
+        <v>82</v>
+      </c>
+      <c r="I5" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>65</v>
+      </c>
+      <c r="B6" t="s">
+        <v>83</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>84</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>85</v>
+      </c>
+      <c r="H6" t="s">
+        <v>86</v>
+      </c>
+      <c r="I6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B7" t="s">
+        <v>87</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>88</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>89</v>
+      </c>
+      <c r="H7" t="s">
+        <v>90</v>
+      </c>
+      <c r="I7" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>65</v>
+      </c>
+      <c r="B8" t="s">
+        <v>91</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>92</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>93</v>
+      </c>
+      <c r="H8" t="s">
+        <v>94</v>
+      </c>
+      <c r="I8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>65</v>
+      </c>
+      <c r="B9" t="s">
+        <v>95</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>96</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>97</v>
+      </c>
+      <c r="H9" t="s">
+        <v>98</v>
+      </c>
+      <c r="I9" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>65</v>
+      </c>
+      <c r="B10" t="s">
+        <v>99</v>
+      </c>
+      <c r="C10" t="s">
+        <v>100</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>101</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>102</v>
+      </c>
+      <c r="H10" t="s">
+        <v>103</v>
+      </c>
+      <c r="I10" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>65</v>
+      </c>
+      <c r="B11" t="s">
+        <v>104</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>105</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>106</v>
+      </c>
+      <c r="H11" t="s">
+        <v>107</v>
+      </c>
+      <c r="I11" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" t="s">
+        <v>108</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>109</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>110</v>
+      </c>
+      <c r="H12" t="s">
+        <v>111</v>
+      </c>
+      <c r="I12" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>65</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>113</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>114</v>
+      </c>
+      <c r="H13" t="s">
+        <v>115</v>
+      </c>
+      <c r="I13" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>65</v>
+      </c>
+      <c r="B14" t="s">
+        <v>116</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>117</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>118</v>
+      </c>
+      <c r="H14" t="s">
+        <v>119</v>
+      </c>
+      <c r="I14" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>65</v>
+      </c>
+      <c r="B15" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>121</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>122</v>
+      </c>
+      <c r="H15" t="s">
+        <v>123</v>
+      </c>
+      <c r="I15" t="s">
+        <v>70</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B2" t="s">
+        <v>125</v>
+      </c>
+      <c r="C2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D2" t="s">
+        <v>127</v>
+      </c>
+      <c r="E2" t="s">
+        <v>128</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>129</v>
+      </c>
+      <c r="H2" t="s">
+        <v>130</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>131</v>
+      </c>
+      <c r="J1" t="s">
+        <v>132</v>
+      </c>
+      <c r="K1" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>134</v>
+      </c>
+      <c r="B2" t="s">
+        <v>135</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>136</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>137</v>
+      </c>
+      <c r="H2" t="s">
+        <v>138</v>
+      </c>
+      <c r="I2" t="s">
+        <v>139</v>
+      </c>
+      <c r="J2" t="s">
+        <v>140</v>
+      </c>
+      <c r="K2" t="s">
+        <v>141</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>142</v>
+      </c>
+      <c r="B2" t="s">
+        <v>143</v>
+      </c>
+      <c r="C2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>145</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>146</v>
+      </c>
+      <c r="H2" t="s">
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>