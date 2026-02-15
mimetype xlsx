--- v0 (2025-11-03)
+++ v1 (2026-02-15)
@@ -1,1487 +1,207 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="269" uniqueCount="142">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>18/10/2021 17:08:00</t>
-[...113 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
   </si>
   <si>
     <t>c_953959</t>
-  </si>
-[...268 lines deleted...]
-    <t>c_2906074</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...42 lines deleted...]
-        <v>26</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...833 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>