--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,354 +1,997 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="96">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983677/en/nplate</t>
+    <t>Guide du parcours de soins – Syndromes myélodysplasiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient atteint de syndromes myélodysplasiques.</t>
+  </si>
+  <si>
+    <t>20/05/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2015 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380018/fr/guide-du-parcours-de-soins-syndromes-myelodysplasiques</t>
+  </si>
+  <si>
+    <t>p_3380018</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 13 octobre 2021</t>
+  </si>
+  <si>
+    <t>07/10/2021 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291154/fr/commission-de-la-transparence-reunion-a-distance-du-13-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3291154</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 février 2020</t>
+  </si>
+  <si>
+    <t>29/01/2020 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148743/fr/commission-de-la-transparence-reunion-du-5-fevrier-2020</t>
+  </si>
+  <si>
+    <t>p_3148743</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 janvier 2020</t>
+  </si>
+  <si>
+    <t>03/01/2020 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145065/fr/commission-de-la-transparence-reunion-du-8-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3145065</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2019</t>
+  </si>
+  <si>
+    <t>13/11/2019 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118206/fr/commission-de-la-transparence-reunion-du-20-novembre-2019</t>
+  </si>
+  <si>
+    <t>p_3118206</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 février 2017</t>
+  </si>
+  <si>
+    <t>10/02/2017 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745225/fr/commission-de-la-transparence-reunion-du-22-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2745225</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 novembre 2016</t>
+  </si>
+  <si>
+    <t>23/11/2016 12:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725162/fr/commission-de-la-transparence-reunion-du-30-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2725162</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 mai 2009</t>
+  </si>
+  <si>
+    <t>27/05/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798794/fr/commission-de-la-transparence-reunion-du-27-mai-2009</t>
+  </si>
+  <si>
+    <t>c_798794</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0016/AC/SEM du 4 avril 2018 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude PROLONG»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Etude PROLONG» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>04/04/2018 11:17:00</t>
+  </si>
+  <si>
+    <t>13/04/2018 15:24:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844315/fr/avis-n-2018-0016/ac/sem-du-4-avril-2018-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-prolong</t>
+  </si>
+  <si>
+    <t>c_2844315</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>NPLATE (romiplostim)</t>
+  </si>
+  <si>
+    <t>12/01/2024 16:40:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983677/fr/nplate-romiplostim</t>
   </si>
   <si>
     <t>pprd_2983677</t>
   </si>
   <si>
     <t>romiplostim</t>
   </si>
   <si>
     <t>AMGEN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_813331/en/nplate</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3488174/en/nplate-romiplostim-thrombopenie-immunologique-primaire-pti-refractaire-aux-autres-traitements</t>
+    <t>https://www.has-sante.fr/jcms/c_813331/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015428/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752845/fr/nplate-romiplostim-agonistes-des-recepteurs-a-la-thrombopoietine-pti-adulte-non-splenectomise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151450/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293684/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488174/fr/nplate-romiplostim-thrombopenie-immunologique-primaire-pti-refractaire-aux-autres-traitements</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>40</v>
+      </c>
+      <c r="H7" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H2" t="s">
+        <v>47</v>
+      </c>
+      <c r="I2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>51</v>
+      </c>
+      <c r="H3" t="s">
+        <v>52</v>
+      </c>
+      <c r="I3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>54</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>55</v>
+      </c>
+      <c r="H4" t="s">
+        <v>56</v>
+      </c>
+      <c r="I4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>58</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>59</v>
+      </c>
+      <c r="H5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>61</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6" t="s">
+        <v>64</v>
+      </c>
+      <c r="I6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>43</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>66</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>67</v>
+      </c>
+      <c r="H7" t="s">
+        <v>68</v>
+      </c>
+      <c r="I7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>70</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>71</v>
+      </c>
+      <c r="H8" t="s">
+        <v>72</v>
+      </c>
+      <c r="I8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>78</v>
+      </c>
+      <c r="H2" t="s">
+        <v>79</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>15</v>
+        <v>80</v>
       </c>
       <c r="J1" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
       <c r="K1" t="s">
-        <v>17</v>
+        <v>82</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>18</v>
+        <v>83</v>
       </c>
       <c r="B2" t="s">
-        <v>19</v>
+        <v>84</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>86</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="I2" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
       <c r="J2" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="K2" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="L2" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="M2" t="s">
-        <v>27</v>
+        <v>92</v>
       </c>
       <c r="N2" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="O2" t="s">
-        <v>29</v>
+        <v>94</v>
       </c>
       <c r="P2" t="s">
-        <v>30</v>
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>