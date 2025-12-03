--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -1,1775 +1,321 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="329" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="25">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>OMNIPOD 5 (pompe à insuline et contrôleur OMNIPOD 5 + système de mesure du glucose interstitiel DEXCOM G6)</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>30/01/2024 00:00:00</t>
-[...98 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...236 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>QUILOGA (rosuvastatine/ézétimibe)</t>
   </si>
   <si>
-    <t>24/04/2025 15:16:36</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3603116/fr/quiloga-rosuvastatine/ezetimibe</t>
+    <t>04/24/2025 15:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603116/en/quiloga-rosuvastatine/ezetimibe</t>
   </si>
   <si>
     <t>p_3603116</t>
   </si>
   <si>
     <t>rosuvastatine,ézétimibe</t>
   </si>
   <si>
     <t>ZENTIVA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3602981/fr/quiloga-rosuvastatine/ezetimibe-hypercholesterolemie</t>
-[...101 lines deleted...]
-    <t>c_1099657</t>
+    <t>https://www.has-sante.fr/jcms/p_3602981/en/quiloga-rosuvastatin/ezetimibe-hypercholesterolaemia</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="H2" t="s">
         <v>13</v>
-      </c>
-[...16 lines deleted...]
-        <v>18</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>14</v>
+      </c>
+      <c r="J1" t="s">
+        <v>15</v>
+      </c>
+      <c r="K1" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>17</v>
+      </c>
+      <c r="B2" t="s">
+        <v>18</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E2" t="s">
         <v>19</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
         <v>20</v>
       </c>
-      <c r="C2" t="s">
+      <c r="H2" t="s">
         <v>21</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="I2" t="s">
         <v>22</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="J2" t="s">
         <v>23</v>
       </c>
-      <c r="H2" t="s">
+      <c r="K2" t="s">
         <v>24</v>
-      </c>
-[...945 lines deleted...]
-        <v>162</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-[...64 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>