--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,321 +1,1816 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="338" uniqueCount="173">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>OMNIPOD 5 (pompe à insuline et contrôleur OMNIPOD 5 + système de mesure du glucose interstitiel DEXCOM G6)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/27/2009 12:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>30/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3496700/fr/omnipod-5-pompe-a-insuline-et-controleur-omnipod-5-systeme-de-mesure-du-glucose-interstitiel-dexcom-g6</t>
+  </si>
+  <si>
+    <t>p_3496700</t>
+  </si>
+  <si>
+    <t>Système de boucle semi-fermée dédié à la gestion automatisée du diabète de type 1</t>
+  </si>
+  <si>
+    <t>INSULET France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie coronarienne stable</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est : - d’expliciter le parcours de soins d’une personne ayant une maladie coronarienne stable en médecine de ville et notamment en médecine générale ; - de rendre compte de la pluri-professionnalité de la prise en charge ainsi que des principes et modalités de coordination et de coopération entre les professionnels impliqués Le guide est construit autour d’étapes du parcours identifiées comme les moments où existent d’importants risques de dysfonctionnement et où il est particulièrement indispensable que les patients bénéficient de la bonne prestation délivrée par les bons professionnels, afin d’assurer la qualité et la sécurité du parcours ...</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2016 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761792/fr/guide-parcours-de-soins-maladie-coronarienne-stable</t>
+  </si>
+  <si>
+    <t>c_1761792</t>
+  </si>
+  <si>
+    <t>ALD n° 1 - Accident vasculaire cérébral</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/01/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534745/fr/ald-n-1-accident-vasculaire-cerebral</t>
+  </si>
+  <si>
+    <t>c_534745</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines</t>
+  </si>
+  <si>
+    <t>Toutes statines confondues, le traitement par statines diminue le risque de mortalité toutes causes de 10% quel que soit le profil du patient, et le risque d’événements cardiovasculaires de 15% à 23%, selon l’événement étudié. Le rapport coût-efficacité d’un traitement par statine est jugé favorable en prévention secondaire, et en prévention primaire pour les patients à haut risque cardiovasculaire. Les différentes statines n’ont pas d’effet significativement différent en termes de mortalité toutes causes et les effets indésirables sont de nature et de fréquence identiques. L’effet des différentes statines sur la survenue d’événements cardiovasculaires (ECV) ne peut pas être analysé de manière rigoureuse sur l'ensemble des molécules et des dosages à partir des données disponibles. Dans la mesure où il existe une relation démontrée entre la baisse du LDL-c et la réduction des ECV, la réduction du LDL-c peut être acceptée comme un indicateur intermédiaire de la morbidité CV. Les statines ayant une efficacité biologique différente, la prise en compte de ce second critère dans la décision conduit à recommander, pour un patient en initiation de traitement, la statine la plus efficiente en fonction de la baisse de LDL-c recherchée lorsqu’un traitement est jugé nécessaire par le prescripteur, en tenant compte du niveau de risque cardio-vasculaire initial du patient.</t>
+  </si>
+  <si>
+    <t>01/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499450/fr/efficacite-et-efficience-des-hypolipemiants-une-analyse-centree-sur-les-statines</t>
+  </si>
+  <si>
+    <t>r_1499450</t>
+  </si>
+  <si>
+    <t>Prévention cardio-vasculaire : le choix de la statine la mieux adaptée dépend de son efficacité et de son efficience</t>
+  </si>
+  <si>
+    <t>La prévention cardio-vasculaire repose d’abord sur la mise en oeuvre de mesures hygiéno-diététiques. Si la prescription d’une statine est jugée nécessaire, le choix de la molécule et de sa dose dépend du niveau de risque du patient, de l’existence ou non d’antécédents cardio-vasculaires, du taux initial de LDL-cholestérol (LDL-c) et de la réduction du LDL-c recherchée. On préférera la statine ayant, dans ces conditions, la meilleure efficience (rapport coût/efficacité).</t>
+  </si>
+  <si>
+    <t>01/02/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>02/02/2012 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439693/fr/prevention-cardio-vasculaire-le-choix-de-la-statine-la-mieux-adaptee-depend-de-son-efficacite-et-de-son-efficience</t>
+  </si>
+  <si>
+    <t>r_1439693</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 janvier 2026</t>
+  </si>
+  <si>
+    <t>07/01/2026 13:53:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807451/fr/commission-de-la-transparence-reunion-du-14-janvier-2026</t>
+  </si>
+  <si>
+    <t>p_3807451</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 avril 2025</t>
+  </si>
+  <si>
+    <t>03/04/2025 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600189/fr/commission-de-la-transparence-reunion-du-9-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3600189</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 octobre 2023</t>
+  </si>
+  <si>
+    <t>11/10/2023 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467505/fr/commission-de-la-transparence-reunion-du-18-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3467505</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 février 2022</t>
+  </si>
+  <si>
+    <t>25/01/2022 18:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311951/fr/commission-de-la-transparence-reunion-du-2-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3311951</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 septembre 2019</t>
+  </si>
+  <si>
+    <t>28/08/2019 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098828/fr/commission-de-la-transparence-reunion-du-4-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3098828</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 février 2019</t>
+  </si>
+  <si>
+    <t>13/02/2019 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904582/fr/commission-de-la-transparence-reunion-du-20-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2904582</t>
+  </si>
+  <si>
+    <t>Commission des stratégies de prise en charge - Réunion du Mardi 15 novembre 2016</t>
+  </si>
+  <si>
+    <t>29/06/2017 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777654/fr/commission-des-strategies-de-prise-en-charge-reunion-du-mardi-15-novembre-2016</t>
+  </si>
+  <si>
+    <t>c_2777654</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 22 février 2017</t>
+  </si>
+  <si>
+    <t>17/02/2017 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746142/fr/college-deliberatif-du-22-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2746142</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 novembre 2014</t>
+  </si>
+  <si>
+    <t>14/11/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774828/fr/commission-de-la-transparence-reunion-du-19-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1774828</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 mars 2014</t>
+  </si>
+  <si>
+    <t>14/03/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728868/fr/commission-de-la-transparence-reunion-du-19-mars-2014</t>
+  </si>
+  <si>
+    <t>c_1728868</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités PRAVAFENIX et PROCORALAN par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu.</t>
+  </si>
+  <si>
+    <t>06/06/2012 13:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252008/fr/commission-de-la-transparence-reunion-du-6-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1252008</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juin 2011</t>
+  </si>
+  <si>
+    <t>08/06/2011 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060912/fr/commission-de-la-transparence-reunion-du-8-juin-2011</t>
+  </si>
+  <si>
+    <t>c_1060912</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 octobre 2010</t>
+  </si>
+  <si>
+    <t>06/10/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987733/fr/commission-de-la-transparence-reunion-du-6-octobre-2010</t>
+  </si>
+  <si>
+    <t>c_987733</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juillet 2010</t>
+  </si>
+  <si>
+    <t>21/07/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969005/fr/commission-de-la-transparence-reunion-du-21-juillet-2010</t>
+  </si>
+  <si>
+    <t>c_969005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 mars 2009</t>
+  </si>
+  <si>
+    <t>18/03/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_756836/fr/commission-de-la-transparence-reunion-du-18-mars-2009</t>
+  </si>
+  <si>
+    <t>c_756836</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 octobre 2007</t>
+  </si>
+  <si>
+    <t>10/10/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592918/fr/commission-de-la-transparence-reunion-du-10-octobre-2007</t>
+  </si>
+  <si>
+    <t>c_592918</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>QUILOGA (rosuvastatine/ézétimibe)</t>
   </si>
   <si>
-    <t>04/24/2025 15:16:36</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3603116/en/quiloga-rosuvastatine/ezetimibe</t>
+    <t>24/04/2025 15:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603116/fr/quiloga-rosuvastatine/ezetimibe</t>
   </si>
   <si>
     <t>p_3603116</t>
   </si>
   <si>
     <t>rosuvastatine,ézétimibe</t>
   </si>
   <si>
     <t>ZENTIVA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3602981/en/quiloga-rosuvastatin/ezetimibe-hypercholesterolaemia</t>
+    <t>https://www.has-sante.fr/jcms/p_3602981/fr/quiloga-rosuvastatine/ezetimibe-hypercholesterolemie</t>
+  </si>
+  <si>
+    <t>LIPOROSA (rosuvastatine/ézétimibe)</t>
+  </si>
+  <si>
+    <t>25/01/2024 08:36:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983176/fr/liporosa-rosuvastatine/ezetimibe</t>
+  </si>
+  <si>
+    <t>pprd_2983176</t>
+  </si>
+  <si>
+    <t>SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863024/fr/liporosa-rosuvastatine/-ezetimibe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478085/fr/liporosa-rosuvastatine/ezetimibe-maladie-coronaire-avec-antecedent-de-syndrome-coronarien-aigu-sca</t>
+  </si>
+  <si>
+    <t>SUVREZA (rosuvastatine/ézétimibe)</t>
+  </si>
+  <si>
+    <t>18/12/2023 14:03:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107130/fr/suvreza-rosuvastatine/ezetimibe</t>
+  </si>
+  <si>
+    <t>p_3107130</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107047/fr/suvreza-rosuvastatine/-ezetimibe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471816/fr/suvreza-rosuvastatine-calcique/ezetimibe-hypercholesterolemie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478095/fr/suvreza-rosuvastatine-calcique/-ezetimibe-prevention-des-evenements-cardiovasculaires</t>
+  </si>
+  <si>
+    <t>ZELFUSOR (rosuvastatine)</t>
+  </si>
+  <si>
+    <t>08/02/2022 17:21:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315586/fr/zelfusor-rosuvastatine</t>
+  </si>
+  <si>
+    <t>p_3315586</t>
+  </si>
+  <si>
+    <t>rosuvastatine</t>
+  </si>
+  <si>
+    <t>SUN PHARMA France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315455/fr/zelfusor-rosuvastatine</t>
+  </si>
+  <si>
+    <t>TWICOR (rosuvastatine/ ézétimibe)</t>
+  </si>
+  <si>
+    <t>07/06/2019 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982726/fr/twicor-rosuvastatine/-ezetimibe</t>
+  </si>
+  <si>
+    <t>pprd_2982726</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972299/fr/twicor-rosuvastatine/-ezetimibe</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>13</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>19</v>
       </c>
+      <c r="B3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C3" t="s">
+        <v>26</v>
+      </c>
+      <c r="D3" t="s">
+        <v>27</v>
+      </c>
+      <c r="E3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E2" t="s">
+        <v>41</v>
+      </c>
       <c r="F2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>46</v>
+      </c>
+      <c r="H3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>48</v>
+      </c>
+      <c r="B3" t="s">
+        <v>55</v>
+      </c>
+      <c r="C3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D3" t="s">
+        <v>57</v>
+      </c>
+      <c r="E3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H3" t="s">
+        <v>60</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>65</v>
+      </c>
+      <c r="H2" t="s">
+        <v>66</v>
       </c>
       <c r="I2" t="s">
-        <v>22</v>
+        <v>67</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+      <c r="I3" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>73</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H4" t="s">
+        <v>75</v>
+      </c>
+      <c r="I4" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>62</v>
+      </c>
+      <c r="B5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>77</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>78</v>
+      </c>
+      <c r="H5" t="s">
+        <v>79</v>
+      </c>
+      <c r="I5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B6" t="s">
+        <v>80</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>81</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>82</v>
+      </c>
+      <c r="H6" t="s">
+        <v>83</v>
+      </c>
+      <c r="I6" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>62</v>
+      </c>
+      <c r="B7" t="s">
+        <v>84</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>85</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>86</v>
+      </c>
+      <c r="H7" t="s">
+        <v>87</v>
+      </c>
+      <c r="I7" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>62</v>
+      </c>
+      <c r="B8" t="s">
+        <v>88</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>89</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>90</v>
+      </c>
+      <c r="H8" t="s">
+        <v>91</v>
+      </c>
+      <c r="I8" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>62</v>
+      </c>
+      <c r="B9" t="s">
+        <v>92</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>93</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>94</v>
+      </c>
+      <c r="H9" t="s">
+        <v>95</v>
+      </c>
+      <c r="I9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>62</v>
+      </c>
+      <c r="B10" t="s">
+        <v>96</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>97</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>98</v>
+      </c>
+      <c r="H10" t="s">
+        <v>99</v>
+      </c>
+      <c r="I10" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>62</v>
+      </c>
+      <c r="B11" t="s">
+        <v>100</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>101</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>102</v>
+      </c>
+      <c r="H11" t="s">
+        <v>103</v>
+      </c>
+      <c r="I11" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>62</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>106</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>107</v>
+      </c>
+      <c r="H12" t="s">
+        <v>108</v>
+      </c>
+      <c r="I12" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>62</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>110</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>111</v>
+      </c>
+      <c r="H13" t="s">
+        <v>112</v>
+      </c>
+      <c r="I13" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>62</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>114</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>115</v>
+      </c>
+      <c r="H14" t="s">
+        <v>116</v>
+      </c>
+      <c r="I14" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>62</v>
+      </c>
+      <c r="B15" t="s">
+        <v>117</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>118</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>119</v>
+      </c>
+      <c r="H15" t="s">
+        <v>120</v>
+      </c>
+      <c r="I15" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>62</v>
+      </c>
+      <c r="B16" t="s">
+        <v>121</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>122</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>123</v>
+      </c>
+      <c r="H16" t="s">
+        <v>124</v>
+      </c>
+      <c r="I16" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>62</v>
+      </c>
+      <c r="B17" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>126</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>127</v>
+      </c>
+      <c r="H17" t="s">
+        <v>128</v>
+      </c>
+      <c r="I17" t="s">
+        <v>67</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>129</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>131</v>
+      </c>
+      <c r="B2" t="s">
+        <v>132</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>133</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>134</v>
+      </c>
+      <c r="H2" t="s">
+        <v>135</v>
+      </c>
+      <c r="I2" t="s">
+        <v>136</v>
       </c>
       <c r="J2" t="s">
-        <v>23</v>
+        <v>137</v>
       </c>
       <c r="K2" t="s">
-        <v>24</v>
+        <v>138</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>131</v>
+      </c>
+      <c r="B3" t="s">
+        <v>139</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>141</v>
+      </c>
+      <c r="H3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I3" t="s">
+        <v>136</v>
+      </c>
+      <c r="J3" t="s">
+        <v>143</v>
+      </c>
+      <c r="K3" t="s">
+        <v>144</v>
+      </c>
+      <c r="L3" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>131</v>
+      </c>
+      <c r="B4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>147</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>148</v>
+      </c>
+      <c r="H4" t="s">
+        <v>149</v>
+      </c>
+      <c r="I4" t="s">
+        <v>136</v>
+      </c>
+      <c r="J4" t="s">
+        <v>150</v>
+      </c>
+      <c r="K4" t="s">
+        <v>151</v>
+      </c>
+      <c r="L4" t="s">
+        <v>152</v>
+      </c>
+      <c r="M4" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>131</v>
+      </c>
+      <c r="B5" t="s">
+        <v>154</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>156</v>
+      </c>
+      <c r="H5" t="s">
+        <v>157</v>
+      </c>
+      <c r="I5" t="s">
+        <v>158</v>
+      </c>
+      <c r="J5" t="s">
+        <v>159</v>
+      </c>
+      <c r="K5" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>131</v>
+      </c>
+      <c r="B6" t="s">
+        <v>161</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>162</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>163</v>
+      </c>
+      <c r="H6" t="s">
+        <v>164</v>
+      </c>
+      <c r="I6" t="s">
+        <v>136</v>
+      </c>
+      <c r="J6" t="s">
+        <v>165</v>
+      </c>
+      <c r="K6" t="s">
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>167</v>
+      </c>
+      <c r="B2" t="s">
+        <v>168</v>
+      </c>
+      <c r="C2" t="s">
+        <v>169</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>171</v>
+      </c>
+      <c r="H2" t="s">
+        <v>172</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>