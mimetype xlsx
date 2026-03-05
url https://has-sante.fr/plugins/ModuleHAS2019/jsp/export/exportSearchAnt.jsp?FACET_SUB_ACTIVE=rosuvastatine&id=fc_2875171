--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
     <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="338" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="347" uniqueCount="179">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -89,50 +89,65 @@
   <si>
     <t/>
   </si>
   <si>
     <t>30/01/2024 00:00:00</t>
   </si>
   <si>
     <t>28/02/2024 10:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3496700/fr/omnipod-5-pompe-a-insuline-et-controleur-omnipod-5-systeme-de-mesure-du-glucose-interstitiel-dexcom-g6</t>
   </si>
   <si>
     <t>p_3496700</t>
   </si>
   <si>
     <t>Système de boucle semi-fermée dédié à la gestion automatisée du diabète de type 1</t>
   </si>
   <si>
     <t>INSULET France S.A.S (France)</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
     <t>Lupus Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
   </si>
   <si>
     <t>Guide parcours de soins maladie coronarienne stable</t>
   </si>
   <si>
     <t>L’objectif de ce guide est : - d’expliciter le parcours de soins d’une personne ayant une maladie coronarienne stable en médecine de ville et notamment en médecine générale ; - de rendre compte de la pluri-professionnalité de la prise en charge ainsi que des principes et modalités de coordination et de coopération entre les professionnels impliqués Le guide est construit autour d’étapes du parcours identifiées comme les moments où existent d’importants risques de dysfonctionnement et où il est particulièrement indispensable que les patients bénéficient de la bonne prestation délivrée par les bons professionnels, afin d’assurer la qualité et la sécurité du parcours ...</t>
   </si>
   <si>
     <t>21/09/2016 00:00:00</t>
   </si>
   <si>
     <t>06/10/2016 14:02:00</t>
@@ -428,66 +443,69 @@
   <si>
     <t>Commission de la transparence - Réunion du 10 octobre 2007</t>
   </si>
   <si>
     <t>10/10/2007 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_592918/fr/commission-de-la-transparence-reunion-du-10-octobre-2007</t>
   </si>
   <si>
     <t>c_592918</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>QUILOGA (rosuvastatine/ézétimibe)</t>
   </si>
   <si>
-    <t>24/04/2025 15:16:36</t>
+    <t>20/01/2026 12:18:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3603116/fr/quiloga-rosuvastatine/ezetimibe</t>
   </si>
   <si>
     <t>p_3603116</t>
   </si>
   <si>
     <t>rosuvastatine,ézétimibe</t>
   </si>
   <si>
     <t>ZENTIVA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3602981/fr/quiloga-rosuvastatine/ezetimibe-hypercholesterolemie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809524/fr/quiloga-rosuvastatine/ezetimibe-hypercholesterolemie</t>
   </si>
   <si>
     <t>LIPOROSA (rosuvastatine/ézétimibe)</t>
   </si>
   <si>
     <t>25/01/2024 08:36:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983176/fr/liporosa-rosuvastatine/ezetimibe</t>
   </si>
   <si>
     <t>pprd_2983176</t>
   </si>
   <si>
     <t>SERVIER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2863024/fr/liporosa-rosuvastatine/-ezetimibe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3478085/fr/liporosa-rosuvastatine/ezetimibe-maladie-coronaire-avec-antecedent-de-syndrome-coronarien-aigu-sca</t>
   </si>
   <si>
     <t>SUVREZA (rosuvastatine/ézétimibe)</t>
   </si>
@@ -674,51 +692,51 @@
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -743,1074 +761,1103 @@
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>23</v>
       </c>
       <c r="H2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>26</v>
       </c>
       <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>27</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>28</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" t="s">
         <v>31</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>32</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>33</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>34</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>35</v>
       </c>
-      <c r="H4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
         <v>36</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B2" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D2" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E2" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="H2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H3" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="E2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="E3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="H3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B2" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="H2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="I2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B3" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="H3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>79</v>
+      </c>
+      <c r="H4" t="s">
+        <v>80</v>
+      </c>
+      <c r="I4" t="s">
         <v>72</v>
-      </c>
-[...19 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B5" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="H5" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="I5" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B6" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H6" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I6" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H7" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="I7" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="H8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="I8" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B9" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H9" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I9" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B10" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="H10" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="I10" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="H11" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="I11" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B12" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="C12" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="H12" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="I12" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B13" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="H13" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="I13" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B14" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="H14" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="I14" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B15" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H15" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="I15" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="H16" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="I16" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B17" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="H17" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="I17" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B2" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="H2" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="I2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="J2" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="K2" t="s">
-        <v>138</v>
+        <v>143</v>
+      </c>
+      <c r="L2" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B3" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
+        <v>147</v>
+      </c>
+      <c r="H3" t="s">
+        <v>148</v>
+      </c>
+      <c r="I3" t="s">
         <v>141</v>
       </c>
-      <c r="H3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="K3" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="L3" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B4" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="H4" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="I4" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="J4" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="K4" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="L4" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="M4" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B5" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="H5" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="I5" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="J5" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="K5" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B6" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="H6" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="I6" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="J6" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="K6" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="B2" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="C2" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="H2" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>