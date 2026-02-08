--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -1,263 +1,197 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Irreversible secondary or degenerative parkinsonian syndromes</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>09/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/15/2021 09:09:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>12/12/2022 17:27:00</t>
-[...62 lines deleted...]
-    <t>Médicament</t>
+    <t>https://www.has-sante.fr/jcms/c_546220/en/irreversible-secondary-or-degenerative-parkinsonian-syndromes</t>
+  </si>
+  <si>
+    <t>c_546220</t>
+  </si>
+  <si>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>NEUPRO (rotigotine)</t>
   </si>
   <si>
-    <t>17/07/2015 16:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984470/fr/neupro-rotigotine</t>
+    <t>07/17/2015 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984470/en/neupro-rotigotine</t>
   </si>
   <si>
     <t>pprd_2984470</t>
   </si>
   <si>
     <t>rotigotine</t>
   </si>
   <si>
     <t>UCB PHARMA SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_666769/fr/neupro-rotigotine</t>
-[...26 lines deleted...]
-    <t>c_2906074</t>
+    <t>https://www.has-sante.fr/jcms/c_666769/en/neupro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490343/en/neupro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648987/en/neupro-rotigotine-agoniste-dopaminergique-non-ergote-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046981/en/neupro-rotigotine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -267,341 +201,145 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...128 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="J1" t="s">
-        <v>31</v>
+        <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>32</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>38</v>
+        <v>24</v>
       </c>
       <c r="J2" t="s">
-        <v>39</v>
+        <v>25</v>
       </c>
       <c r="K2" t="s">
-        <v>40</v>
+        <v>26</v>
       </c>
       <c r="L2" t="s">
-        <v>41</v>
+        <v>27</v>
       </c>
       <c r="M2" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="N2" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-[...64 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>