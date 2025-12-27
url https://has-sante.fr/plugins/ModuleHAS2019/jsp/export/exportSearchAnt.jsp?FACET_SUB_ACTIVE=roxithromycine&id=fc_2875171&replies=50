--- v0 (2025-11-03)
+++ v1 (2025-12-27)
@@ -1,152 +1,386 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="91">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Pertinence de la mise en place d'un programme de dépistage des anévrismes de l'aorte abdominale en France</t>
+  </si>
+  <si>
+    <t>L’objectif du rapport était d’évaluer la pertinence de la mise en place d’un programme de dépistage des anévrismes de l’aorte abdominale (AAA) en France, que ce dernier soit systématique ou opportuniste. Cette évaluation a suivi la méthodologie définie dans le guide HAS « Évaluation a priori d’un programme de dépistage» identifiant 16 critères d’évaluation fondés sur les critères OMS d’évaluation de la pertinence d’un programme de dépistage</t>
+  </si>
+  <si>
+    <t>01/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2013 11:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/c_1358519/fr/pertinence-de-la-mise-en-place-d-un-programme-de-depistage-des-anevrismes-de-l-aorte-abdominale-en-france</t>
+  </si>
+  <si>
+    <t>c_1358519</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>RULID (roxithromycine)</t>
+  </si>
+  <si>
+    <t>05/06/2019 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982740/fr/rulid-roxithromycine</t>
+  </si>
+  <si>
+    <t>pprd_2982740</t>
+  </si>
+  <si>
+    <t>roxithromycine</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399098/fr/rulid-50-mg-comprime-secable-pour-suspension-buvable-b/16-rulid-100-mg-comprime-pellicule-b/16-rulid-150-mg-comprime-b/16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461174/fr/rulid-roxithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991887/fr/rulid-roxithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572481/fr/rulid-roxithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682103/fr/rulid-roxithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971105/fr/rulid-roxithromycine</t>
+  </si>
+  <si>
+    <t>CLARAMID (roxithromycine)</t>
+  </si>
+  <si>
+    <t>09/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985202/fr/claramid-roxithromycine</t>
+  </si>
+  <si>
+    <t>pprd_2985202</t>
+  </si>
+  <si>
+    <t>Laboratoire PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398869/fr/claramid-150-mg-comprime-enrobe-boite-de-16-claramid-enfant-100-mg-comprime-pellicule-boite-de-16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455276/fr/claramid-roxithromycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036260/fr/claramid-roxithromycine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -171,37 +405,517 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H3" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>45</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>51</v>
+      </c>
+      <c r="E9" t="s">
+        <v>52</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>53</v>
+      </c>
+      <c r="H9" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>55</v>
+      </c>
+      <c r="C10" t="s">
+        <v>56</v>
+      </c>
+      <c r="D10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" t="s">
+        <v>58</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>59</v>
+      </c>
+      <c r="H10" t="s">
+        <v>60</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>65</v>
+      </c>
+      <c r="H2" t="s">
+        <v>66</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>67</v>
+      </c>
+      <c r="J1" t="s">
+        <v>68</v>
+      </c>
+      <c r="K1" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>72</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>73</v>
+      </c>
+      <c r="H2" t="s">
+        <v>74</v>
+      </c>
+      <c r="I2" t="s">
+        <v>75</v>
+      </c>
+      <c r="J2" t="s">
+        <v>76</v>
+      </c>
+      <c r="K2" t="s">
+        <v>77</v>
+      </c>
+      <c r="L2" t="s">
+        <v>78</v>
+      </c>
+      <c r="M2" t="s">
+        <v>79</v>
+      </c>
+      <c r="N2" t="s">
+        <v>80</v>
+      </c>
+      <c r="O2" t="s">
+        <v>81</v>
+      </c>
+      <c r="P2" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>85</v>
+      </c>
+      <c r="H3" t="s">
+        <v>86</v>
+      </c>
+      <c r="I3" t="s">
+        <v>75</v>
+      </c>
+      <c r="J3" t="s">
+        <v>87</v>
+      </c>
+      <c r="K3" t="s">
+        <v>88</v>
+      </c>
+      <c r="L3" t="s">
+        <v>89</v>
+      </c>
+      <c r="M3" t="s">
+        <v>90</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>