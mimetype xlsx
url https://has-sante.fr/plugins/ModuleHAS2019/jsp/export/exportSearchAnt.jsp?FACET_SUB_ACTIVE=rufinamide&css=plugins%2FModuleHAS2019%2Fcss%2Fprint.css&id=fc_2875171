--- v0 (2026-02-15)
+++ v1 (2026-02-16)
@@ -1,249 +1,806 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="75">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 octobre 2019</t>
+  </si>
+  <si>
+    <t>16/10/2019 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113382/fr/commission-de-la-transparence-reunion-du-23-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3113382</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 février 2009</t>
+  </si>
+  <si>
+    <t>04/02/2009 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_692498/fr/commission-de-la-transparence-reunion-du-4-fevrier-2009</t>
+  </si>
+  <si>
+    <t>c_692498</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>INOVELON (rufinamide)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984518/en/inovelon-rufinamide</t>
+    <t>25/11/2019 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984518/fr/inovelon-rufinamide</t>
   </si>
   <si>
     <t>pprd_2984518</t>
   </si>
   <si>
     <t>rufinamide</t>
   </si>
   <si>
     <t>EISAI SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_766284/en/inovelon</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3119786/en/inovelon-rufinamide</t>
+    <t>https://www.has-sante.fr/jcms/c_766284/fr/inovelon-rufinamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038286/fr/inovelon-rufinamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119786/fr/inovelon-rufinamide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>45</v>
+      </c>
+      <c r="C6" t="s">
+        <v>46</v>
+      </c>
+      <c r="D6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>57</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" t="s">
+        <v>58</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>59</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>60</v>
+      </c>
+      <c r="H3" t="s">
+        <v>61</v>
+      </c>
+      <c r="I3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>62</v>
+      </c>
+      <c r="J1" t="s">
+        <v>63</v>
+      </c>
+      <c r="K1" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>68</v>
+      </c>
+      <c r="H2" t="s">
+        <v>69</v>
+      </c>
+      <c r="I2" t="s">
+        <v>70</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>71</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>