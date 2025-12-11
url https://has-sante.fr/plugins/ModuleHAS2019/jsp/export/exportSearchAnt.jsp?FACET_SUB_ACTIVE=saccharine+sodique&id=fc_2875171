--- v0 (2025-10-21)
+++ v1 (2025-12-11)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>10/12/2016 15:18:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de la fièvre chez l'enfant</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo propose un rappel de la conduite à tenir pour la prise en charge de la fièvre chez l’enfant.</t>
+  </si>
+  <si>
+    <t>05/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/10/2016 15:18:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2674284/en/management-of-fever-in-children</t>
+    <t>https://www.has-sante.fr/jcms/c_2674284/fr/prise-en-charge-de-la-fievre-chez-l-enfant</t>
   </si>
   <si>
     <t>c_2674284</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>