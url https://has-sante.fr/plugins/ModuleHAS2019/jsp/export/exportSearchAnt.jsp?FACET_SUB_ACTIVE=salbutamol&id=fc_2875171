--- v0 (2025-10-16)
+++ v1 (2026-01-17)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="287" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="163">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -89,96 +89,93 @@
   <si>
     <t>NEBUSAL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/07/2020 00:00:00</t>
   </si>
   <si>
     <t>28/09/2020 09:07:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3202969/fr/nebusal</t>
   </si>
   <si>
     <t>p_3202969</t>
   </si>
   <si>
     <t>Solution stérile de chlorure de sodium à 7% pour nébulisation</t>
   </si>
   <si>
     <t>TEVA SANTE</t>
   </si>
   <si>
-    <t>MUCOCLEAR</t>
-[...16 lines deleted...]
-  <si>
     <t>PARI 85 G 00</t>
   </si>
   <si>
     <t>11/06/2003 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398465/fr/pari-85-g-00</t>
   </si>
   <si>
     <t>c_398465</t>
   </si>
   <si>
     <t>PARI Gmbh (Allemagne)</t>
   </si>
   <si>
     <t>eFLOW</t>
   </si>
   <si>
     <t>29/09/2004 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398585/fr/eflow</t>
   </si>
   <si>
     <t>c_398585</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Insuffisance respiratoire des enfants avec maladie respiratoire rare</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants avec une maladie respiratoire rare et une IRC, incluant les indications à une transplantation pulmonaire. Il a été élaboré par le Centre de référence coordonnateur des maladies respiratoires rares - RespiRare / à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762549/fr/insuffisance-respiratoire-des-enfants-avec-maladie-respiratoire-rare</t>
+  </si>
+  <si>
+    <t>p_3762549</t>
   </si>
   <si>
     <t>Syndromes myasthéniques congénitaux</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>25/03/2021 10:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
   </si>
   <si>
     <t>p_3244112</t>
   </si>
   <si>
     <t>Syndrome Hémolytique et Urémique (SHU)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>16/02/2021 09:31:00</t>
   </si>
@@ -572,51 +569,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J5"/>
+  <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -656,986 +653,980 @@
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="E4" t="s">
-[...5 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I4" t="s">
         <v>12</v>
       </c>
       <c r="J4" t="s">
-        <v>29</v>
-[...31 lines deleted...]
-        <v>29</v>
+        <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="C2" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
         <v>34</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="H3" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
         <v>45</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>46</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>47</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H5" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
         <v>50</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>51</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>52</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>53</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>54</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C3" t="s">
         <v>57</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>58</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>59</v>
       </c>
-      <c r="E3" t="s">
-[...5 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" t="s">
         <v>62</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>63</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>64</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>65</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B5" t="s">
+        <v>67</v>
+      </c>
+      <c r="C5" t="s">
         <v>68</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>69</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>70</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>71</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" t="s">
         <v>74</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>75</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>76</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>77</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>78</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C3" t="s">
         <v>81</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>82</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>83</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>84</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B4" t="s">
+        <v>86</v>
+      </c>
+      <c r="C4" t="s">
         <v>87</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>88</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>89</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>90</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B5" t="s">
+        <v>92</v>
+      </c>
+      <c r="C5" t="s">
         <v>93</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>94</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>95</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>96</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B6" t="s">
+        <v>98</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
         <v>99</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>100</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
         <v>101</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>104</v>
+      </c>
+      <c r="B2" t="s">
         <v>105</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
         <v>106</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>107</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>108</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>110</v>
+      </c>
+      <c r="B2" t="s">
         <v>111</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>112</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
         <v>113</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>114</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>118</v>
+      </c>
+      <c r="B2" t="s">
         <v>119</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
         <v>120</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>121</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>122</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>123</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>124</v>
       </c>
-      <c r="J2" t="s">
+      <c r="K2" t="s">
         <v>125</v>
       </c>
-      <c r="K2" t="s">
+      <c r="L2" t="s">
         <v>126</v>
       </c>
-      <c r="L2" t="s">
+      <c r="M2" t="s">
         <v>127</v>
       </c>
-      <c r="M2" t="s">
+      <c r="N2" t="s">
         <v>128</v>
       </c>
-      <c r="N2" t="s">
+      <c r="O2" t="s">
         <v>129</v>
       </c>
-      <c r="O2" t="s">
+      <c r="P2" t="s">
         <v>130</v>
       </c>
-      <c r="P2" t="s">
+      <c r="Q2" t="s">
         <v>131</v>
       </c>
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B3" t="s">
+        <v>133</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>134</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>135</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>136</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
+        <v>123</v>
+      </c>
+      <c r="J3" t="s">
         <v>137</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>138</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>139</v>
       </c>
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B4" t="s">
+        <v>141</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>142</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>143</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>144</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
+        <v>123</v>
+      </c>
+      <c r="J4" t="s">
         <v>145</v>
       </c>
-      <c r="I4" t="s">
-[...2 lines deleted...]
-      <c r="J4" t="s">
+      <c r="K4" t="s">
         <v>146</v>
       </c>
-      <c r="K4" t="s">
+      <c r="L4" t="s">
         <v>147</v>
       </c>
-      <c r="L4" t="s">
+      <c r="M4" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B5" t="s">
+        <v>149</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>150</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>151</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>152</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>153</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
         <v>154</v>
       </c>
-      <c r="J5" t="s">
+      <c r="K5" t="s">
         <v>155</v>
       </c>
-      <c r="K5" t="s">
+      <c r="L5" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>157</v>
+      </c>
+      <c r="B2" t="s">
         <v>158</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>159</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
         <v>160</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>161</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>