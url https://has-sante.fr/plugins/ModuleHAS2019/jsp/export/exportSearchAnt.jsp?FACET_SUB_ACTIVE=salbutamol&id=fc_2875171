--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="295" uniqueCount="169">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -87,50 +87,68 @@
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>NEBUSAL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/07/2020 00:00:00</t>
   </si>
   <si>
     <t>28/09/2020 09:07:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3202969/fr/nebusal</t>
   </si>
   <si>
     <t>p_3202969</t>
   </si>
   <si>
     <t>Solution stérile de chlorure de sodium à 7% pour nébulisation</t>
   </si>
   <si>
     <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>MUCOCLEAR</t>
+  </si>
+  <si>
+    <t>28/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2008 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713689/fr/mucoclear</t>
+  </si>
+  <si>
+    <t>c_713689</t>
+  </si>
+  <si>
+    <t>PARI GmbH Allemagne</t>
   </si>
   <si>
     <t>PARI 85 G 00</t>
   </si>
   <si>
     <t>11/06/2003 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398465/fr/pari-85-g-00</t>
   </si>
   <si>
     <t>c_398465</t>
   </si>
   <si>
     <t>PARI Gmbh (Allemagne)</t>
   </si>
   <si>
     <t>eFLOW</t>
   </si>
   <si>
     <t>29/09/2004 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398585/fr/eflow</t>
   </si>
@@ -569,51 +587,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J4"/>
+  <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -653,980 +671,1012 @@
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>12</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I4" t="s">
         <v>12</v>
       </c>
       <c r="J4" t="s">
-        <v>23</v>
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C2" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="H2" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="C3" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="H4" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="H5" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B2" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="C2" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="D2" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="E2" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="H2" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B3" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="C3" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="D3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="E3" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="H3" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B4" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="C4" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="D4" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
       <c r="E4" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="H4" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B5" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="C5" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="D5" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="E5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="H5" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B2" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="C2" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="D2" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="E2" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="H2" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B3" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="C3" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D3" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E3" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="H3" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B4" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="C4" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="D4" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="E4" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="H4" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B5" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="C5" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="D5" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E5" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H5" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="B6" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="E6" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="H6" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="B2" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="H2" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="I2" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="B2" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="C2" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="H2" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="B2" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="H2" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="I2" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="J2" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="K2" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="L2" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="M2" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="N2" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="O2" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="P2" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="Q2" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="R2" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="B3" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="H3" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="I3" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="J3" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="K3" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="L3" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="M3" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="B4" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="H4" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="I4" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="J4" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="K4" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="L4" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="M4" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="B5" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="H5" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="I5" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="J5" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="K5" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="L5" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B2" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="C2" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="H2" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>