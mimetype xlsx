--- v0 (2025-11-04)
+++ v1 (2025-12-27)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="287" uniqueCount="164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="295" uniqueCount="169">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -135,50 +135,65 @@
     <t>11/06/2003 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398465/fr/pari-85-g-00</t>
   </si>
   <si>
     <t>c_398465</t>
   </si>
   <si>
     <t>PARI Gmbh (Allemagne)</t>
   </si>
   <si>
     <t>eFLOW</t>
   </si>
   <si>
     <t>29/09/2004 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398585/fr/eflow</t>
   </si>
   <si>
     <t>c_398585</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Insuffisance respiratoire des enfants avec maladie respiratoire rare</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants avec une maladie respiratoire rare et une IRC, incluant les indications à une transplantation pulmonaire. Il a été élaboré par le Centre de référence coordonnateur des maladies respiratoires rares - RespiRare / à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762549/fr/insuffisance-respiratoire-des-enfants-avec-maladie-respiratoire-rare</t>
+  </si>
+  <si>
+    <t>p_3762549</t>
   </si>
   <si>
     <t>Syndromes myasthéniques congénitaux</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>25/03/2021 10:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
   </si>
   <si>
     <t>p_3244112</t>
   </si>
   <si>
     <t>Syndrome Hémolytique et Urémique (SHU)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>16/02/2021 09:31:00</t>
   </si>
@@ -746,51 +761,51 @@
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>12</v>
       </c>
       <c r="J5" t="s">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -854,788 +869,814 @@
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>34</v>
       </c>
       <c r="B4" t="s">
         <v>45</v>
       </c>
       <c r="C4" t="s">
         <v>46</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>47</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>48</v>
       </c>
       <c r="H4" t="s">
         <v>49</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="C2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="D2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="E2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="H2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="C3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="D3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="E3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="H3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B4" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C4" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="D4" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E4" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="H4" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B5" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C5" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="D5" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="E5" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="H5" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B2" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D2" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="E2" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="H2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="D3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="H3" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B4" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="C4" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="D4" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="E4" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="H4" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="C5" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="D5" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="E5" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="H5" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B6" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="E6" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="H6" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B2" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="H2" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="I2" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="B2" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="C2" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="H2" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B2" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="H2" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="I2" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="J2" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="K2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="L2" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="M2" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="N2" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="O2" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="P2" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="Q2" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="R2" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B3" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="H3" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="I3" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="J3" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="K3" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="L3" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="M3" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B4" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="H4" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="I4" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="J4" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="K4" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="L4" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="M4" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B5" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="H5" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="I5" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="J5" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="K5" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="L5" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="B2" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C2" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="H2" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>