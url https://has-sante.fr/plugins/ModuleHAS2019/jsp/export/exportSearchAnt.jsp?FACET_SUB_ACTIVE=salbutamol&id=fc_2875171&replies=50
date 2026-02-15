--- v1 (2025-12-27)
+++ v2 (2026-02-15)
@@ -1,1682 +1,588 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="295" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="58">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>NEBUSAL</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Therapeutic education for patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Therapeutic patient education is defined as helping patients acquire or maintain the competences they need to manage as well as possible their lives with a chronic disease.These guidleines concern patient education for adults and adolescents asthmatics. The topics of the guidelines are: 1. Benefit of patient education in the management of asthma 2. Place of patient education in the management of asthma 3. Approach to education of patients with asthma 4. Consistent information for continuity of care</t>
+  </si>
+  <si>
+    <t>06/01/2001 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/07/2020 00:00:00</t>
-[...155 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
+    <t>https://www.has-sante.fr/jcms/c_271954/en/therapeutic-education-for-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_271954</t>
   </si>
   <si>
-    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...5 lines deleted...]
-    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>23/12/2024 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
   </si>
   <si>
     <t>p_3573729</t>
   </si>
   <si>
-    <t>Mesure de la fraction expirée du monoxyde d’azote (FeNO) pour l’ajustement du traitement de l’asthme</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2062049/fr/cahiers-des-charges-pour-la-realisation-des-ivg-par-methode-instrumentale-hors-etablissements-de-sante-et-dans-les-centres-de-sante</t>
+    <t>Terms of reference for performing surgical abortions: outside of healthcare organisations and inside health centres - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the request of the Ministry of Health and Social Affairs, HAS has developed terms of reference that define the requirements (especially clinical and organisational) to follow to ensure quality of care and patient safety during surgical abortions performed outside of a healthcare organisation Moreover, and in accordance with the law on modernisation of our health system enacted in January 2016, HAS has established terms of reference on the methods of performing surgical abortions inside health centres, which is based on the “Terms of reference for performing surgical abortions outside of healthcare organisations” It is important to specify that the objective is not to develop good practice recommendations or to evaluate the surgical abortion technique</t>
+  </si>
+  <si>
+    <t>03/16/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062049/en/terms-of-reference-for-performing-surgical-abortions-outside-of-healthcare-organisations-and-inside-health-centres-inahta-brief</t>
   </si>
   <si>
     <t>c_2062049</t>
   </si>
   <si>
-    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
+    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
+  </si>
+  <si>
+    <t>01/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
-[...59 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>VENTOLINE - VENTODISKS - SALBUMOL (salbutamol)</t>
   </si>
   <si>
-    <t>09/01/2025 09:30:31</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983844/fr/ventoline-ventodisks-salbumol-salbutamol</t>
+    <t>01/09/2025 09:30:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983844/en/ventoline-ventodisks-salbumol-salbutamol</t>
   </si>
   <si>
     <t>pprd_2983844</t>
   </si>
   <si>
     <t>salbutamol</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399046/fr/ventoline-salbutamol</t>
-[...110 lines deleted...]
-    <t>p_3118481</t>
+    <t>https://www.has-sante.fr/jcms/c_399046/en/ventoline-salbutamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399045/en/ventoline-salbutamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400347/en/ventoline-salbutamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456651/en/ventoline-salbumol-salbutamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1231582/en/ventoline-salbutamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2724025/en/ventoline-salbutamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399348/en/ventodisks-200-g/dose-poudre-pour-inhalation-en-disque-multidose-7-plaquettes-thermoformees-de-8-doses-7-plaquettes-thermoformees-de-8-doses-avec-distributeur-diskhaler</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574253/en/ventolin-salbutamol-asthma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J5"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
-[...2 lines deleted...]
-      <c r="D2" t="s">
+      <c r="E2" t="s">
+        <v>11</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>17</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
-[...80 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="B2" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="C2" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E2" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="H2" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="C3" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="E3" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="H3" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
         <v>34</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C4" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="E4" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="H4" t="s">
-        <v>49</v>
-[...25 lines deleted...]
-        <v>54</v>
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:R2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>40</v>
+      </c>
+      <c r="J1" t="s">
+        <v>41</v>
+      </c>
+      <c r="K1" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H2" t="s">
+        <v>47</v>
+      </c>
+      <c r="I2" t="s">
+        <v>48</v>
+      </c>
+      <c r="J2" t="s">
+        <v>49</v>
+      </c>
+      <c r="K2" t="s">
+        <v>50</v>
+      </c>
+      <c r="L2" t="s">
+        <v>51</v>
+      </c>
+      <c r="M2" t="s">
+        <v>52</v>
+      </c>
+      <c r="N2" t="s">
+        <v>53</v>
+      </c>
+      <c r="O2" t="s">
+        <v>54</v>
+      </c>
+      <c r="P2" t="s">
         <v>55</v>
       </c>
-      <c r="B2" t="s">
+      <c r="Q2" t="s">
         <v>56</v>
       </c>
-      <c r="C2" t="s">
+      <c r="R2" t="s">
         <v>57</v>
-      </c>
-[...624 lines deleted...]
-        <v>162</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...64 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>