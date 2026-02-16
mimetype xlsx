--- v0 (2026-02-16)
+++ v1 (2026-02-16)
@@ -1,157 +1,298 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="60">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/22/2009 15:40:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur  la prise en charge dérogatoire de la photoprotection des patients atteints de la maladie rare Xeroderma pigmentosum</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 4 avis, avec leur argumentaire comportant la position de l'AFSSAPS, sur les produits et prestations relevant de la prise en charge dérogatoire prévue à l’article L.162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour la maladie rare Xeroderma pigmentosum : * Produits de protection solaire (PPS) * Lunettes de soleil * Gants * Masques de protection</t>
+  </si>
+  <si>
+    <t>13/05/2009 11:17:00</t>
+  </si>
+  <si>
+    <t>17/06/2009 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810313/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-de-la-photoprotection-des-patients-atteints-de-la-maladie-rare-xeroderma-pigmentosum</t>
+  </si>
+  <si>
+    <t>c_810313</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ACIDUM PHOSPHORICUM COMPOSE BOIRON (acidum phosphoricum/ anacardium orientale/ argentum nitricum/ arnica montana/ avena sativa/ gelsemium sempervirens/ kalium phosphoricum/ selenium metallicum)</t>
+  </si>
+  <si>
+    <t>09/11/2017 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983484/fr/acidum-phosphoricum-compose-boiron-acidum-phosphoricum/-anacardium-orientale/-argentum-nitricum/-arnica-montana/-avena-sativa/-gelsemium-sempervirens/-kalium-phosphoricum/-selenium-metallicum</t>
+  </si>
+  <si>
+    <t>pprd_2983484</t>
+  </si>
+  <si>
+    <t>acidum phosphoricum,anacardium orientale,argentum nitricum,arnica montana,avena sativa,gelsemium sempervirens,kalium phosphoricum,selenium metallicum</t>
+  </si>
+  <si>
+    <t>BOIRON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605092/fr/acidum-phosphoricum-compose-boiron-acidum-phosphoricum/-anacardium-orientale/-argentum-nitricum/-arnica-montana/-avena-sativa/-gelsemium-sempervirens/-kalium-phosphoricum/-selenium-metallicum</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1295465/fr/acidum-phosphoricum-compose-boiron-acidum-phosphoricum/-anacardium-orientale/-argentum-nitricum/-arnica-montana/-avena-sativa/-gelsemium-sempervirens/-kalium-phosphoricum/-selenium-metallicum</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803510/fr/acidum-phosphoricum-compose-boiron-acidum-phosphoricum/-anacardium-orientale/-argentum-nitricum/-arnica-montana/-avena-sativa/-gelsemium-sempervirens/-kalium-phosphoricum/-selenium-metallicum</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +306,343 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>47</v>
+      </c>
+      <c r="J1" t="s">
+        <v>48</v>
+      </c>
+      <c r="K1" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
+      </c>
+      <c r="I2" t="s">
+        <v>55</v>
+      </c>
+      <c r="J2" t="s">
+        <v>56</v>
+      </c>
+      <c r="K2" t="s">
+        <v>57</v>
+      </c>
+      <c r="L2" t="s">
+        <v>58</v>
+      </c>
+      <c r="M2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>